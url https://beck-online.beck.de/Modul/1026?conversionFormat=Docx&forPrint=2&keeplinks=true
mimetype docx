--- v0 (2025-12-06)
+++ v1 (2026-01-22)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -203,903 +203,825 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="BeckOK VwVfG" w:history="1">
         <w:bookmarkStart w:id="1" w:name="opus_214777"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK VwVfG, Bader/​Ronellenfitsch</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
       <w:hyperlink r:id="rId9" w:anchor="opus_detail_214777" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="BeckOK TVöD" w:history="1">
         <w:bookmarkStart w:id="2" w:name="opus_217071"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK TVöD, Rinck/​Böhle/​Pieper/​Geyer</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="2"/>
       <w:hyperlink r:id="rId11" w:anchor="opus_detail_217071" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="BeckOK TVöD EntgO" w:history="1">
         <w:bookmarkStart w:id="3" w:name="opus_217045"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK TVöD Entgeltordnungen, Rinck/​Böhle/​Pieper/​Geyer</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="3"/>
       <w:hyperlink r:id="rId13" w:anchor="opus_detail_217045" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="BeckOK TV-L" w:history="1">
         <w:bookmarkStart w:id="4" w:name="opus_217019"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK TV-L, Rinck/​Böhle/​Pieper/​Geyer</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="4"/>
       <w:hyperlink r:id="rId15" w:anchor="opus_detail_217019" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:tgtFrame="_self" w:tooltip="BeckOK TV-L EntgO" w:history="1">
         <w:bookmarkStart w:id="5" w:name="opus_216993"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK TV-L Entgeltordnungen, Rinck/​Böhle/​Pieper/​Geyer</w:t>
-        </w:r>
-[...20 lines deleted...]
-          <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="5"/>
       <w:hyperlink r:id="rId17" w:anchor="opus_detail_216993" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:tgtFrame="_self" w:tooltip="Böhle Personalmanagement" w:history="1">
         <w:bookmarkStart w:id="6" w:name="opus_166419"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Böhle, Kommunales Personal- und Organisationsmanagement</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="6"/>
       <w:hyperlink r:id="rId19" w:anchor="opus_detail_166419" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="Börstinghaus/Clar" w:history="1">
+        <w:bookmarkStart w:id="7" w:name="opus_222187"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Börstinghaus/​Clar, Mietspiegelrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="7"/>
+      <w:hyperlink r:id="rId21" w:anchor="opus_detail_222187" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Zeitschriften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="NVwZ" w:history="1">
-        <w:bookmarkStart w:id="7" w:name="opus_15796"/>
+      <w:hyperlink r:id="rId22" w:tgtFrame="_self" w:tooltip="NVwZ" w:history="1">
+        <w:bookmarkStart w:id="8" w:name="opus_15796"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>NVwZ - Verwaltungsrecht, ab 1982</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="7"/>
-      <w:hyperlink r:id="rId21" w:anchor="opus_detail_15796" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:hyperlink r:id="rId23" w:anchor="opus_detail_15796" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:tgtFrame="_self" w:tooltip="NVwZ-Beil." w:history="1">
-        <w:bookmarkStart w:id="8" w:name="opus_20992"/>
+      <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="NVwZ-Beil." w:history="1">
+        <w:bookmarkStart w:id="9" w:name="opus_20992"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>NVwZ Beilage, ab 1993</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="8"/>
-      <w:hyperlink r:id="rId23" w:anchor="opus_detail_20992" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:hyperlink r:id="rId25" w:anchor="opus_detail_20992" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="NVwZ-RR" w:history="1">
-        <w:bookmarkStart w:id="9" w:name="opus_20993"/>
+      <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="NVwZ-RR" w:history="1">
+        <w:bookmarkStart w:id="10" w:name="opus_20993"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>NVwZ-RR - NVwZ-Rechtsprechungsreport, ab 1988</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="9"/>
-      <w:hyperlink r:id="rId25" w:anchor="opus_detail_20993" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:hyperlink r:id="rId27" w:anchor="opus_detail_20993" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="KommJur" w:history="1">
-        <w:bookmarkStart w:id="10" w:name="opus_33896"/>
+      <w:hyperlink r:id="rId28" w:tgtFrame="_self" w:tooltip="KommJur" w:history="1">
+        <w:bookmarkStart w:id="11" w:name="opus_33896"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>KommJur - Kommunaljurist, ab Mitte 2005</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="10"/>
-      <w:hyperlink r:id="rId27" w:anchor="opus_detail_33896" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:hyperlink r:id="rId29" w:anchor="opus_detail_33896" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId28" w:tgtFrame="_self" w:tooltip="LKV" w:history="1">
-        <w:bookmarkStart w:id="11" w:name="opus_15797"/>
+      <w:hyperlink r:id="rId30" w:tgtFrame="_self" w:tooltip="LKV" w:history="1">
+        <w:bookmarkStart w:id="12" w:name="opus_15797"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>LKV - Landes- und Kommunalverwaltung, ab 1991</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="11"/>
-      <w:hyperlink r:id="rId29" w:anchor="opus_detail_15797" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:hyperlink r:id="rId31" w:anchor="opus_detail_15797" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Normen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId30" w:tgtFrame="_self" w:tooltip="Landesrecht Sachsen" w:history="1">
-        <w:bookmarkStart w:id="12" w:name="opus_15792"/>
+      <w:hyperlink r:id="rId32" w:tgtFrame="_self" w:tooltip="Landesrecht Sachsen" w:history="1">
+        <w:bookmarkStart w:id="13" w:name="opus_15792"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Landesrecht Sachsen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="12"/>
-      <w:hyperlink r:id="rId31" w:anchor="opus_detail_15792" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:hyperlink r:id="rId33" w:anchor="opus_detail_15792" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId32" w:tgtFrame="_self" w:tooltip="Alphabet. Gesamtverz. Sachsen" w:history="1">
-        <w:bookmarkStart w:id="13" w:name="opus_15793"/>
+      <w:hyperlink r:id="rId34" w:tgtFrame="_self" w:tooltip="Alphabet. Gesamtverz. Sachsen" w:history="1">
+        <w:bookmarkStart w:id="14" w:name="opus_15793"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Alphabetisches Gesamtverzeichnis für Sachsen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="13"/>
-      <w:hyperlink r:id="rId33" w:anchor="opus_detail_15793" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:hyperlink r:id="rId35" w:anchor="opus_detail_15793" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:tgtFrame="_self" w:tooltip="Bundesrecht" w:history="1">
-        <w:bookmarkStart w:id="14" w:name="opus_15794"/>
+      <w:hyperlink r:id="rId36" w:tgtFrame="_self" w:tooltip="Bundesrecht" w:history="1">
+        <w:bookmarkStart w:id="15" w:name="opus_15794"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Bundesrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="14"/>
-      <w:hyperlink r:id="rId35" w:anchor="opus_detail_15794" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:hyperlink r:id="rId37" w:anchor="opus_detail_15794" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId36" w:tgtFrame="_self" w:tooltip="Normen EU-Recht" w:history="1">
-        <w:bookmarkStart w:id="15" w:name="opus_15795"/>
+      <w:hyperlink r:id="rId38" w:tgtFrame="_self" w:tooltip="Normen EU-Recht" w:history="1">
+        <w:bookmarkStart w:id="16" w:name="opus_15795"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>EU-Recht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="15"/>
-      <w:hyperlink r:id="rId37" w:anchor="opus_detail_15795" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:hyperlink r:id="rId39" w:anchor="opus_detail_15795" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Aufsätze und Rechtsprechung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId38" w:tgtFrame="_self" w:tooltip="Aufsätze zum Kommunalrecht" w:history="1">
-        <w:bookmarkStart w:id="16" w:name="opus_37422"/>
+      <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="Aufsätze zum Kommunalrecht" w:history="1">
+        <w:bookmarkStart w:id="17" w:name="opus_37422"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aufsätze zum Kommunalverwaltungsrecht aus NJW, LKV, ZfBR etc.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="16"/>
-      <w:hyperlink r:id="rId39" w:anchor="opus_detail_37422" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:hyperlink r:id="rId41" w:anchor="opus_detail_37422" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="17" w:name="opus_37421"/>
+      <w:hyperlink r:id="rId42" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="18" w:name="opus_37421"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rechtsprechung zum Kommunalverwaltungsrecht aus BeckRS, BeckEuRS, NJW etc.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="17"/>
-      <w:hyperlink r:id="rId41" w:anchor="opus_detail_37421" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:hyperlink r:id="rId43" w:anchor="opus_detail_37421" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Sonstige Inhalte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId42" w:tgtFrame="_self" w:tooltip="Fach-News Staats- und Verfassungsrecht" w:history="1">
-        <w:bookmarkStart w:id="18" w:name="opus_20544"/>
+      <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:tooltip="Fach-News Staats- und Verfassungsrecht" w:history="1">
+        <w:bookmarkStart w:id="19" w:name="opus_20544"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fach-News Staats- und Verfassungsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="18"/>
-      <w:hyperlink r:id="rId43" w:anchor="opus_detail_20544" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:hyperlink r:id="rId45" w:anchor="opus_detail_20544" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:tooltip="Fach-News Öffentliches Recht" w:history="1">
-        <w:bookmarkStart w:id="19" w:name="opus_15789"/>
+      <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="Fach-News Öffentliches Recht" w:history="1">
+        <w:bookmarkStart w:id="20" w:name="opus_15789"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fach-News Öffentliches Recht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="19"/>
-      <w:hyperlink r:id="rId45" w:anchor="opus_detail_15789" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:hyperlink r:id="rId47" w:anchor="opus_detail_15789" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="beck-aktuell" w:history="1">
-        <w:bookmarkStart w:id="20" w:name="opus_22989"/>
+      <w:hyperlink r:id="rId48" w:tgtFrame="_self" w:tooltip="beck-aktuell" w:history="1">
+        <w:bookmarkStart w:id="21" w:name="opus_22989"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>beck-aktuell Nachrichten</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="20"/>
-      <w:hyperlink r:id="rId47" w:anchor="opus_detail_22989" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:hyperlink r:id="rId49" w:anchor="opus_detail_22989" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId48"/>
-      <w:footerReference w:type="default" r:id="rId49"/>
+      <w:headerReference w:type="default" r:id="rId50"/>
+      <w:footerReference w:type="default" r:id="rId51"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -1138,85 +1060,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>12/06/2025</w:t>
+                  <w:t>01/22/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 06.12.2025 19:47 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 22.01.2026 07:30 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -3519,50 +3441,187 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="00000012"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000012"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="00000013"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000013"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -3705,50 +3764,53 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
   </w:rsids>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
@@ -4902,64 +4964,50 @@
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltboopus">
     <w:name w:val="bo_center_bo_modul_inhalt_bo_opus"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="15" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterArrowMiddleColumnTop">
     <w:name w:val="bo_center_ArrowMiddleColumnTop"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivopusline">
     <w:name w:val="bo_center_div_opusline"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
     <w:name w:val="div_DetailledContentView"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="8" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
@@ -5172,51 +5220,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22114?opusTitle=BeckOK+TV%c3%b6D" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22113?opusTitle=BeckOK+TV%c3%b6D+EntgO" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22112?opusTitle=BeckOK+TV-L" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22111?opusTitle=BeckOK+TV-L+EntgO" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15514?opusTitle=B%c3%b6hle+Personalmanagement" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/39?opusTitle=NVwZ" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/905?opusTitle=NVwZ-Beil." TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/40?opusTitle=NVwZ-RR" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/639?opusTitle=KommJur" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/32?opusTitle=LKV" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/15792?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=Landesrecht%20Sachsen" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/15793?cat=coll&amp;xml=gesetze%2FBGDSAABC&amp;coll=Alphabetisches%20Gesamtverzeichnis%20f%C3%BCr%20Sachsen" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/15794?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=Bundesrecht" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/15795?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=EU-Recht&amp;opusTitle=Normen+EU-Recht" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs%C3%A4tze zum Kommunalverwaltungsrecht auch aus NJW, LKV, ZfBR etc.&amp;query=spubtyp0:aufs+preismodul:PDK-Sa&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum Kommunalverwaltungsrecht aus BeckRS, BeckEuRS, NJW etc.&amp;query=spubtyp0:ent+preismodul:PDK-Sa&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Staats- und Verfassungsrecht&amp;query=(srechtsgebiet1:%22StaatsR%22AND doktypesearch:%22zzreddok%22 AND domain:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews &#214;ffentliches Recht &amp;query=((srechtsgebiet1:%22StaatsR%22 OR %22AllgVerwR%22 OR %22AuslR%22 OR %22KommR%22 OR %22OeffBauR%22 OR %22OeffWiR%22 OR %22UmweltR%22 OR %22BesVerwR%22) AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Meldungen aus der beck-aktuell Redaktion&amp;query=(doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/457?opusTitle=PdK-Sa" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21898?opusTitle=BeckOK+VwVfG" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22114?opusTitle=BeckOK+TV%c3%b6D" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22113?opusTitle=BeckOK+TV%c3%b6D+EntgO" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22112?opusTitle=BeckOK+TV-L" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22111?opusTitle=BeckOK+TV-L+EntgO" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15514?opusTitle=B%c3%b6hle+Personalmanagement" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17892?opusTitle=B%c3%b6rstinghaus%2fClar" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/39?opusTitle=NVwZ" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/905?opusTitle=NVwZ-Beil." TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/40?opusTitle=NVwZ-RR" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/639?opusTitle=KommJur" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/32?opusTitle=LKV" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/15792?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=Landesrecht%20Sachsen" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/15793?cat=coll&amp;xml=gesetze%2FBGDSAABC&amp;coll=Alphabetisches%20Gesamtverzeichnis%20f%C3%BCr%20Sachsen" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/15794?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=Bundesrecht" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/15795?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=EU-Recht&amp;opusTitle=Normen+EU-Recht" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs%C3%A4tze zum Kommunalverwaltungsrecht auch aus NJW, LKV, ZfBR etc.&amp;query=spubtyp0:aufs+preismodul:PDK-Sa&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum Kommunalverwaltungsrecht aus BeckRS, BeckEuRS, NJW etc.&amp;query=spubtyp0:ent+preismodul:PDK-Sa&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Staats- und Verfassungsrecht&amp;query=(srechtsgebiet1:%22StaatsR%22AND doktypesearch:%22zzreddok%22 AND domain:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews &#214;ffentliches Recht &amp;query=((srechtsgebiet1:%22StaatsR%22 OR %22AllgVerwR%22 OR %22AuslR%22 OR %22KommR%22 OR %22OeffBauR%22 OR %22OeffWiR%22 OR %22UmweltR%22 OR %22BesVerwR%22) AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Meldungen aus der beck-aktuell Redaktion&amp;query=(doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/457?opusTitle=PdK-Sa" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21898?opusTitle=BeckOK+VwVfG" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>