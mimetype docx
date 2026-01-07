--- v0 (2025-11-01)
+++ v1 (2026-01-07)
@@ -195,86 +195,86 @@
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Grundgesetz </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:tgtFrame="_self" w:tooltip="BeckOK GG" w:history="1">
-        <w:bookmarkStart w:id="0" w:name="opus_215021"/>
+        <w:bookmarkStart w:id="0" w:name="opus_218316"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Grundgesetz, Epping/​Hillgruber</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
-      <w:hyperlink r:id="rId7" w:anchor="opus_detail_215021" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId7" w:anchor="opus_detail_218316" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivwerksgruppierungline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="14" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="150" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1185" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="opus_111506"/>
       <w:r>
         <w:rPr>
@@ -393,85 +393,64 @@
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Dreier, Grundgesetz-Kommentar, Bd. 3 Art. 83-146</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="Dürig/Herzog/Scholz" w:history="1">
-        <w:bookmarkStart w:id="5" w:name="opus_213812"/>
+        <w:bookmarkStart w:id="5" w:name="opus_218777"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Dürig/​Herzog/​Scholz, Grundgesetz</w:t>
         </w:r>
-        <w:r>
-[...19 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="5"/>
-      <w:hyperlink r:id="rId13" w:anchor="opus_detail_213812" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId13" w:anchor="opus_detail_218777" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="Heusch/Ullrich/Posser" w:history="1">
         <w:bookmarkStart w:id="6" w:name="opus_202649"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -918,345 +897,399 @@
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Landesverfassungen </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId33" w:tgtFrame="_self" w:tooltip="BeckOK Verf Berlin" w:history="1">
-        <w:bookmarkStart w:id="19" w:name="opus_212251"/>
+        <w:bookmarkStart w:id="19" w:name="opus_217976"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Verfassung Berlin, Ogorek/​Badenberg</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="19"/>
+      <w:hyperlink r:id="rId34" w:anchor="opus_detail_217976" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId35" w:tgtFrame="_self" w:tooltip="BeckOK Verf Hessen" w:history="1">
+        <w:bookmarkStart w:id="20" w:name="opus_218805"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK Verfassung Hessen, Ogorek/​Poseck</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="20"/>
+      <w:hyperlink r:id="rId36" w:anchor="opus_detail_218805" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId37" w:tgtFrame="_self" w:tooltip="BeckOK Verf NRW" w:history="1">
+        <w:bookmarkStart w:id="21" w:name="opus_215421"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK Verfassung für das Land Nordrhein-Westfalen, Ogorek/​Dauner-Lieb</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="21"/>
+      <w:hyperlink r:id="rId38" w:anchor="opus_detail_215421" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verfassungsprozessrecht </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId39" w:tgtFrame="_self" w:tooltip="BeckOK BVerfGG" w:history="1">
+        <w:bookmarkStart w:id="22" w:name="opus_206571"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK BVerfGG, Walter</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="22"/>
+      <w:hyperlink r:id="rId40" w:anchor="opus_detail_206571" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId41" w:tgtFrame="_self" w:tooltip="Lechner" w:history="1">
+        <w:bookmarkStart w:id="23" w:name="opus_120344"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Lechner/​Zuck, Bundesverfassungsgerichtsgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="23"/>
+      <w:hyperlink r:id="rId42" w:anchor="opus_detail_120344" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId43" w:tgtFrame="_self" w:tooltip="Lenz/Hansel" w:history="1">
+        <w:bookmarkStart w:id="24" w:name="opus_219715"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Lenz/​Hansel, Bundesverfassungsgerichtsgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="24"/>
+      <w:hyperlink r:id="rId44" w:anchor="opus_detail_219715" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId45" w:tgtFrame="_self" w:tooltip="Schlaich" w:history="1">
+        <w:bookmarkStart w:id="25" w:name="opus_200087"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Schlaich/​Korioth, Das Bundesverfassungsgericht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="25"/>
+      <w:hyperlink r:id="rId46" w:anchor="opus_detail_200087" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId47" w:tgtFrame="_self" w:tooltip="SchmKleBetKoBVerfGG" w:history="1">
+        <w:bookmarkStart w:id="26" w:name="opus_220135"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Schmidt-Bleibtreu/​Klein/​Bethge, Bundesverfassungsgerichtsgesetz EL 65</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Neu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="19"/>
-      <w:hyperlink r:id="rId34" w:anchor="opus_detail_212251" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:hyperlink r:id="rId48" w:anchor="opus_detail_220135" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:tgtFrame="_self" w:tooltip="BeckOK Verf Hessen" w:history="1">
-[...227 lines deleted...]
-        <w:bookmarkStart w:id="26" w:name="opus_156573"/>
+      <w:hyperlink r:id="rId49" w:tgtFrame="_self" w:tooltip="Zuck/Eisele" w:history="1">
+        <w:bookmarkStart w:id="27" w:name="opus_156573"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Zuck/​Eisele, Das Recht der Verfassungsbeschwerde</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="26"/>
-      <w:hyperlink r:id="rId48" w:anchor="opus_detail_156573" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:hyperlink r:id="rId50" w:anchor="opus_detail_156573" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1265,161 +1298,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Parlament und Parteien </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId49" w:tgtFrame="_self" w:tooltip="Austermann/Schwarz" w:history="1">
-        <w:bookmarkStart w:id="27" w:name="opus_210574"/>
+      <w:hyperlink r:id="rId51" w:tgtFrame="_self" w:tooltip="Austermann/Schwarz" w:history="1">
+        <w:bookmarkStart w:id="28" w:name="opus_210574"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Austermann/​Schwarz, Lobbyregistergesetz: LobbyRG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="27"/>
-      <w:hyperlink r:id="rId50" w:anchor="opus_detail_210574" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:hyperlink r:id="rId52" w:anchor="opus_detail_210574" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId51" w:tgtFrame="_self" w:tooltip="Ipsen" w:history="1">
-        <w:bookmarkStart w:id="28" w:name="opus_110518"/>
+      <w:hyperlink r:id="rId53" w:tgtFrame="_self" w:tooltip="Ipsen" w:history="1">
+        <w:bookmarkStart w:id="29" w:name="opus_110518"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ipsen, Parteiengesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="28"/>
-      <w:hyperlink r:id="rId52" w:anchor="opus_detail_110518" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:hyperlink r:id="rId54" w:anchor="opus_detail_110518" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId53" w:tgtFrame="_self" w:tooltip="Peters UAR" w:history="1">
-        <w:bookmarkStart w:id="29" w:name="opus_145165"/>
+      <w:hyperlink r:id="rId55" w:tgtFrame="_self" w:tooltip="Peters UAR" w:history="1">
+        <w:bookmarkStart w:id="30" w:name="opus_145165"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Peters, Untersuchungsausschussrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="29"/>
-      <w:hyperlink r:id="rId54" w:anchor="opus_detail_145165" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:hyperlink r:id="rId56" w:anchor="opus_detail_145165" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId55" w:tgtFrame="_self" w:tooltip="Waldhoff" w:history="1">
-        <w:bookmarkStart w:id="30" w:name="opus_110590"/>
+      <w:hyperlink r:id="rId57" w:tgtFrame="_self" w:tooltip="Waldhoff" w:history="1">
+        <w:bookmarkStart w:id="31" w:name="opus_110590"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Waldhoff/​Gärditz, PUAG (Untersuchungsausschussgesetz)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="30"/>
-      <w:hyperlink r:id="rId56" w:anchor="opus_detail_110590" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:hyperlink r:id="rId58" w:anchor="opus_detail_110590" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1428,161 +1461,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Finanzordnung </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId57" w:tgtFrame="_self" w:tooltip="Gröpl" w:history="1">
-        <w:bookmarkStart w:id="31" w:name="opus_111298"/>
+      <w:hyperlink r:id="rId59" w:tgtFrame="_self" w:tooltip="Gröpl" w:history="1">
+        <w:bookmarkStart w:id="32" w:name="opus_111298"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Gröpl, Bundeshaushaltsordnung / Landeshaushaltsordnungen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="31"/>
-      <w:hyperlink r:id="rId58" w:anchor="opus_detail_111298" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:hyperlink r:id="rId60" w:anchor="opus_detail_111298" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId59" w:tgtFrame="_self" w:tooltip="MRZ ZuwendungsR-HdB" w:history="1">
-        <w:bookmarkStart w:id="32" w:name="opus_206613"/>
+      <w:hyperlink r:id="rId61" w:tgtFrame="_self" w:tooltip="MRZ ZuwendungsR-HdB" w:history="1">
+        <w:bookmarkStart w:id="33" w:name="opus_206613"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Müller/​Richter/​Ziekow, Handbuch Zuwendungsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="32"/>
-      <w:hyperlink r:id="rId60" w:anchor="opus_detail_206613" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:hyperlink r:id="rId62" w:anchor="opus_detail_206613" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId61" w:tgtFrame="_self" w:tooltip="Reus" w:history="1">
-        <w:bookmarkStart w:id="33" w:name="opus_110578"/>
+      <w:hyperlink r:id="rId63" w:tgtFrame="_self" w:tooltip="Reus" w:history="1">
+        <w:bookmarkStart w:id="34" w:name="opus_110578"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Reus/​Mühlhausen, Haushaltsrecht in Bund und Ländern</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="33"/>
-      <w:hyperlink r:id="rId62" w:anchor="opus_detail_110578" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:hyperlink r:id="rId64" w:anchor="opus_detail_110578" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId63" w:tgtFrame="_self" w:tooltip="Reus" w:history="1">
-        <w:bookmarkStart w:id="34" w:name="opus_110581"/>
+      <w:hyperlink r:id="rId65" w:tgtFrame="_self" w:tooltip="Reus" w:history="1">
+        <w:bookmarkStart w:id="35" w:name="opus_110581"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Reus/​Mühlhausen/​Stöhr, Haushalts- und Beihilferecht der EU</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="34"/>
-      <w:hyperlink r:id="rId64" w:anchor="opus_detail_110581" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:hyperlink r:id="rId66" w:anchor="opus_detail_110581" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1596,465 +1629,465 @@
         </w:rPr>
         <w:t xml:space="preserve">Staatsrecht </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivwerksgruppierungline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="150" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1185" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="opus_118610"/>
+      <w:bookmarkStart w:id="36" w:name="opus_118610"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="single" w:color="C8000A"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Görres-Gesellschaft, Staatslexikon (Herder) (6 Bände) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
-      <w:hyperlink r:id="rId65" w:anchor="opus_detail_118610" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:hyperlink r:id="rId67" w:anchor="opus_detail_118610" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId66" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
-        <w:bookmarkStart w:id="36" w:name="opus_112902"/>
+      <w:hyperlink r:id="rId68" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
+        <w:bookmarkStart w:id="37" w:name="opus_112902"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Görres-Gesellschaft, Staatslexikon Bd. 1: ABC-Waffen – Ehrenamt</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId67" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
-        <w:bookmarkStart w:id="37" w:name="opus_112903"/>
+      <w:hyperlink r:id="rId69" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
+        <w:bookmarkStart w:id="38" w:name="opus_112903"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Görres-Gesellschaft, Staatslexikon Bd. 2: Eid – Hermeneutik</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId68" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
-        <w:bookmarkStart w:id="38" w:name="opus_154934"/>
+      <w:hyperlink r:id="rId70" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
+        <w:bookmarkStart w:id="39" w:name="opus_154934"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Görres-Gesellschaft, Staatslexikon Bd. 3: Herrschaft – Migration</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId69" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
-        <w:bookmarkStart w:id="39" w:name="opus_154935"/>
+      <w:hyperlink r:id="rId71" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
+        <w:bookmarkStart w:id="40" w:name="opus_154935"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Görres-Gesellschaft, Staatslexikon Bd. 4: Milieu – Schuldrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId70" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
-        <w:bookmarkStart w:id="40" w:name="opus_154936"/>
+      <w:hyperlink r:id="rId72" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
+        <w:bookmarkStart w:id="41" w:name="opus_154936"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Görres-Gesellschaft, Staatslexikon Bd. 5: Schule – Virtuelle Realität</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId71" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
-        <w:bookmarkStart w:id="41" w:name="opus_159117"/>
+      <w:hyperlink r:id="rId73" w:tgtFrame="_self" w:tooltip="Görres-Gesellschaft, Staatslexikon" w:history="1">
+        <w:bookmarkStart w:id="42" w:name="opus_159117"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Görres-Gesellschaft, Staatslexikon Bd. 6: Volk – Zweites Vatikanisches Konzil</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivwerksgruppierungline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="14" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="150" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1185" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="opus_171466"/>
+      <w:bookmarkStart w:id="43" w:name="opus_171466"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="single" w:color="C8000A"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Stern/Sodan/Möstl, Das Staatsrecht der BRD im europäischen Staatenverbund (4 Bände) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bo-badge-highlight"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Highlight</w:t>
       </w:r>
-      <w:hyperlink r:id="rId72" w:anchor="opus_detail_171466" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
+      <w:hyperlink r:id="rId74" w:anchor="opus_detail_171466" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId73" w:tgtFrame="_self" w:tooltip="Stern/Sodan/Möstl" w:history="1">
-        <w:bookmarkStart w:id="43" w:name="opus_169595"/>
+      <w:hyperlink r:id="rId75" w:tgtFrame="_self" w:tooltip="Stern/Sodan/Möstl" w:history="1">
+        <w:bookmarkStart w:id="44" w:name="opus_169595"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Stern/​Sodan/​Möstl, Das Staatsrecht der Bundesrepublik Deutschland im europäischen Staatenverbund Bd. I: Grundlagen und Grundbegriffe des Staatsrechts, Strukturprinzipien der Verfassung</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId74" w:tgtFrame="_self" w:tooltip="Stern/Sodan/Möstl" w:history="1">
-        <w:bookmarkStart w:id="44" w:name="opus_169778"/>
+      <w:hyperlink r:id="rId76" w:tgtFrame="_self" w:tooltip="Stern/Sodan/Möstl" w:history="1">
+        <w:bookmarkStart w:id="45" w:name="opus_169778"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Stern/​Sodan/​Möstl, Das Staatsrecht der Bundesrepublik Deutschland im europäischen Staatenverbund Bd. II: Staatsorgane, Staatsfunktionen, Finanzwesen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId75" w:tgtFrame="_self" w:tooltip="Stern/Sodan/Möstl" w:history="1">
-        <w:bookmarkStart w:id="45" w:name="opus_169781"/>
+      <w:hyperlink r:id="rId77" w:tgtFrame="_self" w:tooltip="Stern/Sodan/Möstl" w:history="1">
+        <w:bookmarkStart w:id="46" w:name="opus_169781"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Stern/​Sodan/​Möstl, Das Staatsrecht der Bundesrepublik Deutschland im europäischen Staatenverbund Bd. III: Allgemeine Lehren der Grundrechte</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId76" w:tgtFrame="_self" w:tooltip="Stern/Sodan/Möstl" w:history="1">
-        <w:bookmarkStart w:id="46" w:name="opus_169784"/>
+      <w:hyperlink r:id="rId78" w:tgtFrame="_self" w:tooltip="Stern/Sodan/Möstl" w:history="1">
+        <w:bookmarkStart w:id="47" w:name="opus_169784"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Stern/​Sodan/​Möstl, Das Staatsrecht der Bundesrepublik Deutschland im europäischen Staatenverbund Bd. IV: Die einzelnen Grundrechte</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId77" w:tgtFrame="_self" w:tooltip="Kersten" w:history="1">
-        <w:bookmarkStart w:id="47" w:name="opus_171414"/>
+      <w:hyperlink r:id="rId79" w:tgtFrame="_self" w:tooltip="Kersten" w:history="1">
+        <w:bookmarkStart w:id="48" w:name="opus_171414"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kersten/​Rixen, Der Verfassungsstaat in der Corona-Krise</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="47"/>
-      <w:hyperlink r:id="rId78" w:anchor="opus_detail_171414" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:hyperlink r:id="rId80" w:anchor="opus_detail_171414" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2068,386 +2101,342 @@
         </w:rPr>
         <w:t xml:space="preserve">Primärrecht der Europäischen Union </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivwerksgruppierungline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="150" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1185" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="opus_111504"/>
+      <w:bookmarkStart w:id="49" w:name="opus_111504"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="single" w:color="C8000A"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Pechstein/Nowak/Häde, Frankfurter Kommentar zu EUV, GRC und AEUV (Mohr Siebeck) (4 Bände) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-      <w:hyperlink r:id="rId79" w:anchor="opus_detail_111504" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:hyperlink r:id="rId81" w:anchor="opus_detail_111504" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId80" w:tgtFrame="_self" w:tooltip="Frankfurter Kommentar" w:history="1">
-        <w:bookmarkStart w:id="49" w:name="opus_196545"/>
+      <w:hyperlink r:id="rId82" w:tgtFrame="_self" w:tooltip="Frankfurter Kommentar" w:history="1">
+        <w:bookmarkStart w:id="50" w:name="opus_196545"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Pechstein/​Nowak/​Häde, Frankfurter Kommentar zu EUV, GRC und AEUV, Bd. 1 EUV, GRC</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId81" w:tgtFrame="_self" w:tooltip="Frankfurter Kommentar" w:history="1">
-        <w:bookmarkStart w:id="50" w:name="opus_196546"/>
+      <w:hyperlink r:id="rId83" w:tgtFrame="_self" w:tooltip="Frankfurter Kommentar" w:history="1">
+        <w:bookmarkStart w:id="51" w:name="opus_196546"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Pechstein/​Nowak/​Häde, Frankfurter Kommentar zu EUV, GRC und AEUV, Bd. 2 AEUV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId82" w:tgtFrame="_self" w:tooltip="Frankfurter Kommentar" w:history="1">
-        <w:bookmarkStart w:id="51" w:name="opus_196547"/>
+      <w:hyperlink r:id="rId84" w:tgtFrame="_self" w:tooltip="Frankfurter Kommentar" w:history="1">
+        <w:bookmarkStart w:id="52" w:name="opus_196547"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Pechstein/​Nowak/​Häde, Frankfurter Kommentar zu EUV, GRC und AEUV, Bd. 3 AEUV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId83" w:tgtFrame="_self" w:tooltip="Frankfurter Kommentar" w:history="1">
-        <w:bookmarkStart w:id="52" w:name="opus_196548"/>
+      <w:hyperlink r:id="rId85" w:tgtFrame="_self" w:tooltip="Frankfurter Kommentar" w:history="1">
+        <w:bookmarkStart w:id="53" w:name="opus_196548"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Pechstein/​Nowak/​Häde, Frankfurter Kommentar zu EUV, GRC und AEUV, Bd. 4 AEUV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId84" w:tgtFrame="_self" w:tooltip="Calliess" w:history="1">
-        <w:bookmarkStart w:id="53" w:name="opus_154401"/>
+      <w:hyperlink r:id="rId86" w:tgtFrame="_self" w:tooltip="Calliess" w:history="1">
+        <w:bookmarkStart w:id="54" w:name="opus_154401"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Calliess/​Ruffert, EUV/​AEUV</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="53"/>
-      <w:hyperlink r:id="rId85" w:anchor="opus_detail_154401" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:hyperlink r:id="rId87" w:anchor="opus_detail_154401" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId86" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
-        <w:bookmarkStart w:id="54" w:name="opus_107389"/>
+      <w:hyperlink r:id="rId88" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
+        <w:bookmarkStart w:id="55" w:name="opus_107389"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ludwigs, EU-Wirtschaftsrecht (Auszug Verfassungsordnung)</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="54"/>
-      <w:hyperlink r:id="rId87" w:anchor="opus_detail_107389" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:hyperlink r:id="rId89" w:anchor="opus_detail_107389" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId88" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
-        <w:bookmarkStart w:id="55" w:name="opus_107390"/>
+      <w:hyperlink r:id="rId90" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
+        <w:bookmarkStart w:id="56" w:name="opus_107390"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ludwigs, EU-Wirtschaftsrecht (Auszug Rechtsetzung und Vollzug)</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="55"/>
-      <w:hyperlink r:id="rId89" w:anchor="opus_detail_107390" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:hyperlink r:id="rId91" w:anchor="opus_detail_107390" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId90" w:tgtFrame="_self" w:tooltip="Karpenstein" w:history="1">
-        <w:bookmarkStart w:id="56" w:name="opus_192982"/>
+      <w:hyperlink r:id="rId92" w:tgtFrame="_self" w:tooltip="Karpenstein" w:history="1">
+        <w:bookmarkStart w:id="57" w:name="opus_192982"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Karpenstein/​Kotzur/​Vasel, Handbuch Rechtsschutz in der Europäischen Union</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="56"/>
-      <w:hyperlink r:id="rId91" w:anchor="opus_detail_192982" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:hyperlink r:id="rId93" w:anchor="opus_detail_192982" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2456,564 +2445,564 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Europäische Grund- und Menschenrechte </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId92" w:tgtFrame="_self" w:tooltip="EMRK/GG" w:history="1">
-        <w:bookmarkStart w:id="57" w:name="opus_170600"/>
+      <w:hyperlink r:id="rId94" w:tgtFrame="_self" w:tooltip="EMRK/GG" w:history="1">
+        <w:bookmarkStart w:id="58" w:name="opus_170600"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Dörr/​Grote/​Marauhn, EMRK/​GG Konkordanzkommentar</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="57"/>
-      <w:hyperlink r:id="rId93" w:anchor="opus_detail_170600" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:hyperlink r:id="rId95" w:anchor="opus_detail_170600" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId94" w:tgtFrame="_self" w:tooltip="JarassCharta" w:history="1">
-        <w:bookmarkStart w:id="58" w:name="opus_145197"/>
+      <w:hyperlink r:id="rId96" w:tgtFrame="_self" w:tooltip="JarassCharta" w:history="1">
+        <w:bookmarkStart w:id="59" w:name="opus_145197"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Jarass, Charta der Grundrechte der Europäischen Union</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="58"/>
-      <w:hyperlink r:id="rId95" w:anchor="opus_detail_145197" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:hyperlink r:id="rId97" w:anchor="opus_detail_145197" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId96" w:tgtFrame="_self" w:tooltip="Karpenstein/Mayer, EMRK" w:history="1">
-        <w:bookmarkStart w:id="59" w:name="opus_157858"/>
+      <w:hyperlink r:id="rId98" w:tgtFrame="_self" w:tooltip="Karpenstein/Mayer, EMRK" w:history="1">
+        <w:bookmarkStart w:id="60" w:name="opus_157858"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Karpenstein/​Mayer, Konvention zum Schutz der Menschenrechte und Grundfreiheiten: EMRK</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="59"/>
-      <w:hyperlink r:id="rId97" w:anchor="opus_detail_157858" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:hyperlink r:id="rId99" w:anchor="opus_detail_157858" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId98" w:tgtFrame="_self" w:tooltip="MeyerEMRK" w:history="1">
-        <w:bookmarkStart w:id="60" w:name="opus_180227"/>
+      <w:hyperlink r:id="rId100" w:tgtFrame="_self" w:tooltip="MeyerEMRK" w:history="1">
+        <w:bookmarkStart w:id="61" w:name="opus_180227"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Meyer-Ladewig/​Nettesheim/​von Raumer, Europäische Menschenrechtskonvention</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="60"/>
-      <w:hyperlink r:id="rId99" w:anchor="opus_detail_180227" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:hyperlink r:id="rId101" w:anchor="opus_detail_180227" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Zeitschrift und Newsletter</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId100" w:tgtFrame="_self" w:tooltip="ZRP" w:history="1">
-        <w:bookmarkStart w:id="61" w:name="opus_107399"/>
+      <w:hyperlink r:id="rId102" w:tgtFrame="_self" w:tooltip="ZRP" w:history="1">
+        <w:bookmarkStart w:id="62" w:name="opus_107399"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZRP - Zeitschrift für Rechtspolitik, ab 2000</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="61"/>
-      <w:hyperlink r:id="rId101" w:anchor="opus_detail_107399" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:hyperlink r:id="rId103" w:anchor="opus_detail_107399" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId102" w:tgtFrame="_self" w:tooltip="NLMR" w:history="1">
-        <w:bookmarkStart w:id="62" w:name="opus_111498"/>
+      <w:hyperlink r:id="rId104" w:tgtFrame="_self" w:tooltip="NLMR" w:history="1">
+        <w:bookmarkStart w:id="63" w:name="opus_111498"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>NLMR - Newsletter Menschenrechte, ab 2010</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="62"/>
-      <w:hyperlink r:id="rId103" w:anchor="opus_detail_111498" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:hyperlink r:id="rId105" w:anchor="opus_detail_111498" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Rechtsprechung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId104" w:tgtFrame="_self" w:tooltip="BVerfGE" w:history="1">
-        <w:bookmarkStart w:id="63" w:name="opus_115259"/>
+      <w:hyperlink r:id="rId106" w:tgtFrame="_self" w:tooltip="BVerfGE" w:history="1">
+        <w:bookmarkStart w:id="64" w:name="opus_115259"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BVerfGE, Bände 1 ff.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="63"/>
-      <w:hyperlink r:id="rId105" w:anchor="opus_detail_115259" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:hyperlink r:id="rId107" w:anchor="opus_detail_115259" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId106" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="64" w:name="opus_107401"/>
+      <w:hyperlink r:id="rId108" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="65" w:name="opus_107401"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rechtsprechung des BVerfG und der Landesverfassungsgerichte, des EuGH, EuG und des EGMR</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="64"/>
-      <w:hyperlink r:id="rId107" w:anchor="opus_detail_107401" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:hyperlink r:id="rId109" w:anchor="opus_detail_107401" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId108" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="65" w:name="opus_107402"/>
+      <w:hyperlink r:id="rId110" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="66" w:name="opus_107402"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sonstige Entscheidungen zum Verfassungsrecht auch aus NJW, NVwZ, NJOZ und BeckRS, etc.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="65"/>
-      <w:hyperlink r:id="rId109" w:anchor="opus_detail_107402" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:hyperlink r:id="rId111" w:anchor="opus_detail_107402" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Normen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId110" w:tgtFrame="_self" w:tooltip="Verfassungsrecht Texte" w:history="1">
-        <w:bookmarkStart w:id="66" w:name="opus_107404"/>
+      <w:hyperlink r:id="rId112" w:tgtFrame="_self" w:tooltip="Verfassungsrecht Texte" w:history="1">
+        <w:bookmarkStart w:id="67" w:name="opus_107404"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Normen zum Verfassungsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="66"/>
-      <w:hyperlink r:id="rId111" w:anchor="opus_detail_107404" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:hyperlink r:id="rId113" w:anchor="opus_detail_107404" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId112" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
-        <w:bookmarkStart w:id="67" w:name="opus_107405"/>
+      <w:hyperlink r:id="rId114" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
+        <w:bookmarkStart w:id="68" w:name="opus_107405"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wichtigste Normen (rechtsgebietsübergreifend)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="67"/>
-      <w:hyperlink r:id="rId113" w:anchor="opus_detail_107405" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:hyperlink r:id="rId115" w:anchor="opus_detail_107405" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Fach-News</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId114" w:tgtFrame="_self" w:tooltip="Fach-News Staats- und Verfassungsrecht" w:history="1">
-        <w:bookmarkStart w:id="68" w:name="opus_107407"/>
+      <w:hyperlink r:id="rId116" w:tgtFrame="_self" w:tooltip="Fach-News Staats- und Verfassungsrecht" w:history="1">
+        <w:bookmarkStart w:id="69" w:name="opus_107407"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fach-News Staats- und Verfassungsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="68"/>
-      <w:hyperlink r:id="rId115" w:anchor="opus_detail_107407" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:hyperlink r:id="rId117" w:anchor="opus_detail_107407" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId116"/>
-      <w:footerReference w:type="default" r:id="rId117"/>
+      <w:headerReference w:type="default" r:id="rId118"/>
+      <w:footerReference w:type="default" r:id="rId119"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -3052,85 +3041,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>11/01/2025</w:t>
+                  <w:t>01/07/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 01.11.2025 02:02 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 07.01.2026 21:34 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -9283,51 +9272,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9007?opusTitle=Dreier%2c+Grundgesetz-Kommentar" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/44?opusTitle=ZRP" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8695?opusTitle=NLMR" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9435?opusTitle=BVerfGE" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung diverser Gerichte&amp;query=spubtyp0:ent+AND+(gericht:BVERFG OR gericht:EUGH OR gericht:EUG OR gericht:EGMR OR gericht:VERFG OR gericht:VERFGH OR gericht:STGH OR gericht:LVERFG)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Sonstige Entscheidungen zum Verfassungsrecht auch aus NJW, NVwZ, NJOZ und BeckRS, etc.&amp;query=spubtyp0:ent+AND+(domain:NJW+OR+domain:NVwZ+OR+domain:NJOZ+OR+domain:BeckRS)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9008?opusTitle=Dreier%2c+Grundgesetz-Kommentar" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/107404?cat=coll&amp;xml=gesetze%2Fverfassung&amp;coll=Texte%20Verfassungsrecht%20plus" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/107405?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Staats- und Verfassungsrecht&amp;query=(srechtsgebiet1:%22StaatsR%22AND doktypesearch:%22zzreddok%22 AND domain:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21785?opusTitle=D%c3%bcrig%2fHerzog%2fScholz" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20680?opusTitle=Heusch%2fUllrich%2fPosser" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9423" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17012?opusTitle=Huber%2fVo%c3%9fkuhle" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17013?opusTitle=Huber%2fVo%c3%9fkuhle" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17014?opusTitle=Huber%2fVo%c3%9fkuhle" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20896?opusTitle=v.+M%c3%bcnch" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20451?opusTitle=v.+M%c3%bcnch" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19663?opusTitle=JarassGG" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20442?opusTitle=Sachs" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20466?opusTitle=Sodan" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21443?opusTitle=Stern" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21669?opusTitle=BeckOK+Verf+Berlin" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21357?opusTitle=BeckOK+Verf+Hessen" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21571?opusTitle=BeckOK+Verf+NRW" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21064?opusTitle=BeckOK+BVerfGG" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10337?opusTitle=Lechner" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20441?opusTitle=Schlaich" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19928?opusTitle=MaunzBVerfGG" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14520?opusTitle=Zuck%2fEisele" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14970?opusTitle=Austermann%2fSchwarz" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9364?opusTitle=Ipsen" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13223?opusTitle=Peters+UAR" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9382?opusTitle=Waldhoff" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9424?opusTitle=Gr%c3%b6pl" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21068?opusTitle=MRZ+ZuwendungsR-HdB" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21921?opusTitle=BeckOK+GG" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9378?opusTitle=Reus" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9379?opusTitle=Reus" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9612" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9613" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14232" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14233" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14234" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14717" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16687?opusTitle=Stern%2fSodan%2fM%c3%b6stl" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16701?opusTitle=Stern%2fSodan%2fM%c3%b6stl" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16702?opusTitle=Stern%2fSodan%2fM%c3%b6stl" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16703?opusTitle=Stern%2fSodan%2fM%c3%b6stl" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16909?opusTitle=Kersten" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18441?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18442?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18443?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18444?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14155?opusTitle=Calliess" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8301?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8302?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18032?opusTitle=Dreier%2c+Grundgesetz-Kommentar" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19684?opusTitle=Karpenstein" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15118?opusTitle=EMRK%2fGG" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13226?opusTitle=JarassCharta" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14681?opusTitle=Karpenstein%2fMayer%2c+EMRK" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17909?opusTitle=MeyerEMRK" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9007?opusTitle=Dreier%2c+Grundgesetz-Kommentar" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17909?opusTitle=MeyerEMRK" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/44?opusTitle=ZRP" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8695?opusTitle=NLMR" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9435?opusTitle=BVerfGE" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung diverser Gerichte&amp;query=spubtyp0:ent+AND+(gericht:BVERFG OR gericht:EUGH OR gericht:EUG OR gericht:EGMR OR gericht:VERFG OR gericht:VERFGH OR gericht:STGH OR gericht:LVERFG)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9008?opusTitle=Dreier%2c+Grundgesetz-Kommentar" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Sonstige Entscheidungen zum Verfassungsrecht auch aus NJW, NVwZ, NJOZ und BeckRS, etc.&amp;query=spubtyp0:ent+AND+(domain:NJW+OR+domain:NVwZ+OR+domain:NJOZ+OR+domain:BeckRS)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/107404?cat=coll&amp;xml=gesetze%2Fverfassung&amp;coll=Texte%20Verfassungsrecht%20plus" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/107405?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Staats- und Verfassungsrecht&amp;query=(srechtsgebiet1:%22StaatsR%22AND doktypesearch:%22zzreddok%22 AND domain:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22315?opusTitle=D%c3%bcrig%2fHerzog%2fScholz" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20680?opusTitle=Heusch%2fUllrich%2fPosser" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9423" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17012?opusTitle=Huber%2fVo%c3%9fkuhle" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17013?opusTitle=Huber%2fVo%c3%9fkuhle" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17014?opusTitle=Huber%2fVo%c3%9fkuhle" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20896?opusTitle=v.+M%c3%bcnch" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20451?opusTitle=v.+M%c3%bcnch" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19663?opusTitle=JarassGG" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20442?opusTitle=Sachs" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20466?opusTitle=Sodan" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21443?opusTitle=Stern" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22223?opusTitle=BeckOK+Verf+Berlin" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22320?opusTitle=BeckOK+Verf+Hessen" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22002?opusTitle=BeckOK+Verf+NRW" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21064?opusTitle=BeckOK+BVerfGG" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10337?opusTitle=Lechner" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21202?opusTitle=Lenz%2fHansel" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20441?opusTitle=Schlaich" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22454?opusTitle=SchmKleBetKoBVerfGG" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14520?opusTitle=Zuck%2fEisele" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14970?opusTitle=Austermann%2fSchwarz" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9364?opusTitle=Ipsen" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13223?opusTitle=Peters+UAR" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9382?opusTitle=Waldhoff" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9424?opusTitle=Gr%c3%b6pl" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22251?opusTitle=BeckOK+GG" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21068?opusTitle=MRZ+ZuwendungsR-HdB" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9378?opusTitle=Reus" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9379?opusTitle=Reus" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9612" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9613" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14232" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14233" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14234" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14717" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16687?opusTitle=Stern%2fSodan%2fM%c3%b6stl" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16701?opusTitle=Stern%2fSodan%2fM%c3%b6stl" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16702?opusTitle=Stern%2fSodan%2fM%c3%b6stl" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16703?opusTitle=Stern%2fSodan%2fM%c3%b6stl" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16909?opusTitle=Kersten" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18441?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18442?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18443?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18444?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14155?opusTitle=Calliess" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8301?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18032?opusTitle=Dreier%2c+Grundgesetz-Kommentar" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8302?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19684?opusTitle=Karpenstein" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15118?opusTitle=EMRK%2fGG" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13226?opusTitle=JarassCharta" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14681?opusTitle=Karpenstein%2fMayer%2c+EMRK" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>