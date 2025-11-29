--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -1105,313 +1105,345 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Arnesen/​Fredriksen/​Graver/​Mestad/​Vedder, Agreement on the European Economic Area</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="24"/>
       <w:hyperlink r:id="rId50" w:anchor="opus_detail_116247" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId51" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
-        <w:bookmarkStart w:id="25" w:name="opus_214619"/>
+        <w:bookmarkStart w:id="25" w:name="opus_217413"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ludwigs, Handbuch des EU-Wirtschaftsrechts</w:t>
-        </w:r>
-[...129 lines deleted...]
-          <w:t>Bartosch, EU-Beihilfenrecht</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Neuauflage</w:t>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="25"/>
+      <w:hyperlink r:id="rId52" w:anchor="opus_detail_217413" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId53" w:tgtFrame="_self" w:tooltip="KHN" w:history="1">
+        <w:bookmarkStart w:id="26" w:name="opus_211756"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Krenzler/​Herrmann/​Niestedt, EU-Außenwirtschafts- und Zollrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="26"/>
+      <w:hyperlink r:id="rId54" w:anchor="opus_detail_211756" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wettbewerbsrecht der Europäischen Union </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId55" w:tgtFrame="_self" w:tooltip="Bartosch" w:history="1">
+        <w:bookmarkStart w:id="27" w:name="opus_214906"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Bartosch, EU-Beihilfenrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="27"/>
+      <w:hyperlink r:id="rId56" w:anchor="opus_detail_214906" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId57" w:tgtFrame="_self" w:tooltip="Birnstiel/Bungenberg/Heinrich" w:history="1">
+        <w:bookmarkStart w:id="28" w:name="opus_219881"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Bungenberg/​Heinrich, Europäisches Beihilfenrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="28"/>
-      <w:hyperlink r:id="rId58" w:anchor="opus_detail_214906" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId58" w:anchor="opus_detail_219881" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId59" w:tgtFrame="_self" w:tooltip="Heidenhain" w:history="1">
         <w:bookmarkStart w:id="29" w:name="opus_116176"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Heidenhain, European State Aid Law</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="29"/>
       <w:hyperlink r:id="rId60" w:anchor="opus_detail_116176" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId61" w:tgtFrame="_self" w:tooltip="Liebscher" w:history="1">
-        <w:bookmarkStart w:id="30" w:name="opus_178188"/>
+      <w:hyperlink r:id="rId61" w:tgtFrame="_self" w:tooltip="Kersting/Meyer-Lindemann/Podszun, Kartellrecht" w:history="1">
+        <w:bookmarkStart w:id="30" w:name="opus_206967"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kersting/​Meyer-Lindemann/​Podszun, Kartellrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="30"/>
+      <w:hyperlink r:id="rId62" w:anchor="opus_detail_206967" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId63" w:tgtFrame="_self" w:tooltip="Liebscher" w:history="1">
+        <w:bookmarkStart w:id="31" w:name="opus_178188"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Liebscher/​Flohr/​Petsche/​Metzlaff, Handbuch der EU-Gruppenfreistellungsverordnungen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="30"/>
-      <w:hyperlink r:id="rId62" w:anchor="opus_detail_178188" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:hyperlink r:id="rId64" w:anchor="opus_detail_178188" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId63" w:tgtFrame="_self" w:tooltip="Kersting/Meyer-Lindemann/Podszun, Kartellrecht" w:history="1">
-        <w:bookmarkStart w:id="31" w:name="opus_206967"/>
+      <w:hyperlink r:id="rId65" w:tgtFrame="_self" w:tooltip="Mestmäcker" w:history="1">
+        <w:bookmarkStart w:id="32" w:name="opus_116174"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Kersting/​Meyer-Lindemann/​Podszun, Kartellrecht</w:t>
+          <w:t>Mestmäcker/​Schweitzer, Europäisches Wettbewerbsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="31"/>
-      <w:hyperlink r:id="rId64" w:anchor="opus_detail_206967" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:hyperlink r:id="rId66" w:anchor="opus_detail_116174" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1420,65 +1452,65 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Arbeitsrecht der Europäischen Union </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId65" w:tgtFrame="_self" w:tooltip="EuArbRK" w:history="1">
-        <w:bookmarkStart w:id="32" w:name="opus_183711"/>
+      <w:hyperlink r:id="rId67" w:tgtFrame="_self" w:tooltip="EuArbRK" w:history="1">
+        <w:bookmarkStart w:id="33" w:name="opus_183711"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Franzen/​Gallner/​Oetker, Kommentar zum europäischen Arbeitsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="32"/>
-      <w:hyperlink r:id="rId66" w:anchor="opus_detail_183711" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:hyperlink r:id="rId68" w:anchor="opus_detail_183711" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1487,97 +1519,97 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Steuerrecht der Europäischen Union </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId67" w:tgtFrame="_self" w:tooltip="Steuerrecht der Europäischen Union" w:history="1">
-        <w:bookmarkStart w:id="33" w:name="opus_116245"/>
+      <w:hyperlink r:id="rId69" w:tgtFrame="_self" w:tooltip="Steuerrecht der Europäischen Union" w:history="1">
+        <w:bookmarkStart w:id="34" w:name="opus_116245"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kokott, Das Steuerrecht der Europäischen Union</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="33"/>
-      <w:hyperlink r:id="rId68" w:anchor="opus_detail_116245" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:hyperlink r:id="rId70" w:anchor="opus_detail_116245" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId69" w:tgtFrame="_self" w:tooltip="Europäisches Steuerrecht" w:history="1">
-        <w:bookmarkStart w:id="34" w:name="opus_167512"/>
+      <w:hyperlink r:id="rId71" w:tgtFrame="_self" w:tooltip="Europäisches Steuerrecht" w:history="1">
+        <w:bookmarkStart w:id="35" w:name="opus_167512"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Musil/​Weber-Grellet, Europäisches Steuerrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="34"/>
-      <w:hyperlink r:id="rId70" w:anchor="opus_detail_167512" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:hyperlink r:id="rId72" w:anchor="opus_detail_167512" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1618,65 +1650,65 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Handbuch des Europäischen Rechts (Inhaltsübersicht wird nicht mehr aktualisiert) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId71" w:tgtFrame="_self" w:tooltip="HER" w:history="1">
-        <w:bookmarkStart w:id="35" w:name="opus_116240"/>
+      <w:hyperlink r:id="rId73" w:tgtFrame="_self" w:tooltip="HER" w:history="1">
+        <w:bookmarkStart w:id="36" w:name="opus_116240"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Nomos Handbuch des Europäischen Rechts (HER) - Umfassende systematische Sammlung der europäischen Rechtsakte</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="35"/>
-      <w:hyperlink r:id="rId72" w:anchor="opus_detail_116240" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:hyperlink r:id="rId74" w:anchor="opus_detail_116240" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1685,575 +1717,575 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Weitere Normen </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId73" w:tgtFrame="_self" w:tooltip="Normen EU-Recht" w:history="1">
-        <w:bookmarkStart w:id="36" w:name="opus_116199"/>
+      <w:hyperlink r:id="rId75" w:tgtFrame="_self" w:tooltip="Normen EU-Recht" w:history="1">
+        <w:bookmarkStart w:id="37" w:name="opus_116199"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>EU-Recht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="36"/>
-      <w:hyperlink r:id="rId74" w:anchor="opus_detail_116199" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:hyperlink r:id="rId76" w:anchor="opus_detail_116199" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId75" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
-        <w:bookmarkStart w:id="37" w:name="opus_116200"/>
+      <w:hyperlink r:id="rId77" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
+        <w:bookmarkStart w:id="38" w:name="opus_116200"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wichtigste Normen (rechtsgebietsübergreifend)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="37"/>
-      <w:hyperlink r:id="rId76" w:anchor="opus_detail_116200" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:hyperlink r:id="rId78" w:anchor="opus_detail_116200" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Zeitschriften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId77" w:tgtFrame="_self" w:tooltip="EuZA" w:history="1">
-        <w:bookmarkStart w:id="38" w:name="opus_148871"/>
+      <w:hyperlink r:id="rId79" w:tgtFrame="_self" w:tooltip="EuZA" w:history="1">
+        <w:bookmarkStart w:id="39" w:name="opus_148871"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>EuZA - Europäische Zeitschrift für Arbeitsrecht, ab 2008</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="38"/>
-      <w:hyperlink r:id="rId78" w:anchor="opus_detail_148871" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:hyperlink r:id="rId80" w:anchor="opus_detail_148871" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId79" w:tgtFrame="_self" w:tooltip="EuZW" w:history="1">
-        <w:bookmarkStart w:id="39" w:name="opus_116189"/>
+      <w:hyperlink r:id="rId81" w:tgtFrame="_self" w:tooltip="EuZW" w:history="1">
+        <w:bookmarkStart w:id="40" w:name="opus_116189"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>EuZW - Europäische Zeitschrift für Wirtschaftsrecht, ab 1998</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="39"/>
-      <w:hyperlink r:id="rId80" w:anchor="opus_detail_116189" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:hyperlink r:id="rId82" w:anchor="opus_detail_116189" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId81" w:tgtFrame="_self" w:tooltip="EuZW-Sonderausgabe" w:history="1">
-        <w:bookmarkStart w:id="40" w:name="opus_116190"/>
+      <w:hyperlink r:id="rId83" w:tgtFrame="_self" w:tooltip="EuZW-Sonderausgabe" w:history="1">
+        <w:bookmarkStart w:id="41" w:name="opus_116190"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>EuZW-Sonderausgabe, ab 2017</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="40"/>
-      <w:hyperlink r:id="rId82" w:anchor="opus_detail_116190" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:hyperlink r:id="rId84" w:anchor="opus_detail_116190" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId83" w:tgtFrame="_self" w:tooltip="EuZW-Beilage" w:history="1">
-        <w:bookmarkStart w:id="41" w:name="opus_116191"/>
+      <w:hyperlink r:id="rId85" w:tgtFrame="_self" w:tooltip="EuZW-Beilage" w:history="1">
+        <w:bookmarkStart w:id="42" w:name="opus_116191"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>EuZW-Beilage, ab 2014</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="41"/>
-      <w:hyperlink r:id="rId84" w:anchor="opus_detail_116191" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:hyperlink r:id="rId86" w:anchor="opus_detail_116191" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId85" w:tgtFrame="_self" w:tooltip="EuCML" w:history="1">
-        <w:bookmarkStart w:id="42" w:name="opus_116192"/>
+      <w:hyperlink r:id="rId87" w:tgtFrame="_self" w:tooltip="EuCML" w:history="1">
+        <w:bookmarkStart w:id="43" w:name="opus_116192"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>EuCML - Journal of European Consumer and Market Law, ab 2015</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="42"/>
-      <w:hyperlink r:id="rId86" w:anchor="opus_detail_116192" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:hyperlink r:id="rId88" w:anchor="opus_detail_116192" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId87" w:tgtFrame="_self" w:tooltip="euvr" w:history="1">
-        <w:bookmarkStart w:id="43" w:name="opus_116193"/>
+      <w:hyperlink r:id="rId89" w:tgtFrame="_self" w:tooltip="euvr" w:history="1">
+        <w:bookmarkStart w:id="44" w:name="opus_116193"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>euvr - Zeitschrift für Europäisches Unternehmens- und Verbraucherrecht, 2012 - 2014</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="43"/>
-      <w:hyperlink r:id="rId88" w:anchor="opus_detail_116193" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:hyperlink r:id="rId90" w:anchor="opus_detail_116193" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId89" w:tgtFrame="_self" w:tooltip="EuR" w:history="1">
-        <w:bookmarkStart w:id="44" w:name="opus_116194"/>
+      <w:hyperlink r:id="rId91" w:tgtFrame="_self" w:tooltip="EuR" w:history="1">
+        <w:bookmarkStart w:id="45" w:name="opus_116194"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>EuR - Europarecht, ab 2000</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="44"/>
-      <w:hyperlink r:id="rId90" w:anchor="opus_detail_116194" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:hyperlink r:id="rId92" w:anchor="opus_detail_116194" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId91" w:tgtFrame="_self" w:tooltip="ZaöRV" w:history="1">
-        <w:bookmarkStart w:id="45" w:name="opus_116196"/>
+      <w:hyperlink r:id="rId93" w:tgtFrame="_self" w:tooltip="ZaöRV" w:history="1">
+        <w:bookmarkStart w:id="46" w:name="opus_116196"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZaöRV/​HJIL - Zeitschrift für ausländisches öffentliches Recht und Völkerrecht, ab 2000</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="45"/>
-      <w:hyperlink r:id="rId92" w:anchor="opus_detail_116196" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:hyperlink r:id="rId94" w:anchor="opus_detail_116196" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId93" w:tgtFrame="_self" w:tooltip="NLMR" w:history="1">
-        <w:bookmarkStart w:id="46" w:name="opus_116197"/>
+      <w:hyperlink r:id="rId95" w:tgtFrame="_self" w:tooltip="NLMR" w:history="1">
+        <w:bookmarkStart w:id="47" w:name="opus_116197"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>NLMR - Newsletter Menschenrechte, ab 2010</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="46"/>
-      <w:hyperlink r:id="rId94" w:anchor="opus_detail_116197" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:hyperlink r:id="rId96" w:anchor="opus_detail_116197" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Rechtsprechung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId95" w:tgtFrame="_self" w:tooltip="Rechtsprechung Europarecht" w:history="1">
-        <w:bookmarkStart w:id="47" w:name="opus_116202"/>
+      <w:hyperlink r:id="rId97" w:tgtFrame="_self" w:tooltip="Rechtsprechung Europarecht" w:history="1">
+        <w:bookmarkStart w:id="48" w:name="opus_116202"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rechtsprechung zum Europarecht auch aus NJW, NVwZ und BeckRS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="47"/>
-      <w:hyperlink r:id="rId96" w:anchor="opus_detail_116202" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:hyperlink r:id="rId98" w:anchor="opus_detail_116202" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId97" w:tgtFrame="_self" w:tooltip="BeckEuRS" w:history="1">
-        <w:bookmarkStart w:id="48" w:name="opus_116203"/>
+      <w:hyperlink r:id="rId99" w:tgtFrame="_self" w:tooltip="BeckEuRS" w:history="1">
+        <w:bookmarkStart w:id="49" w:name="opus_116203"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckEuRS (Gerichtsmitteilungen des EuGH, EuG und EuGöD)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="48"/>
-      <w:hyperlink r:id="rId98" w:anchor="opus_detail_116203" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:hyperlink r:id="rId100" w:anchor="opus_detail_116203" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Aufsätze</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId99" w:tgtFrame="_self" w:tooltip="Aufsätze Europarecht" w:history="1">
-        <w:bookmarkStart w:id="49" w:name="opus_116205"/>
+      <w:hyperlink r:id="rId101" w:tgtFrame="_self" w:tooltip="Aufsätze Europarecht" w:history="1">
+        <w:bookmarkStart w:id="50" w:name="opus_116205"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aufsätze zum Europarecht auch aus NJW und NVwZ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="49"/>
-      <w:hyperlink r:id="rId100" w:anchor="opus_detail_116205" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:hyperlink r:id="rId102" w:anchor="opus_detail_116205" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId101"/>
-      <w:footerReference w:type="default" r:id="rId102"/>
+      <w:headerReference w:type="default" r:id="rId103"/>
+      <w:footerReference w:type="default" r:id="rId104"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -2292,85 +2324,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/08/2025</w:t>
+                  <w:t>11/29/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 08.10.2025 07:04 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 29.11.2025 08:29 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -7193,82 +7225,88 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icon">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icona">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon_a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-indicatoriconwrapper">
     <w:name w:val="toolleiste_toolleiste-indicatoriconwrapper"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="main">
     <w:name w:val="main"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapper">
     <w:name w:val="div_bo_contentwrapper"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftbohideleftcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboleft">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_left"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftborder">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftalink">
     <w:name w:val="bo_left_a_link"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkdiv">
     <w:name w:val="beck-tabs_beck-tabs-link_div"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linki">
     <w:name w:val="beck-tabs_beck-tabs-link_i"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkbeck-tabs-info">
-    <w:name w:val="beck-tabs_beck-tabs-link_beck-tabs-info"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="divboshowleftcontentbeck-tabsbeck-tabs-linkspanbeck-tabs-info">
+    <w:name w:val="div_bo_show_left_content_beck-tabs_beck-tabs-link_span_beck-tabs-info"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidget">
     <w:name w:val="div_mvcWidget"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidgetkastenTitle">
     <w:name w:val="div_mvcWidget &gt; kastenTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="345" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -7653,53 +7691,59 @@
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivshow-children">
     <w:name w:val="bo_center_div_show-children"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivColumnRight">
     <w:name w:val="bo_center_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:right w:val="none" w:sz="0" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="out-of-viewport">
     <w:name w:val="out-of-viewport"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightbohiderightcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboright">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_right"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightborder">
     <w:name w:val="bo_contentwrapper_bo_right &gt; bo_right_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_right &gt; bo_right_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreeting">
     <w:name w:val="div_ipgreeting"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreetingdivloginheader">
     <w:name w:val="div_ipgreeting_div_loginheader"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
@@ -7796,51 +7840,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18441?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18442?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18443?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18444?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9702?opusTitle=Schwarze" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5758?opusTitle=Groeben" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8615?opusTitle=Vedder" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16947?opusTitle=Geiger%2fKhan%2fKotzur%2fKirchmair" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14155?opusTitle=Calliess" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9120?opusTitle=Streinz" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14644?opusTitle=Bergmann" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20445?opusTitle=Oppermann" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13226?opusTitle=JarassCharta" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14681?opusTitle=Karpenstein%2fMayer%2c+EMRK" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20943?opusTitle=Meyer%2fH&#246;lscheidt%2c+EU-Grundrechtecharta" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17909?opusTitle=MeyerEMRK" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9954?opusTitle=Stern%2fSachs" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13000?opusTitle=Grabenwarter%2fPabel" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9952?opusTitle=Heselhaus%2fNowak" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19684?opusTitle=Karpenstein" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9951?opusTitle=W&#228;genbaur" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9939?opusTitle=Arnesen%2fFredriksen%2fGraver%2fMestad%2fVedder" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21884?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21620?opusTitle=KHN" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5342?opusTitle=Mestm&#228;cker" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21907?opusTitle=Bartosch" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2149?opusTitle=Heidenhain" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21619?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17680?opusTitle=Liebscher" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21107" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18321?opusTitle=EuArbRK" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9845?opusTitle=Steuerrecht+der+Europ&#228;ischen+Union" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15631?opusTitle=Europ&#228;isches+Steuerrecht" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116240?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Handbuch des Europ&#228;ischen Rechts %28HER%29 - Umfassende systematische Sammlung der europ&#228;ischen Rechtsakte&amp;opusTitle=HER" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116199?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=EU-Recht&amp;opusTitle=Normen+EU-Recht" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116200?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste Normen %28rechtsgebiets&#252;bergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5224?opusTitle=EuZA" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19?opusTitle=EuZW" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2103?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8110?opusTitle=EuZW-Sonderausgabe" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4864?opusTitle=EuZW-Beilage" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5713?opusTitle=EuCML" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4750?opusTitle=euvr" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/671?opusTitle=EuR" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2223?opusTitle=Za&#246;RV" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8695?opusTitle=NLMR" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum Europarecht auch aus NJW, NVwZ und BeckRS&amp;query=spubtyp0:ent+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung des EuGH, EuG und EuG&#246;D&amp;query=spubtyp0:%22ent%22 AND spub0:%22BeckEuRS%22&amp;rbSort=date&amp;opusTitle=BeckEuRS" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze zum Europarecht auch aus NJW und NVwZ&amp;query=spubtyp0:aufs+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs%C3%A4tze%20zum%20Europarecht%20auch%20aus%20NJW%20und%20NVwZ&amp;query=spubtyp0:aufs+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18441?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18442?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18443?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18444?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9702?opusTitle=Schwarze" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5758?opusTitle=Groeben" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8615?opusTitle=Vedder" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16947?opusTitle=Geiger%2fKhan%2fKotzur%2fKirchmair" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14155?opusTitle=Calliess" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9120?opusTitle=Streinz" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14644?opusTitle=Bergmann" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20445?opusTitle=Oppermann" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13226?opusTitle=JarassCharta" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14681?opusTitle=Karpenstein%2fMayer%2c+EMRK" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20943?opusTitle=Meyer%2fH%c3%b6lscheidt%2c+EU-Grundrechtecharta" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17909?opusTitle=MeyerEMRK" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9954?opusTitle=Stern%2fSachs" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13000?opusTitle=Grabenwarter%2fPabel" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9952?opusTitle=Heselhaus%2fNowak" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19684?opusTitle=Karpenstein" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9951?opusTitle=W%c3%a4genbaur" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9939?opusTitle=Arnesen%2fFredriksen%2fGraver%2fMestad%2fVedder" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22161?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21620?opusTitle=KHN" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21907?opusTitle=Bartosch" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21642?opusTitle=Birnstiel%2fBungenberg%2fHeinrich" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2149?opusTitle=Heidenhain" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21619?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21107" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17680?opusTitle=Liebscher" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5342?opusTitle=Mestm%c3%a4cker" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18321?opusTitle=EuArbRK" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9845?opusTitle=Steuerrecht+der+Europ%c3%a4ischen+Union" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15631?opusTitle=Europ%c3%a4isches+Steuerrecht" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116240?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Handbuch%20des%20Europ%C3%A4ischen%20Rechts%20%28HER%29%20-%20Umfassende%20systematische%20Sammlung%20der%20europ%C3%A4ischen%20Rechtsakte&amp;opusTitle=HER" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116199?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=EU-Recht&amp;opusTitle=Normen+EU-Recht" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116200?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5224?opusTitle=EuZA" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2103?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19?opusTitle=EuZW" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8110?opusTitle=EuZW-Sonderausgabe" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4864?opusTitle=EuZW-Beilage" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5713?opusTitle=EuCML" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4750?opusTitle=euvr" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/671?opusTitle=EuR" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2223?opusTitle=Za%c3%b6RV" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8695?opusTitle=NLMR" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Europarecht%20auch%20aus%20NJW,%20NVwZ%20und%20BeckRS&amp;query=spubtyp0:ent+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20des%20EuGH,%20EuG%20und%20EuG&#246;D&amp;query=spubtyp0:%22ent%22%20AND%20spub0:%22BeckEuRS%22&amp;rbSort=date&amp;opusTitle=BeckEuRS" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8105,28 +8149,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul Europarecht PREMIUM - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>