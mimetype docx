--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -195,64 +195,64 @@
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Primärrecht der Europäischen Union </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:tgtFrame="_self" w:tooltip="Grabitz" w:history="1">
-        <w:bookmarkStart w:id="0" w:name="opus_211749"/>
+        <w:bookmarkStart w:id="0" w:name="opus_218403"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Grabitz/​Hilf/​Nettesheim, Das Recht der Europäischen Union</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
-      <w:hyperlink r:id="rId7" w:anchor="opus_detail_211749" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId7" w:anchor="opus_detail_218403" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="Grabitz" w:history="1">
         <w:bookmarkStart w:id="1" w:name="opus_116156"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -456,64 +456,64 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schwarze, EU-Kommentar</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="7"/>
       <w:hyperlink r:id="rId16" w:anchor="opus_detail_116248" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:tgtFrame="_self" w:tooltip="Groeben" w:history="1">
-        <w:bookmarkStart w:id="8" w:name="opus_116157"/>
+        <w:bookmarkStart w:id="8" w:name="opus_220502"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Groeben, von der/​Schwarze/​Hatje, Europäisches Unionsrecht</w:t>
+          <w:t>Groeben, von der/​Schwarze/​Hatje/​Terhechte, Europäisches Unionsrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="8"/>
-      <w:hyperlink r:id="rId18" w:anchor="opus_detail_116157" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId18" w:anchor="opus_detail_220502" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId19" w:tgtFrame="_self" w:tooltip="Vedder" w:history="1">
         <w:bookmarkStart w:id="9" w:name="opus_116249"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1116,107 +1116,85 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId51" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
         <w:bookmarkStart w:id="25" w:name="opus_217413"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ludwigs, Handbuch des EU-Wirtschaftsrechts</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="25"/>
       <w:hyperlink r:id="rId52" w:anchor="opus_detail_217413" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId53" w:tgtFrame="_self" w:tooltip="KHN" w:history="1">
-        <w:bookmarkStart w:id="26" w:name="opus_211756"/>
+        <w:bookmarkStart w:id="26" w:name="opus_218253"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Krenzler/​Herrmann/​Niestedt, EU-Außenwirtschafts- und Zollrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="26"/>
-      <w:hyperlink r:id="rId54" w:anchor="opus_detail_211756" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId54" w:anchor="opus_detail_218253" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2324,85 +2302,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>11/29/2025</w:t>
+                  <w:t>01/13/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 29.11.2025 08:29 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 13.01.2026 18:54 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -7538,64 +7516,50 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbowerksgruppierungprint">
     <w:name w:val="bo_center_bo_werksgruppierung_print"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="15" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbowerksgruppierungprinth6">
     <w:name w:val="bo_center_bo_werksgruppierung_print_h6"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivwerksgruppierungline">
     <w:name w:val="bo_center_div_werksgruppierungline"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="14" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
     <w:name w:val="div_DetailledContentView"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="8" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
@@ -7840,51 +7804,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs%C3%A4tze%20zum%20Europarecht%20auch%20aus%20NJW%20und%20NVwZ&amp;query=spubtyp0:aufs+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18441?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18442?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18443?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18444?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9702?opusTitle=Schwarze" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5758?opusTitle=Groeben" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8615?opusTitle=Vedder" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16947?opusTitle=Geiger%2fKhan%2fKotzur%2fKirchmair" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14155?opusTitle=Calliess" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9120?opusTitle=Streinz" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14644?opusTitle=Bergmann" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20445?opusTitle=Oppermann" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13226?opusTitle=JarassCharta" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14681?opusTitle=Karpenstein%2fMayer%2c+EMRK" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20943?opusTitle=Meyer%2fH%c3%b6lscheidt%2c+EU-Grundrechtecharta" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17909?opusTitle=MeyerEMRK" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9954?opusTitle=Stern%2fSachs" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13000?opusTitle=Grabenwarter%2fPabel" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9952?opusTitle=Heselhaus%2fNowak" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19684?opusTitle=Karpenstein" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9951?opusTitle=W%c3%a4genbaur" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9939?opusTitle=Arnesen%2fFredriksen%2fGraver%2fMestad%2fVedder" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22161?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21620?opusTitle=KHN" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21907?opusTitle=Bartosch" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21642?opusTitle=Birnstiel%2fBungenberg%2fHeinrich" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2149?opusTitle=Heidenhain" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21619?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21107" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17680?opusTitle=Liebscher" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5342?opusTitle=Mestm%c3%a4cker" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18321?opusTitle=EuArbRK" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9845?opusTitle=Steuerrecht+der+Europ%c3%a4ischen+Union" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15631?opusTitle=Europ%c3%a4isches+Steuerrecht" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116240?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Handbuch%20des%20Europ%C3%A4ischen%20Rechts%20%28HER%29%20-%20Umfassende%20systematische%20Sammlung%20der%20europ%C3%A4ischen%20Rechtsakte&amp;opusTitle=HER" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116199?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=EU-Recht&amp;opusTitle=Normen+EU-Recht" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116200?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5224?opusTitle=EuZA" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2103?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19?opusTitle=EuZW" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8110?opusTitle=EuZW-Sonderausgabe" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4864?opusTitle=EuZW-Beilage" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5713?opusTitle=EuCML" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4750?opusTitle=euvr" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/671?opusTitle=EuR" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2223?opusTitle=Za%c3%b6RV" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8695?opusTitle=NLMR" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Europarecht%20auch%20aus%20NJW,%20NVwZ%20und%20BeckRS&amp;query=spubtyp0:ent+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20des%20EuGH,%20EuG%20und%20EuG&#246;D&amp;query=spubtyp0:%22ent%22%20AND%20spub0:%22BeckEuRS%22&amp;rbSort=date&amp;opusTitle=BeckEuRS" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs%C3%A4tze%20zum%20Europarecht%20auch%20aus%20NJW%20und%20NVwZ&amp;query=spubtyp0:aufs+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18441?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18442?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18443?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18444?opusTitle=Frankfurter+Kommentar" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9702?opusTitle=Schwarze" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22479?opusTitle=Groeben" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8615?opusTitle=Vedder" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16947?opusTitle=Geiger%2fKhan%2fKotzur%2fKirchmair" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14155?opusTitle=Calliess" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9120?opusTitle=Streinz" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14644?opusTitle=Bergmann" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20445?opusTitle=Oppermann" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13226?opusTitle=JarassCharta" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14681?opusTitle=Karpenstein%2fMayer%2c+EMRK" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20943?opusTitle=Meyer%2fH%c3%b6lscheidt%2c+EU-Grundrechtecharta" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17909?opusTitle=MeyerEMRK" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9954?opusTitle=Stern%2fSachs" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13000?opusTitle=Grabenwarter%2fPabel" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9952?opusTitle=Heselhaus%2fNowak" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19684?opusTitle=Karpenstein" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9951?opusTitle=W%c3%a4genbaur" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9939?opusTitle=Arnesen%2fFredriksen%2fGraver%2fMestad%2fVedder" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22161?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22246?opusTitle=KHN" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21907?opusTitle=Bartosch" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21642?opusTitle=Birnstiel%2fBungenberg%2fHeinrich" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2149?opusTitle=Heidenhain" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22265?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21107" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17680?opusTitle=Liebscher" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5342?opusTitle=Mestm%c3%a4cker" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18321?opusTitle=EuArbRK" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9845?opusTitle=Steuerrecht+der+Europ%c3%a4ischen+Union" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15631?opusTitle=Europ%c3%a4isches+Steuerrecht" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116240?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Handbuch%20des%20Europ%C3%A4ischen%20Rechts%20%28HER%29%20-%20Umfassende%20systematische%20Sammlung%20der%20europ%C3%A4ischen%20Rechtsakte&amp;opusTitle=HER" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116199?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=EU-Recht&amp;opusTitle=Normen+EU-Recht" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/116200?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5224?opusTitle=EuZA" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2103?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19?opusTitle=EuZW" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8110?opusTitle=EuZW-Sonderausgabe" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4864?opusTitle=EuZW-Beilage" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5713?opusTitle=EuCML" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4750?opusTitle=euvr" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/671?opusTitle=EuR" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2223?opusTitle=Za%c3%b6RV" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8695?opusTitle=NLMR" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Europarecht%20auch%20aus%20NJW,%20NVwZ%20und%20BeckRS&amp;query=spubtyp0:ent+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20des%20EuGH,%20EuG%20und%20EuG&#246;D&amp;query=spubtyp0:%22ent%22%20AND%20spub0:%22BeckEuRS%22&amp;rbSort=date&amp;opusTitle=BeckEuRS" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>