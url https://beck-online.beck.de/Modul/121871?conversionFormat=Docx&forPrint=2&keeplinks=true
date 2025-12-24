--- v0 (2025-10-12)
+++ v1 (2025-12-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -454,52 +454,415 @@
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Säcker/​Steffens, Berliner Kommentar zum Energierecht, Bd. 8: EEG - Erneuerbare-Energien-Gesetz 2021, WindSeeG - Windenergie-auf-See-Gesetz</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:tgtFrame="_self" w:tooltip="Theobald" w:history="1">
-        <w:bookmarkStart w:id="7" w:name="opus_215509"/>
+      <w:hyperlink r:id="rId15" w:tgtFrame="_self" w:tooltip="Assmann" w:history="1">
+        <w:bookmarkStart w:id="7" w:name="opus_122961"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Assmann/​Peiffer, Kraft-Wärme-Kopplungsgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="7"/>
+      <w:hyperlink r:id="rId16" w:anchor="opus_detail_122961" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId17" w:tgtFrame="_self" w:tooltip="BeckOK EnWG" w:history="1">
+        <w:bookmarkStart w:id="8" w:name="opus_217356"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK EnWG, Assmann/​Peiffer</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="8"/>
+      <w:hyperlink r:id="rId18" w:anchor="opus_detail_217356" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:tgtFrame="_self" w:tooltip="Boesche/Fest/Mayer" w:history="1">
+        <w:bookmarkStart w:id="9" w:name="opus_214136"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Boesche/​Fest/​Mayer, Elektromobilitätsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="9"/>
+      <w:hyperlink r:id="rId20" w:anchor="opus_detail_214136" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId21" w:tgtFrame="_self" w:tooltip="Bourwieg/Hellermann/Hermes, Energiewirtschaftsgese" w:history="1">
+        <w:bookmarkStart w:id="10" w:name="opus_176948"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Bourwieg/​Hellermann/​Hermes, Energiewirtschaftsgesetz</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge-highlight"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Highlight</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="10"/>
+      <w:hyperlink r:id="rId22" w:anchor="opus_detail_176948" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId23" w:tgtFrame="_self" w:tooltip="HackEC" w:history="1">
+        <w:bookmarkStart w:id="11" w:name="opus_121850"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Hack, Energie-Contracting</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="11"/>
+      <w:hyperlink r:id="rId24" w:anchor="opus_detail_121850" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId25" w:tgtFrame="_self" w:tooltip="Hennenhöfer/Mann/Pelzer/Sellner, Atomgesetz / PÜ" w:history="1">
+        <w:bookmarkStart w:id="12" w:name="opus_147431"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Hennenhöfer/​Mann/​Pelzer/​Sellner, Atomgesetz / PÜ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="12"/>
+      <w:hyperlink r:id="rId26" w:anchor="opus_detail_147431" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId27" w:tgtFrame="_self" w:tooltip="Kment, EnWG" w:history="1">
+        <w:bookmarkStart w:id="13" w:name="opus_196562"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kment, Energiewirtschaftsgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="13"/>
+      <w:hyperlink r:id="rId28" w:anchor="opus_detail_196562" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId29" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
+        <w:bookmarkStart w:id="14" w:name="opus_132545"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Ludwigs, EU-Wirtschaftsrecht (Auszug Energierecht)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="14"/>
+      <w:hyperlink r:id="rId30" w:anchor="opus_detail_132545" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId31" w:tgtFrame="_self" w:tooltip="Pritzsche/Vacha" w:history="1">
+        <w:bookmarkStart w:id="15" w:name="opus_203335"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Pritzsche/​Vacha, Energierecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="15"/>
+      <w:hyperlink r:id="rId32" w:anchor="opus_detail_203335" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId33" w:tgtFrame="_self" w:tooltip="Schneider/Theobald" w:history="1">
+        <w:bookmarkStart w:id="16" w:name="opus_153024"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Schneider/​Theobald, Recht der Energiewirtschaft</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="16"/>
+      <w:hyperlink r:id="rId34" w:anchor="opus_detail_153024" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId35" w:tgtFrame="_self" w:tooltip="Theobald" w:history="1">
+        <w:bookmarkStart w:id="17" w:name="opus_218232"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Theobald/​Kühling, Energierecht</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
@@ -510,1949 +873,1716 @@
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight-aligned"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="7"/>
-      <w:hyperlink r:id="rId16" w:anchor="opus_detail_215509" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:hyperlink r:id="rId36" w:anchor="opus_detail_218232" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:tgtFrame="_self" w:tooltip="BeckOK EnWG" w:history="1">
-        <w:bookmarkStart w:id="8" w:name="opus_212745"/>
+      <w:hyperlink r:id="rId37" w:tgtFrame="_self" w:tooltip="Wust/Rietzler/Wiemer, WindenergieR" w:history="1">
+        <w:bookmarkStart w:id="18" w:name="opus_220736"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>BeckOK EnWG, Assmann/​Peiffer</w:t>
+          <w:t>Wust/​Rietzler/​Wiemer, Windenergierecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="18"/>
+      <w:hyperlink r:id="rId38" w:anchor="opus_detail_220736" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId39" w:tgtFrame="_self" w:tooltip="Zenke" w:history="1">
+        <w:bookmarkStart w:id="19" w:name="opus_121851"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Zenke/​Schäfer, Energiehandel in Europa</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="19"/>
+      <w:hyperlink r:id="rId40" w:anchor="opus_detail_121851" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="930" w:right="900"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Energiesicherungsrecht</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId41" w:tgtFrame="_self" w:tooltip="BeckOK Energiesicherungsrecht" w:history="1">
+        <w:bookmarkStart w:id="20" w:name="opus_215854"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK Energiesicherungsrecht, Gerstner/​Gundel</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="8"/>
-      <w:hyperlink r:id="rId18" w:anchor="opus_detail_212745" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:hyperlink r:id="rId42" w:anchor="opus_detail_215854" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:tgtFrame="_self" w:tooltip="Bourwieg/Hellermann/Hermes, Energiewirtschaftsgese" w:history="1">
-        <w:bookmarkStart w:id="9" w:name="opus_176948"/>
+      <w:hyperlink r:id="rId43" w:tgtFrame="_self" w:tooltip="Kipker" w:history="1">
+        <w:bookmarkStart w:id="21" w:name="opus_181720"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Bourwieg/​Hellermann/​Hermes, Energiewirtschaftsgesetz</w:t>
-[...20 lines deleted...]
-          <w:t>Highlight</w:t>
+          <w:t>Kipker/​Reusch/​Ritter, Recht der Informationssicherheit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="9"/>
-      <w:hyperlink r:id="rId20" w:anchor="opus_detail_176948" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:hyperlink r:id="rId44" w:anchor="opus_detail_181720" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="930" w:right="900"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Klimaschutzrecht</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:tgtFrame="_self" w:tooltip="Kment, EnWG" w:history="1">
-        <w:bookmarkStart w:id="10" w:name="opus_196562"/>
+      <w:hyperlink r:id="rId45" w:tgtFrame="_self" w:tooltip="BeckOK Klimarecht" w:history="1">
+        <w:bookmarkStart w:id="22" w:name="opus_214979"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Kment, Energiewirtschaftsgesetz</w:t>
+          <w:t>BeckOK Klimarecht, Hofmann/​Heß</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="10"/>
-      <w:hyperlink r:id="rId22" w:anchor="opus_detail_196562" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:hyperlink r:id="rId46" w:anchor="opus_detail_214979" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:tgtFrame="_self" w:tooltip="Hennenhöfer/Mann/Pelzer/Sellner, Atomgesetz / PÜ" w:history="1">
-        <w:bookmarkStart w:id="11" w:name="opus_147431"/>
+      <w:hyperlink r:id="rId47" w:tgtFrame="_self" w:tooltip="Fellenberg/Guckelberger" w:history="1">
+        <w:bookmarkStart w:id="23" w:name="opus_177048"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Hennenhöfer/​Mann/​Pelzer/​Sellner, Atomgesetz / PÜ</w:t>
+          <w:t>Fellenberg/​Guckelberger, Klimaschutzrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="11"/>
-      <w:hyperlink r:id="rId24" w:anchor="opus_detail_147431" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:hyperlink r:id="rId48" w:anchor="opus_detail_177048" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
-        <w:bookmarkStart w:id="12" w:name="opus_132545"/>
+      <w:hyperlink r:id="rId49" w:tgtFrame="_self" w:tooltip="Frenz/Cosack" w:history="1">
+        <w:bookmarkStart w:id="24" w:name="opus_200189"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Ludwigs, EU-Wirtschaftsrecht (Auszug Energierecht)</w:t>
+          <w:t>Frenz/​Cosack, GEG/​GEIG - Gebäudeenergiegesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="24"/>
+      <w:hyperlink r:id="rId50" w:anchor="opus_detail_200189" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId51" w:tgtFrame="_self" w:tooltip="Knauff, GEG/GEIG" w:history="1">
+        <w:bookmarkStart w:id="25" w:name="opus_202669"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Knauff, GEG | GEIG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="25"/>
+      <w:hyperlink r:id="rId52" w:anchor="opus_detail_202669" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId53" w:tgtFrame="_self" w:tooltip="Börstinghaus/Meyer" w:history="1">
+        <w:bookmarkStart w:id="26" w:name="opus_196209"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Börstinghaus/​Meyer, Das neue GEG - Gebäudeenergiegesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="26"/>
+      <w:hyperlink r:id="rId54" w:anchor="opus_detail_196209" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="930" w:right="900"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Übertragungsnetze</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId55" w:tgtFrame="_self" w:tooltip="Holznagel/Schütz" w:history="1">
+        <w:bookmarkStart w:id="27" w:name="opus_121845"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Holznagel/​Schütz, Anreizregulierungsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="27"/>
+      <w:hyperlink r:id="rId56" w:anchor="opus_detail_121845" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId57" w:tgtFrame="_self" w:tooltip="Witt" w:history="1">
+        <w:bookmarkStart w:id="28" w:name="opus_121847"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>de Witt/​Scheuten, Netzausbaubeschleunigungsgesetz Übertragungsnetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="28"/>
+      <w:hyperlink r:id="rId58" w:anchor="opus_detail_121847" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId59" w:tgtFrame="_self" w:tooltip="Schmitz/Uibeleisen, Netzausbau" w:history="1">
+        <w:bookmarkStart w:id="29" w:name="opus_121848"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Schmitz/​Uibeleisen, Netzausbau</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="29"/>
+      <w:hyperlink r:id="rId60" w:anchor="opus_detail_121848" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Normen</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId61" w:tgtFrame="_self" w:tooltip="Energierecht Normen" w:history="1">
+        <w:bookmarkStart w:id="30" w:name="opus_121862"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Normen zum Energierecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="30"/>
+      <w:hyperlink r:id="rId62" w:anchor="opus_detail_121862" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId63" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
+        <w:bookmarkStart w:id="31" w:name="opus_121863"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Wichtigste Normen (rechtsgebietsübergreifend)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="31"/>
+      <w:hyperlink r:id="rId64" w:anchor="opus_detail_121863" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Kommentare und Handbücher</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="60" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="930" w:right="900"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Erneuerbare Energien</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId65" w:tgtFrame="_self" w:tooltip="Altrock" w:history="1">
+        <w:bookmarkStart w:id="32" w:name="opus_121836"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Altrock/​Oschmann/​Theobald, Erneuerbare-Energien-Gesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="32"/>
+      <w:hyperlink r:id="rId66" w:anchor="opus_detail_121836" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId67" w:tgtFrame="_self" w:tooltip="Baumann/Gabler/Günther" w:history="1">
+        <w:bookmarkStart w:id="33" w:name="opus_131702"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Baumann/​Gabler/​Günther, EEG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="33"/>
+      <w:hyperlink r:id="rId68" w:anchor="opus_detail_131702" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId69" w:tgtFrame="_self" w:tooltip="BeckOK EEG" w:history="1">
+        <w:bookmarkStart w:id="34" w:name="opus_212038"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK EEG, Greb/​Boewe/​Sieberg</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="12"/>
-      <w:hyperlink r:id="rId26" w:anchor="opus_detail_132545" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:hyperlink r:id="rId70" w:anchor="opus_detail_212038" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:tgtFrame="_self" w:tooltip="Boesche/Fest/Mayer" w:history="1">
-        <w:bookmarkStart w:id="13" w:name="opus_214136"/>
+      <w:hyperlink r:id="rId71" w:tgtFrame="_self" w:tooltip="Böttcher" w:history="1">
+        <w:bookmarkStart w:id="35" w:name="opus_124525"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Boesche/​Fest/​Mayer, Elektromobilitätsrecht</w:t>
+          <w:t>Böttcher/​Faßbender/​Waldhoff, Erneuerbare Energien in der Notar- und Gestaltungspraxis</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="13"/>
-      <w:hyperlink r:id="rId28" w:anchor="opus_detail_214136" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:hyperlink r:id="rId72" w:anchor="opus_detail_124525" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId29" w:tgtFrame="_self" w:tooltip="Assmann" w:history="1">
-        <w:bookmarkStart w:id="14" w:name="opus_122961"/>
+      <w:hyperlink r:id="rId73" w:tgtFrame="_self" w:tooltip="Maslaton" w:history="1">
+        <w:bookmarkStart w:id="36" w:name="opus_215039"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Assmann/​Peiffer, Kraft-Wärme-Kopplungsgesetz</w:t>
+          <w:t>Maslaton, Windenergieanlagen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="14"/>
-      <w:hyperlink r:id="rId30" w:anchor="opus_detail_122961" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:hyperlink r:id="rId74" w:anchor="opus_detail_215039" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId31" w:tgtFrame="_self" w:tooltip="Schneider/Theobald" w:history="1">
-        <w:bookmarkStart w:id="15" w:name="opus_153024"/>
+      <w:hyperlink r:id="rId75" w:tgtFrame="_self" w:tooltip="MOW" w:history="1">
+        <w:bookmarkStart w:id="37" w:name="opus_121841"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Schneider/​Theobald, Recht der Energiewirtschaft</w:t>
+          <w:t>Müller/​Oschmann/​Wustlich, Erneuerbare-Energien-Wärmegesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="15"/>
-      <w:hyperlink r:id="rId32" w:anchor="opus_detail_153024" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:hyperlink r:id="rId76" w:anchor="opus_detail_121841" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId33" w:tgtFrame="_self" w:tooltip="HackEC" w:history="1">
-        <w:bookmarkStart w:id="16" w:name="opus_121850"/>
+      <w:hyperlink r:id="rId77" w:tgtFrame="_self" w:tooltip="Reshöft/Schäfermeier" w:history="1">
+        <w:bookmarkStart w:id="38" w:name="opus_121837"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Hack, Energie-Contracting</w:t>
+          <w:t>Reshöft/​Schäfermeier, EEG - Erneuerbare-Energien-Gesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="16"/>
-      <w:hyperlink r:id="rId34" w:anchor="opus_detail_121850" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:hyperlink r:id="rId78" w:anchor="opus_detail_121837" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:tgtFrame="_self" w:tooltip="Zenke" w:history="1">
-        <w:bookmarkStart w:id="17" w:name="opus_121851"/>
+      <w:hyperlink r:id="rId79" w:tgtFrame="_self" w:tooltip="Spieth/Lutz-Bachmann, Offshore-Windenergierecht" w:history="1">
+        <w:bookmarkStart w:id="39" w:name="opus_122895"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Zenke/​Schäfer, Energiehandel in Europa</w:t>
+          <w:t>Spieth/​Lutz-Bachmann, Offshore-Windenergierecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="17"/>
-      <w:hyperlink r:id="rId36" w:anchor="opus_detail_121851" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:hyperlink r:id="rId80" w:anchor="opus_detail_122895" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId37" w:tgtFrame="_self" w:tooltip="Pritzsche/Vacha" w:history="1">
-        <w:bookmarkStart w:id="18" w:name="opus_203335"/>
+      <w:hyperlink r:id="rId81" w:tgtFrame="_self" w:tooltip="Wust/Rietzler/Wiemer, WindenergieR" w:history="1">
+        <w:bookmarkStart w:id="40" w:name="opus_220585"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Pritzsche/​Vacha, Energierecht</w:t>
+          <w:t>Wust/​Rietzler/​Wiemer, Windenergierecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="18"/>
-      <w:hyperlink r:id="rId38" w:anchor="opus_detail_203335" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:hyperlink r:id="rId82" w:anchor="opus_detail_220585" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="930" w:right="900"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
-        <w:t>Energiesicherungsrecht</w:t>
+        <w:t>Steuerrecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId39" w:tgtFrame="_self" w:tooltip="BeckOK Energiesicherungsrecht" w:history="1">
-        <w:bookmarkStart w:id="19" w:name="opus_212016"/>
+      <w:hyperlink r:id="rId83" w:tgtFrame="_self" w:tooltip="Bongartz" w:history="1">
+        <w:bookmarkStart w:id="41" w:name="opus_210269"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>BeckOK Energiesicherungsrecht, Gerstner/​Gundel</w:t>
+          <w:t>Bongartz/​Jatzke/​Schröer-Schallenberg, EnergieStG, StromStG, Zolltarif</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="19"/>
-      <w:hyperlink r:id="rId40" w:anchor="opus_detail_212016" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:hyperlink r:id="rId84" w:anchor="opus_detail_210269" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId41" w:tgtFrame="_self" w:tooltip="Kipker" w:history="1">
-        <w:bookmarkStart w:id="20" w:name="opus_181720"/>
+      <w:hyperlink r:id="rId85" w:tgtFrame="_self" w:tooltip="Möhlenkamp" w:history="1">
+        <w:bookmarkStart w:id="42" w:name="opus_177185"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Kipker/​Reusch/​Ritter, Recht der Informationssicherheit</w:t>
+          <w:t>Möhlenkamp/​Milewski, Energiesteuergesetz, Stromsteuergesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="20"/>
-      <w:hyperlink r:id="rId42" w:anchor="opus_detail_181720" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:hyperlink r:id="rId86" w:anchor="opus_detail_177185" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId87" w:tgtFrame="_self" w:tooltip="Skauradszun VDuG" w:history="1">
+        <w:bookmarkStart w:id="43" w:name="opus_209968"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Skauradszun, Verbraucherrechtedurchsetzungsgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="43"/>
+      <w:hyperlink r:id="rId88" w:anchor="opus_detail_209968" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
-        <w:pBdr>
-[...4 lines deleted...]
-        </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
-        <w:ind w:left="930" w:right="900"/>
+        <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
-        <w:t>Klimaschutzrecht</w:t>
+        <w:t>Fachdienst</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
-        <w:ind w:left="1710" w:right="930"/>
+        <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId43" w:tgtFrame="_self" w:tooltip="BeckOK Klimarecht" w:history="1">
-        <w:bookmarkStart w:id="21" w:name="opus_209825"/>
+      <w:hyperlink r:id="rId89" w:tgtFrame="_self" w:tooltip="EnK-Aktuell" w:history="1">
+        <w:bookmarkStart w:id="44" w:name="opus_170587"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>BeckOK Klimarecht, Hofmann/​Heß</w:t>
+          <w:t>Newsdienst EnergieKlima-Aktuell</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="21"/>
-[...256 lines deleted...]
-      <w:hyperlink r:id="rId58" w:anchor="opus_detail_121848" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:hyperlink r:id="rId90" w:anchor="opus_detail_170587" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
-        <w:t>Normen</w:t>
+        <w:t>Zeitschriften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId59" w:tgtFrame="_self" w:tooltip="Energierecht Normen" w:history="1">
-[...602 lines deleted...]
-        <w:bookmarkStart w:id="43" w:name="opus_121855"/>
+      <w:hyperlink r:id="rId91" w:tgtFrame="_self" w:tooltip="EnWZ" w:history="1">
+        <w:bookmarkStart w:id="45" w:name="opus_121855"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>EnWZ - Zeitschrift für das gesamte Recht der Energiewirtschaft, ab 2012</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="43"/>
-      <w:hyperlink r:id="rId88" w:anchor="opus_detail_121855" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:hyperlink r:id="rId92" w:anchor="opus_detail_121855" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId89" w:tgtFrame="_self" w:tooltip="EWeRK" w:history="1">
-        <w:bookmarkStart w:id="44" w:name="opus_121856"/>
+      <w:hyperlink r:id="rId93" w:tgtFrame="_self" w:tooltip="EWeRK" w:history="1">
+        <w:bookmarkStart w:id="46" w:name="opus_121856"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>EWeRK - Energie- und Wettbewerbsrecht in der Kommunalen Wirtschaft, ab 2015</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="44"/>
-      <w:hyperlink r:id="rId90" w:anchor="opus_detail_121856" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:hyperlink r:id="rId94" w:anchor="opus_detail_121856" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId91" w:tgtFrame="_self" w:tooltip="IR" w:history="1">
-        <w:bookmarkStart w:id="45" w:name="opus_121857"/>
+      <w:hyperlink r:id="rId95" w:tgtFrame="_self" w:tooltip="IR" w:history="1">
+        <w:bookmarkStart w:id="47" w:name="opus_121857"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>IR - InfrastrukturRecht, ab 2004</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="45"/>
-      <w:hyperlink r:id="rId92" w:anchor="opus_detail_121857" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:hyperlink r:id="rId96" w:anchor="opus_detail_121857" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId93" w:tgtFrame="_self" w:tooltip="ZNER" w:history="1">
-        <w:bookmarkStart w:id="46" w:name="opus_200048"/>
+      <w:hyperlink r:id="rId97" w:tgtFrame="_self" w:tooltip="ZNER" w:history="1">
+        <w:bookmarkStart w:id="48" w:name="opus_200048"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZNER - Zeitschrift für Neues Energierecht, ab 2010</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neu</w:t>
+        </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="46"/>
-      <w:hyperlink r:id="rId94" w:anchor="opus_detail_200048" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:hyperlink r:id="rId98" w:anchor="opus_detail_200048" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId95" w:tgtFrame="_self" w:tooltip="N&amp;R" w:history="1">
-        <w:bookmarkStart w:id="47" w:name="opus_124524"/>
+      <w:hyperlink r:id="rId99" w:tgtFrame="_self" w:tooltip="N&amp;R" w:history="1">
+        <w:bookmarkStart w:id="49" w:name="opus_124524"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>N&amp;R - Netzwirtschaften &amp; Recht, ab 2004</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="47"/>
-      <w:hyperlink r:id="rId96" w:anchor="opus_detail_124524" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:hyperlink r:id="rId100" w:anchor="opus_detail_124524" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId97" w:tgtFrame="_self" w:tooltip="KlimR" w:history="1">
-        <w:bookmarkStart w:id="48" w:name="opus_162128"/>
+      <w:hyperlink r:id="rId101" w:tgtFrame="_self" w:tooltip="KlimR" w:history="1">
+        <w:bookmarkStart w:id="50" w:name="opus_162128"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>KlimR - Klima und Recht, ab 2022</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="48"/>
-      <w:hyperlink r:id="rId98" w:anchor="opus_detail_162128" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:hyperlink r:id="rId102" w:anchor="opus_detail_162128" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId99" w:tgtFrame="_self" w:tooltip="RdE" w:history="1">
-        <w:bookmarkStart w:id="49" w:name="opus_210101"/>
+      <w:hyperlink r:id="rId103" w:tgtFrame="_self" w:tooltip="RdE" w:history="1">
+        <w:bookmarkStart w:id="51" w:name="opus_210101"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>RdE - Recht der Energiewirtschaft, ab 2020</w:t>
+          <w:t>RdE - Recht der Energiewirtschaft, ab 2020 (Wolters Kluwer)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="49"/>
-      <w:hyperlink r:id="rId100" w:anchor="opus_detail_210101" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:hyperlink r:id="rId104" w:anchor="opus_detail_210101" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId101" w:tgtFrame="_self" w:tooltip="UKuR" w:history="1">
-        <w:bookmarkStart w:id="50" w:name="opus_164814"/>
+      <w:hyperlink r:id="rId105" w:tgtFrame="_self" w:tooltip="UKuR" w:history="1">
+        <w:bookmarkStart w:id="52" w:name="opus_164814"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>UKuR – Ukraine-Krieg und Recht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="50"/>
-      <w:hyperlink r:id="rId102" w:anchor="opus_detail_164814" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:hyperlink r:id="rId106" w:anchor="opus_detail_164814" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Aufsätze und Rechtsprechung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId103" w:tgtFrame="_self" w:tooltip="Aufsätze (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="51" w:name="opus_121859"/>
+      <w:hyperlink r:id="rId107" w:tgtFrame="_self" w:tooltip="Aufsätze (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="53" w:name="opus_121859"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aufsätze zum Energierecht auch aus NVwZ und weiteren Beck'schen Zeitschriften</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="51"/>
-      <w:hyperlink r:id="rId104" w:anchor="opus_detail_121859" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:hyperlink r:id="rId108" w:anchor="opus_detail_121859" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId105" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="52" w:name="opus_121860"/>
+      <w:hyperlink r:id="rId109" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="54" w:name="opus_121860"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rechtsprechung zum Energierecht auch aus BeckRS/​BeckEuRS, NVwZ, NVwZ-RR und weiteren Beck'schen Zeitschriften</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="52"/>
-      <w:hyperlink r:id="rId106" w:anchor="opus_detail_121860" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:hyperlink r:id="rId110" w:anchor="opus_detail_121860" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Externer Link</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="divbocontentwrapperbocenterdivbokastenrahmenp"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="450" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="600" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId107" w:history="1">
+      <w:hyperlink r:id="rId111" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Beschlussdatenbank der Bundesnetzagentur</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId108"/>
-      <w:footerReference w:type="default" r:id="rId109"/>
+      <w:headerReference w:type="default" r:id="rId112"/>
+      <w:footerReference w:type="default" r:id="rId113"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -2491,85 +2621,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/12/2025</w:t>
+                  <w:t>12/24/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 12.10.2025 15:06 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 24.12.2025 02:28 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -6927,50 +7057,461 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32">
     <w:nsid w:val="00000021"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000021"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33">
+    <w:nsid w:val="00000022"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000022"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34">
+    <w:nsid w:val="00000023"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000023"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35">
+    <w:nsid w:val="00000024"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000024"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -7158,50 +7699,59 @@
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
   </w:rsids>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
@@ -8092,82 +8642,88 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icon">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icona">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon_a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-indicatoriconwrapper">
     <w:name w:val="toolleiste_toolleiste-indicatoriconwrapper"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="main">
     <w:name w:val="main"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapper">
     <w:name w:val="div_bo_contentwrapper"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftbohideleftcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboleft">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_left"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftborder">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftalink">
     <w:name w:val="bo_left_a_link"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkdiv">
     <w:name w:val="beck-tabs_beck-tabs-link_div"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linki">
     <w:name w:val="beck-tabs_beck-tabs-link_i"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkbeck-tabs-info">
-    <w:name w:val="beck-tabs_beck-tabs-link_beck-tabs-info"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="divboshowleftcontentbeck-tabsbeck-tabs-linkspanbeck-tabs-info">
+    <w:name w:val="div_bo_show_left_content_beck-tabs_beck-tabs-link_span_beck-tabs-info"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidget">
     <w:name w:val="div_mvcWidget"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidgetkastenTitle">
     <w:name w:val="div_mvcWidget &gt; kastenTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="345" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -8177,59 +8733,50 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftbokastenulli">
     <w:name w:val="bo_left_bo_kasten_ul_li"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftmvcWidgetullia">
     <w:name w:val="bo_left_mvcWidget_ul_li_a"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="2" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="2" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftmvcWidgetullinth-last-child1">
     <w:name w:val="bo_left_mvcWidget_ul_li_nth-last-child(1)"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="9" w:color="auto"/>
-      </w:pBdr>
-[...7 lines deleted...]
-        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperbocenter">
     <w:name w:val="bo_contentwrapper &gt; bo_center"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bomodulprinttitle">
     <w:name w:val="bo_modul_print_title"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivbomodulselected">
     <w:name w:val="bo_center &gt; div_bo_modul_selected"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8547,53 +9094,59 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="nosee">
     <w:name w:val="nosee"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivColumnRight">
     <w:name w:val="bo_center_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:right w:val="none" w:sz="0" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="out-of-viewport">
     <w:name w:val="out-of-viewport"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightbohiderightcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboright">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_right"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightborder">
     <w:name w:val="bo_contentwrapper_bo_right &gt; bo_right_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_right &gt; bo_right_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreeting">
     <w:name w:val="div_ipgreeting"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreetingdivloginheader">
     <w:name w:val="div_ipgreeting_div_loginheader"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
@@ -8690,51 +9243,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15307?opusTitle=S&#228;cker+EnergieR" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15196?opusTitle=UKuR" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze zum Energierecht auch aus NVwZ etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOENP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum Energierecht auch aus BeckRS, NVwZ, NVwZ-RR etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOENP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bundesnetzagentur.de/DE/Beschlusskammern/BDB/start.htm" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10533?opusTitle=S&#228;cker+EnergieR" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14994?opusTitle=S&#228;cker+EnergieR" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10536?opusTitle=S&#228;cker+EnergieR" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15603?opusTitle=S&#228;cker+EnergieR" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22009?opusTitle=Theobald" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21738?opusTitle=BeckOK+EnWG" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17521?opusTitle=Bourwieg%2fHellermann%2fHermes%2c+Energiewirtschaftsgese" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20064?opusTitle=Kment%2c+EnWG" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13469" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12540?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21833?opusTitle=Boesche%2fFest%2fMayer" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10675?opusTitle=Assmann" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13990?opusTitle=Schneider%2fTheobald" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5936?opusTitle=HackEC" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8067?opusTitle=Zenke" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20698?opusTitle=Pritzsche%2fVacha" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21634?opusTitle=BeckOK+Energiesicherungsrecht" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18051?opusTitle=Kipker" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21447?opusTitle=BeckOK+Klimarecht" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17475?opusTitle=Fellenberg%2fGuckelberger" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20463?opusTitle=Frenz%2fCosack" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20685?opusTitle=Knauff%2c+GEG%2fGEIG" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20015?opusTitle=B&#246;rstinghaus%2fMeyer" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10126?opusTitle=Holznagel%2fSch&#252;tz" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4669?opusTitle=Witt" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8710" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/121862?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Energierecht" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18485?opusTitle=BeckOGK+Energierecht" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/121863?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste Normen %28rechtsgebiets&#252;bergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20964?opusTitle=BeckOK+EEG" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4670?opusTitle=Altrock" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12439?opusTitle=Baumann%2fGabler%2fG&#252;nther" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3998?opusTitle=Resh&#246;ft%2fSch&#228;fermeier" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4612?opusTitle=MOW" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8709?opusTitle=Maslaton" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9342?opusTitle=Spieth%2fLutz-Bachmann%2c+Offshore-Windenergierecht" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4929?opusTitle=B&#246;ttcher" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21502?opusTitle=Bongartz" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252Fkomm%252FSaeckerKoEnR%252Fcont%252FSaeckerKoEnR%252Ehtm" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12194?opusTitle=M&#246;hlenkamp" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21457?opusTitle=Skauradszun+VDuG" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16810?opusTitle=EnK-Aktuell" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4027?opusTitle=EnWZ" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5862?opusTitle=EWeRK" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7374?opusTitle=IR" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20433?opusTitle=ZNER" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6821?opusTitle=N%26R" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14720?opusTitle=KlimR" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21480?opusTitle=RdE" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15307?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14720?opusTitle=KlimR" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21480?opusTitle=RdE" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15196?opusTitle=UKuR" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20Energierecht%20auch%20aus%20NVwZ%20etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOENP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Energierecht%20auch%20aus%20BeckRS,%20NVwZ,%20NVwZ-RR%20etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOENP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10533?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bundesnetzagentur.de/DE/Beschlusskammern/BDB/start.htm" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14994?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10536?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15603?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10675?opusTitle=Assmann" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22153?opusTitle=BeckOK+EnWG" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21833?opusTitle=Boesche%2fFest%2fMayer" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17521?opusTitle=Bourwieg%2fHellermann%2fHermes%2c+Energiewirtschaftsgese" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5936?opusTitle=HackEC" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13469" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20064?opusTitle=Kment%2c+EnWG" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12540?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20698?opusTitle=Pritzsche%2fVacha" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13990?opusTitle=Schneider%2fTheobald" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22244?opusTitle=Theobald" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21085?opusTitle=Wust%2fRietzler%2fWiemer%2c+WindenergieR" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8067?opusTitle=Zenke" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22037?opusTitle=BeckOK+Energiesicherungsrecht" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18051?opusTitle=Kipker" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21915?opusTitle=BeckOK+Klimarecht" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17475?opusTitle=Fellenberg%2fGuckelberger" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20463?opusTitle=Frenz%2fCosack" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20685?opusTitle=Knauff%2c+GEG%2fGEIG" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20015?opusTitle=B%c3%b6rstinghaus%2fMeyer" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10126?opusTitle=Holznagel%2fSch%c3%bctz" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4669?opusTitle=Witt" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8710" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18485?opusTitle=BeckOGK+Energierecht" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/121862?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Energierecht" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/121863?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4670?opusTitle=Altrock" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12439?opusTitle=Baumann%2fGabler%2fG%c3%bcnther" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21637?opusTitle=BeckOK+EEG" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4929?opusTitle=B%c3%b6ttcher" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21923?opusTitle=Maslaton" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4612?opusTitle=MOW" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3998?opusTitle=Resh%c3%b6ft%2fSch%c3%a4fermeier" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9342?opusTitle=Spieth%2fLutz-Bachmann%2c+Offshore-Windenergierecht" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252Fkomm%252FSaeckerKoEnR%252Fcont%252FSaeckerKoEnR%252Ehtm" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21085?opusTitle=Wust%2fRietzler%2fWiemer%2c+WindenergieR" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21502?opusTitle=Bongartz" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12194?opusTitle=M%c3%b6hlenkamp" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21457?opusTitle=Skauradszun+VDuG" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16810?opusTitle=EnK-Aktuell" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4027?opusTitle=EnWZ" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5862?opusTitle=EWeRK" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7374?opusTitle=IR" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20433?opusTitle=ZNER" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6821?opusTitle=N%26R" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8999,28 +9552,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul Energierecht PREMIUM - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>