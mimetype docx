--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -2655,51 +2655,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 24.12.2025 02:28 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 24.12.2025 02:59 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>