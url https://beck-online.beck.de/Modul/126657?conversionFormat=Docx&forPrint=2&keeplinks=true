--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -192,51 +192,51 @@
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Gesamtes Umweltrecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:tgtFrame="_self" w:tooltip="Landmann/Rohmer UmweltR" w:history="1">
-        <w:bookmarkStart w:id="0" w:name="opus_214333"/>
+        <w:bookmarkStart w:id="0" w:name="opus_217588"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Landmann/​Rohmer, Umweltrecht</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
@@ -248,451 +248,451 @@
           <w:t>Aktualisiert</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight-aligned"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
-      <w:hyperlink r:id="rId7" w:anchor="opus_detail_214333" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId7" w:anchor="opus_detail_217588" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="BeckOK UmweltR" w:history="1">
-        <w:bookmarkStart w:id="1" w:name="opus_211008"/>
+        <w:bookmarkStart w:id="1" w:name="opus_217185"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Umweltrecht, Giesberts/​Reinhardt</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="1"/>
+      <w:hyperlink r:id="rId9" w:anchor="opus_detail_217185" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="Koch/Hofmann/Reese" w:history="1">
+        <w:bookmarkStart w:id="2" w:name="opus_177821"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Koch/​Hofmann/​Reese, Handbuch Umweltrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="2"/>
+      <w:hyperlink r:id="rId11" w:anchor="opus_detail_177821" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="Johlen-MAH" w:history="1">
+        <w:bookmarkStart w:id="3" w:name="opus_181960"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Johlen/​Oerder, Münchener Anwaltshandbuch Verwaltungsrecht (Auszug Umweltrecht)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="3"/>
+      <w:hyperlink r:id="rId13" w:anchor="opus_detail_181960" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="Epiney, UmweltrechtEU" w:history="1">
+        <w:bookmarkStart w:id="4" w:name="opus_127876"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Epiney, Umweltrecht der Europäischen Union</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="4"/>
+      <w:hyperlink r:id="rId15" w:anchor="opus_detail_127876" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="930" w:right="900"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Klimaschutzrecht</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:tgtFrame="_self" w:tooltip="BeckOK Klimarecht" w:history="1">
+        <w:bookmarkStart w:id="5" w:name="opus_214980"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK Klimarecht, Hofmann/​Heß</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="5"/>
+      <w:hyperlink r:id="rId17" w:anchor="opus_detail_214980" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId18" w:tgtFrame="_self" w:tooltip="Fellenberg/Guckelberger" w:history="1">
+        <w:bookmarkStart w:id="6" w:name="opus_177051"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Fellenberg/​Guckelberger, Klimaschutzrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="6"/>
+      <w:hyperlink r:id="rId19" w:anchor="opus_detail_177051" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="930" w:right="900"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Immissionsschutzrecht</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="JarassBImSchG" w:history="1">
+        <w:bookmarkStart w:id="7" w:name="opus_203218"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Jarass, BImSchG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="7"/>
+      <w:hyperlink r:id="rId21" w:anchor="opus_detail_203218" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="930" w:right="900"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Gewässerschutzrecht</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId22" w:tgtFrame="_self" w:tooltip="Breuer/Gärditz" w:history="1">
+        <w:bookmarkStart w:id="8" w:name="opus_126639"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Breuer/​Gärditz, Öffentliches und privates Wasserrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="8"/>
+      <w:hyperlink r:id="rId23" w:anchor="opus_detail_126639" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="Sieder" w:history="1">
+        <w:bookmarkStart w:id="9" w:name="opus_217366"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Sieder/​Zeitler/​Dahme/​Knopp, WHG AbwAG</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="1"/>
-[...344 lines deleted...]
-      </w:hyperlink>
       <w:bookmarkEnd w:id="9"/>
-      <w:hyperlink r:id="rId25" w:anchor="opus_detail_202818" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId25" w:anchor="opus_detail_217366" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="Czychowski/Reinhardt, Wasserhaushaltsgesetz" w:history="1">
         <w:bookmarkStart w:id="10" w:name="opus_177844"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1364,64 +1364,64 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Vogel/​Stockmeier, Umwelthaftpflichtversicherung Umweltschadensversicherung</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="23"/>
       <w:hyperlink r:id="rId53" w:anchor="opus_detail_177174" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId54" w:tgtFrame="_self" w:tooltip="Akbarian/Raetzke" w:history="1">
-        <w:bookmarkStart w:id="24" w:name="opus_177175"/>
+        <w:bookmarkStart w:id="24" w:name="opus_215324"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Akbarian/​Raetzke, Strahlenschutzgesetz (StrlSchG)</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="24"/>
-      <w:hyperlink r:id="rId55" w:anchor="opus_detail_177175" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId55" w:anchor="opus_detail_215324" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId56" w:tgtFrame="_self" w:tooltip="Sangs/Eibenstein" w:history="1">
         <w:bookmarkStart w:id="25" w:name="opus_177176"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1524,64 +1524,64 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kloepfer, Umweltrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="27"/>
       <w:hyperlink r:id="rId61" w:anchor="opus_detail_126642" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId62" w:tgtFrame="_self" w:tooltip="Kahl/Gärditz, Umweltrecht" w:history="1">
-        <w:bookmarkStart w:id="28" w:name="opus_181796"/>
+        <w:bookmarkStart w:id="28" w:name="opus_215006"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kahl/​Gärditz, Umweltrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="28"/>
-      <w:hyperlink r:id="rId63" w:anchor="opus_detail_181796" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId63" w:anchor="opus_detail_215006" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Formulare</w:t>
@@ -2081,85 +2081,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/07/2025</w:t>
+                  <w:t>01/11/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 07.10.2025 07:48 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 11.01.2026 01:38 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -6791,187 +6791,50 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
     <w:nsid w:val="00000023"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000023"/>
-    <w:lvl w:ilvl="0">
-[...135 lines deleted...]
-    <w:tmpl w:val="00000024"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -7165,53 +7028,50 @@
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="34"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
   </w:rsids>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
@@ -8102,82 +7962,88 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icon">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icona">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon_a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-indicatoriconwrapper">
     <w:name w:val="toolleiste_toolleiste-indicatoriconwrapper"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="main">
     <w:name w:val="main"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapper">
     <w:name w:val="div_bo_contentwrapper"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftbohideleftcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboleft">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_left"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftborder">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftalink">
     <w:name w:val="bo_left_a_link"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkdiv">
     <w:name w:val="beck-tabs_beck-tabs-link_div"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linki">
     <w:name w:val="beck-tabs_beck-tabs-link_i"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkbeck-tabs-info">
-    <w:name w:val="beck-tabs_beck-tabs-link_beck-tabs-info"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="divboshowleftcontentbeck-tabsbeck-tabs-linkspanbeck-tabs-info">
+    <w:name w:val="div_bo_show_left_content_beck-tabs_beck-tabs-link_span_beck-tabs-info"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidget">
     <w:name w:val="div_mvcWidget"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidgetkastenTitle">
     <w:name w:val="div_mvcWidget &gt; kastenTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="345" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -8510,53 +8376,59 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="nosee">
     <w:name w:val="nosee"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivColumnRight">
     <w:name w:val="bo_center_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:right w:val="none" w:sz="0" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="out-of-viewport">
     <w:name w:val="out-of-viewport"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightbohiderightcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboright">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_right"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightborder">
     <w:name w:val="bo_contentwrapper_bo_right &gt; bo_right_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_right &gt; bo_right_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreeting">
     <w:name w:val="div_ipgreeting"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreetingdivloginheader">
     <w:name w:val="div_ipgreeting_div_loginheader"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
@@ -8653,51 +8525,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17616?opusTitle=Koch%2fHofmann%2fReese" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18092?opusTitle=Johlen-MAH" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12090?opusTitle=Epiney%2c+UmweltrechtEU" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21447?opusTitle=BeckOK+Klimarecht" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17475?opusTitle=Fellenberg%2fGuckelberger" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20743?opusTitle=JarassBImSchG" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8066?opusTitle=Breuer%2fG&#228;rditz" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20699?opusTitle=Sieder" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17619" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13991" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12000" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15490?opusTitle=Jarass%2fPetersen" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11964?opusTitle=Versteyl" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11960" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21059?opusTitle=L&#252;tkes%2fEwer" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11962?opusTitle=Lorz+NSR" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17168?opusTitle=Schink%2fReidt%2fMitschang" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12093?opusTitle=PdK-UVP+Bund" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9682?opusTitle=Peters%2fBalla%2fHesselbarth" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20496?opusTitle=Fellenberg%2fKment" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15528?opusTitle=Glander%2fL&#252;hmann%2fKropf" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2847?opusTitle=VogelUV" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17386?opusTitle=Akbarian%2fRaetzke" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17384?opusTitle=Sangs%2fEibenstein" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6745?opusTitle=Kloepfer%2fHeger" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21850?opusTitle=Landmann%2fRohmer+UmweltR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8671?opusTitle=Kloepfer+UR" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18070" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18085?opusTitle=Johlen+MPF" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16810?opusTitle=EnK-Aktuell" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/781?opusTitle=ZUR" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6115?opusTitle=ZfU" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14720?opusTitle=KlimR" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze zum Umweltrecht auch aus NVwZ, LKV etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOUWPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum Umweltrecht auch aus BeckRS, NVwZ, NVwZ-RR, LKV etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOUWPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/126653?cat=coll&amp;xml=gesetze%2Fumwelt&amp;coll=Umweltrecht" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21563?opusTitle=BeckOK+UmweltR" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/126654?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste Normen %28rechtsgebiets&#252;bergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17616?opusTitle=Koch%2fHofmann%2fReese" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18092?opusTitle=Johlen-MAH" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12090?opusTitle=Epiney%2c+UmweltrechtEU" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21915?opusTitle=BeckOK+Klimarecht" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17475?opusTitle=Fellenberg%2fGuckelberger" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20743?opusTitle=JarassBImSchG" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8066?opusTitle=Breuer%2fG%c3%a4rditz" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22155?opusTitle=Sieder" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17619" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13991" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12000" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15490?opusTitle=Jarass%2fPetersen" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11964?opusTitle=Versteyl" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11960" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21059?opusTitle=L%c3%bctkes%2fEwer" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11962?opusTitle=Lorz+NSR" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17168?opusTitle=Schink%2fReidt%2fMitschang" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12093?opusTitle=PdK-UVP+Bund" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9682?opusTitle=Peters%2fBalla%2fHesselbarth" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20496?opusTitle=Fellenberg%2fKment" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15528?opusTitle=Glander%2fL%c3%bchmann%2fKropf" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2847?opusTitle=VogelUV" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21990?opusTitle=Akbarian%2fRaetzke" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17384?opusTitle=Sangs%2fEibenstein" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6745?opusTitle=Kloepfer%2fHeger" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22181?opusTitle=Landmann%2fRohmer+UmweltR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8671?opusTitle=Kloepfer+UR" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21920" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18085?opusTitle=Johlen+MPF" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16810?opusTitle=EnK-Aktuell" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/781?opusTitle=ZUR" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6115?opusTitle=ZfU" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14720?opusTitle=KlimR" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20Umweltrecht%20auch%20aus%20NVwZ,%20LKV%20etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOUWPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Umweltrecht%20auch%20aus%20BeckRS,%20NVwZ,%20NVwZ-RR,%20LKV%20etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOUWPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/126653?cat=coll&amp;xml=gesetze%2Fumwelt&amp;coll=Umweltrecht" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22129?opusTitle=BeckOK+UmweltR" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/126654?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8962,28 +8834,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul Umweltrecht PREMIUM - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>