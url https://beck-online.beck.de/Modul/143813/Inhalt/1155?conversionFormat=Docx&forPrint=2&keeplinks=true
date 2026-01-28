--- v0 (2026-01-06)
+++ v1 (2026-01-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -191,933 +191,943 @@
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Arbeitsschutzrecht, Winkelmüller/​Felz/​Hussing</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
       <w:hyperlink r:id="rId7" w:anchor="opus_detail_214843" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="EuArbRKArbSchR" w:history="1">
-        <w:bookmarkStart w:id="1" w:name="opus_131640"/>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="Brose" w:history="1">
+        <w:bookmarkStart w:id="1" w:name="opus_222684"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Franzen/​Gallner/​Oetker, Kommentar zum europäischen Arbeitsrecht | Auszug Arbeitsschutzrecht: 410, 420, 450</w:t>
+          <w:t>Brose/​Weth/​Volk, Mutterschutzgesetz und Bundeselterngeld- und Elternzeitgesetz</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
-      <w:hyperlink r:id="rId9" w:anchor="opus_detail_131640" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId9" w:anchor="opus_detail_222684" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="Kohte/Faber/Busch" w:history="1">
-        <w:bookmarkStart w:id="2" w:name="opus_175339"/>
+      <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="EuArbRKArbSchR" w:history="1">
+        <w:bookmarkStart w:id="2" w:name="opus_131640"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Kohte/​Faber/​Busch, Gesamtes Arbeitsschutzrecht</w:t>
+          <w:t>Franzen/​Gallner/​Oetker, Kommentar zum europäischen Arbeitsrecht | Auszug Arbeitsschutzrecht: 410, 420, 450</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="2"/>
-      <w:hyperlink r:id="rId11" w:anchor="opus_detail_175339" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId11" w:anchor="opus_detail_131640" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="Kollmer-ArbSchG" w:history="1">
-        <w:bookmarkStart w:id="3" w:name="opus_144944"/>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="Kohte/Faber/Busch" w:history="1">
+        <w:bookmarkStart w:id="3" w:name="opus_175339"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kohte/​Faber/​Busch, Gesamtes Arbeitsschutzrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="3"/>
+      <w:hyperlink r:id="rId13" w:anchor="opus_detail_175339" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="Kollmer-ArbSchG" w:history="1">
+        <w:bookmarkStart w:id="4" w:name="opus_144944"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kollmer/​Klindt/​Schucht, Arbeitsschutzgesetz</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="3"/>
-      <w:hyperlink r:id="rId13" w:anchor="opus_detail_144944" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:hyperlink r:id="rId15" w:anchor="opus_detail_144944" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="Kollmer ArbStättV" w:history="1">
-        <w:bookmarkStart w:id="4" w:name="opus_211203"/>
+      <w:hyperlink r:id="rId16" w:tgtFrame="_self" w:tooltip="Kollmer ArbStättV" w:history="1">
+        <w:bookmarkStart w:id="5" w:name="opus_211203"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kollmer/​Wiebauer/​Schucht, Arbeitsstättenverordnung</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="4"/>
-      <w:hyperlink r:id="rId15" w:anchor="opus_detail_211203" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:hyperlink r:id="rId17" w:anchor="opus_detail_211203" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:tgtFrame="_self" w:tooltip="Landmann/Rohmer, Gewerbeordnung" w:history="1">
-        <w:bookmarkStart w:id="5" w:name="opus_131644"/>
+      <w:hyperlink r:id="rId18" w:tgtFrame="_self" w:tooltip="Landmann/Rohmer, Gewerbeordnung" w:history="1">
+        <w:bookmarkStart w:id="6" w:name="opus_131644"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Landmann/​Rohmer, GewO | Auszug Arbeitsschutzrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="5"/>
-      <w:hyperlink r:id="rId17" w:anchor="opus_detail_131644" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:hyperlink r:id="rId19" w:anchor="opus_detail_131644" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Arbeitssschutzrecht im weiteren Sinne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:tgtFrame="_self" w:tooltip="Akbarian/Raetzke" w:history="1">
-        <w:bookmarkStart w:id="6" w:name="opus_215323"/>
+      <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="Akbarian/Raetzke" w:history="1">
+        <w:bookmarkStart w:id="7" w:name="opus_215323"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Akbarian/​Raetzke, Strahlenschutzgesetz (StrlSchG)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="6"/>
-      <w:hyperlink r:id="rId19" w:anchor="opus_detail_215323" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:hyperlink r:id="rId21" w:anchor="opus_detail_215323" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="Aligbe Arbeitsmedizinische Vorsorge" w:history="1">
-        <w:bookmarkStart w:id="7" w:name="opus_131800"/>
+      <w:hyperlink r:id="rId22" w:tgtFrame="_self" w:tooltip="Aligbe Arbeitsmedizinische Vorsorge" w:history="1">
+        <w:bookmarkStart w:id="8" w:name="opus_131800"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aligbe, Rechtshandbuch Arbeitsmedizinische Vorsorge</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="7"/>
-      <w:hyperlink r:id="rId21" w:anchor="opus_detail_131800" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:hyperlink r:id="rId23" w:anchor="opus_detail_131800" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:tgtFrame="_self" w:tooltip="Ennuschat/Wank/Winkler, GewO" w:history="1">
-        <w:bookmarkStart w:id="8" w:name="opus_132356"/>
+      <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="Ennuschat/Wank/Winkler, GewO" w:history="1">
+        <w:bookmarkStart w:id="9" w:name="opus_132356"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ennuschat/​Wank/​Winkler, GewO</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="8"/>
-      <w:hyperlink r:id="rId23" w:anchor="opus_detail_132356" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:hyperlink r:id="rId25" w:anchor="opus_detail_132356" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="vom Stein/Rothe/Schlegel" w:history="1">
-        <w:bookmarkStart w:id="9" w:name="opus_213803"/>
+      <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="vom Stein/Rothe/Schlegel" w:history="1">
+        <w:bookmarkStart w:id="10" w:name="opus_213803"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>vom Stein/​Rothe/​Schlegel, Gesundheitsmanagement und Krankheit im Arbeitsverhältnis</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="9"/>
-      <w:hyperlink r:id="rId25" w:anchor="opus_detail_213803" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:hyperlink r:id="rId27" w:anchor="opus_detail_213803" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Arbeitszeit</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="Baeck/Deutsch/Winzer" w:history="1">
-        <w:bookmarkStart w:id="10" w:name="opus_131638"/>
+      <w:hyperlink r:id="rId28" w:tgtFrame="_self" w:tooltip="Baeck/Deutsch/Winzer" w:history="1">
+        <w:bookmarkStart w:id="11" w:name="opus_131638"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Baeck/​Deutsch/​Winzer, Arbeitszeitgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="10"/>
-      <w:hyperlink r:id="rId27" w:anchor="opus_detail_131638" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:hyperlink r:id="rId29" w:anchor="opus_detail_131638" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId28" w:tgtFrame="_self" w:tooltip="Meinel" w:history="1">
-        <w:bookmarkStart w:id="11" w:name="opus_165689"/>
+      <w:hyperlink r:id="rId30" w:tgtFrame="_self" w:tooltip="Meinel" w:history="1">
+        <w:bookmarkStart w:id="12" w:name="opus_165689"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Meinel/​Heyn/​Herms, Teilzeit- und Befristungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="11"/>
-      <w:hyperlink r:id="rId29" w:anchor="opus_detail_165689" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:hyperlink r:id="rId31" w:anchor="opus_detail_165689" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Infektionsschutzrecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId30" w:tgtFrame="_self" w:tooltip="BeckOK Infektionsschutzrecht" w:history="1">
-        <w:bookmarkStart w:id="12" w:name="opus_214968"/>
+      <w:hyperlink r:id="rId32" w:tgtFrame="_self" w:tooltip="BeckOK Infektionsschutzrecht" w:history="1">
+        <w:bookmarkStart w:id="13" w:name="opus_214968"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Infektionsschutzrecht, Eckart/​Winkelmüller</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="12"/>
-      <w:hyperlink r:id="rId31" w:anchor="opus_detail_214968" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:hyperlink r:id="rId33" w:anchor="opus_detail_214968" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId32" w:tgtFrame="_self" w:tooltip="Huster/Kingreen" w:history="1">
-        <w:bookmarkStart w:id="13" w:name="opus_162004"/>
+      <w:hyperlink r:id="rId34" w:tgtFrame="_self" w:tooltip="Huster/Kingreen" w:history="1">
+        <w:bookmarkStart w:id="14" w:name="opus_162004"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Huster/​Kingreen, Handbuch Infektionsschutzrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="13"/>
-      <w:hyperlink r:id="rId33" w:anchor="opus_detail_162004" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:hyperlink r:id="rId35" w:anchor="opus_detail_162004" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:tgtFrame="_self" w:tooltip="Sangs/Eibenstein" w:history="1">
-        <w:bookmarkStart w:id="14" w:name="opus_174621"/>
+      <w:hyperlink r:id="rId36" w:tgtFrame="_self" w:tooltip="Sangs/Eibenstein" w:history="1">
+        <w:bookmarkStart w:id="15" w:name="opus_174621"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sangs/​Eibenstein, Infektionsschutzgesetz: IfSG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="14"/>
-      <w:hyperlink r:id="rId35" w:anchor="opus_detail_174621" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:hyperlink r:id="rId37" w:anchor="opus_detail_174621" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId36" w:tgtFrame="_self" w:tooltip="Kießling" w:history="1">
-        <w:bookmarkStart w:id="15" w:name="opus_167928"/>
+      <w:hyperlink r:id="rId38" w:tgtFrame="_self" w:tooltip="Kießling" w:history="1">
+        <w:bookmarkStart w:id="16" w:name="opus_167928"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kießling, Infektionsschutzgesetz: IfSG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="15"/>
-      <w:hyperlink r:id="rId37" w:anchor="opus_detail_167928" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:hyperlink r:id="rId39" w:anchor="opus_detail_167928" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId38" w:tgtFrame="_self" w:tooltip="Kluckert, Infektionsschutzrecht" w:history="1">
-        <w:bookmarkStart w:id="16" w:name="opus_150759"/>
+      <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="Kluckert, Infektionsschutzrecht" w:history="1">
+        <w:bookmarkStart w:id="17" w:name="opus_150759"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kluckert, Das neue Infektionsschutzrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="16"/>
-      <w:hyperlink r:id="rId39" w:anchor="opus_detail_150759" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:hyperlink r:id="rId41" w:anchor="opus_detail_150759" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Zeitschriften/Fachdienst/Fachnews</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="ARP" w:history="1">
-        <w:bookmarkStart w:id="17" w:name="opus_131650"/>
+      <w:hyperlink r:id="rId42" w:tgtFrame="_self" w:tooltip="ARP" w:history="1">
+        <w:bookmarkStart w:id="18" w:name="opus_131650"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ARP - Arbeitsschutz in Recht und Praxis, ab 2020</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="17"/>
-      <w:hyperlink r:id="rId41" w:anchor="opus_detail_131650" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:hyperlink r:id="rId43" w:anchor="opus_detail_131650" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId42" w:tgtFrame="_self" w:tooltip="FD-ArbR" w:history="1">
-        <w:bookmarkStart w:id="18" w:name="opus_170849"/>
+      <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:tooltip="FD-ArbR" w:history="1">
+        <w:bookmarkStart w:id="19" w:name="opus_170849"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Arbeitsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="18"/>
-      <w:hyperlink r:id="rId43" w:anchor="opus_detail_170849" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:hyperlink r:id="rId45" w:anchor="opus_detail_170849" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:history="1">
-        <w:bookmarkStart w:id="19" w:name="opus_131649"/>
+      <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="20" w:name="opus_131649"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fach-News Arbeitsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="19"/>
-      <w:hyperlink r:id="rId45" w:anchor="opus_detail_131649" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:hyperlink r:id="rId47" w:anchor="opus_detail_131649" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Normen und Rechtsprechung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="NormenArbSchR" w:history="1">
-        <w:bookmarkStart w:id="20" w:name="opus_132754"/>
+      <w:hyperlink r:id="rId48" w:tgtFrame="_self" w:tooltip="NormenArbSchR" w:history="1">
+        <w:bookmarkStart w:id="21" w:name="opus_132754"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Normen zum Arbeitsschutzrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="20"/>
-      <w:hyperlink r:id="rId47" w:anchor="opus_detail_132754" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:hyperlink r:id="rId49" w:anchor="opus_detail_132754" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId48" w:tgtFrame="_self" w:tooltip="Rechtsprechung" w:history="1">
-        <w:bookmarkStart w:id="21" w:name="opus_132191"/>
+      <w:hyperlink r:id="rId50" w:tgtFrame="_self" w:tooltip="Rechtsprechung" w:history="1">
+        <w:bookmarkStart w:id="22" w:name="opus_132191"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rechtsprechung zum Arbeitsschutzrecht aus BeckRS, BeckEuRS und ARP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="21"/>
-      <w:hyperlink r:id="rId49" w:anchor="opus_detail_132191" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:hyperlink r:id="rId51" w:anchor="opus_detail_132191" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId50"/>
-      <w:footerReference w:type="default" r:id="rId51"/>
+      <w:headerReference w:type="default" r:id="rId52"/>
+      <w:footerReference w:type="default" r:id="rId53"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -1156,85 +1166,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>01/06/2026</w:t>
+                  <w:t>01/28/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 06.01.2026 17:20 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 28.01.2026 03:33 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -4637,64 +4647,50 @@
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivopusline">
     <w:name w:val="bo_center_div_opusline"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-highlight">
     <w:name w:val="bo-badge-highlight"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="C8000A"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:bdr w:val="single" w:sz="6" w:space="0" w:color="C8000A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
     <w:name w:val="div_DetailledContentView"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="8" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
@@ -4907,51 +4903,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17361?opusTitle=Kohte%2fFaber%2fBusch" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13196?opusTitle=Kollmer-ArbSchG" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21575?opusTitle=Kollmer+ArbSt%c3%a4ttV" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12323" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21990?opusTitle=Akbarian%2fRaetzke" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12447?opusTitle=Aligbe+Arbeitsmedizinische+Vorsorge" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12515" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21784?opusTitle=vom+Stein%2fRothe%2fSchlegel" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12379?opusTitle=Baeck%2fDeutsch%2fWinzer" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15444?opusTitle=Meinel" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21913?opusTitle=BeckOK+Infektionsschutzrecht" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14998?opusTitle=Huster%2fKingreen" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17247?opusTitle=Sangs%2fEibenstein" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15645?opusTitle=Kie%c3%9fling" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13782?opusTitle=Kluckert%2c+Infektionsschutzrecht" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12136?opusTitle=ARP" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/803?opusTitle=FD-ArbR" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Arbeitsrecht&amp;query=(srechtsgebiet1:%22ArbR%22 AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/132754?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Normen%20zum%20Arbeitsschutzrecht&amp;opusTitle=NormenArbSchR" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Arbeitsschutzrecht&amp;query=spubtyp0:ent+AND+preismodul:BOARBSRP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21900?opusTitle=BeckOK+Arbeitsschutz" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12433?opusTitle=EuArbRKArbSchR" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12433?opusTitle=EuArbRKArbSchR" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17361?opusTitle=Kohte%2fFaber%2fBusch" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13196?opusTitle=Kollmer-ArbSchG" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21575?opusTitle=Kollmer+ArbSt%c3%a4ttV" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12323" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21990?opusTitle=Akbarian%2fRaetzke" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12447?opusTitle=Aligbe+Arbeitsmedizinische+Vorsorge" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12515" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21784?opusTitle=vom+Stein%2fRothe%2fSchlegel" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12379?opusTitle=Baeck%2fDeutsch%2fWinzer" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15444?opusTitle=Meinel" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21913?opusTitle=BeckOK+Infektionsschutzrecht" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14998?opusTitle=Huster%2fKingreen" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17247?opusTitle=Sangs%2fEibenstein" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15645?opusTitle=Kie%c3%9fling" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13782?opusTitle=Kluckert%2c+Infektionsschutzrecht" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12136?opusTitle=ARP" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/803?opusTitle=FD-ArbR" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Arbeitsrecht&amp;query=(srechtsgebiet1:%22ArbR%22 AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/132754?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Normen%20zum%20Arbeitsschutzrecht&amp;opusTitle=NormenArbSchR" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Arbeitsschutzrecht&amp;query=spubtyp0:ent+AND+preismodul:BOARBSRP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21900?opusTitle=BeckOK+Arbeitsschutz" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20969?opusTitle=Brose" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>