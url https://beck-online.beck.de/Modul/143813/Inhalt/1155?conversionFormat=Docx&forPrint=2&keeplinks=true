--- v1 (2026-01-28)
+++ v2 (2026-01-28)
@@ -1200,51 +1200,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 28.01.2026 03:33 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 28.01.2026 06:02 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>