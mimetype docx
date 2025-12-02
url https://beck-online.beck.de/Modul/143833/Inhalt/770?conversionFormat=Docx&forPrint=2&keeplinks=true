--- v0 (2025-10-08)
+++ v1 (2025-12-02)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -442,72 +442,50 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="Schmidt BEM" w:history="1">
         <w:bookmarkStart w:id="7" w:name="opus_214996"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schmidt, Gestaltung und Durchführung des BEM</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="7"/>
       <w:hyperlink r:id="rId21" w:anchor="opus_detail_214996" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId22" w:tgtFrame="_self" w:tooltip="vom Stein/Rothe/Schlegel" w:history="1">
         <w:bookmarkStart w:id="8" w:name="opus_213796"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
@@ -613,1152 +591,1152 @@
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Arbeitshilfen für Betriebsräte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:tgtFrame="_self" w:tooltip="Althoff/Gänsler, Arbeitszeit im Betrieb" w:history="1">
-        <w:bookmarkStart w:id="11" w:name="opus_212521"/>
+        <w:bookmarkStart w:id="11" w:name="opus_215046"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Althoff/​Gänsler, Arbeitszeit im Betrieb</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="11"/>
-      <w:hyperlink r:id="rId29" w:anchor="opus_detail_212521" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId29" w:anchor="opus_detail_215046" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId30" w:tgtFrame="_self" w:tooltip="Althoff/Gänsler, Ordnung des Betriebs" w:history="1">
-        <w:bookmarkStart w:id="12" w:name="opus_212526"/>
+        <w:bookmarkStart w:id="12" w:name="opus_215051"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Althoff/​Gänsler, Ordnung des Betriebs</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="12"/>
-      <w:hyperlink r:id="rId31" w:anchor="opus_detail_212526" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId31" w:anchor="opus_detail_215051" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId32" w:tgtFrame="_self" w:tooltip="Althoff/Hadyk, Haftung des Betriebsrats" w:history="1">
-        <w:bookmarkStart w:id="13" w:name="opus_212531"/>
+        <w:bookmarkStart w:id="13" w:name="opus_215056"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Althoff/​Hadyk, Haftung des Betriebsrats</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="13"/>
-      <w:hyperlink r:id="rId33" w:anchor="opus_detail_212531" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId33" w:anchor="opus_detail_215056" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId34" w:tgtFrame="_self" w:tooltip="Bell/Fuchs, Betriebsvereinbarungen" w:history="1">
-        <w:bookmarkStart w:id="14" w:name="opus_212537"/>
+        <w:bookmarkStart w:id="14" w:name="opus_215064"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Bell/​Bauer, Betriebsvereinbarungen</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="14"/>
-      <w:hyperlink r:id="rId35" w:anchor="opus_detail_212537" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId35" w:anchor="opus_detail_215064" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId36" w:tgtFrame="_self" w:tooltip="Bell/Bauer, Familie und Betrieb" w:history="1">
-        <w:bookmarkStart w:id="15" w:name="opus_212542"/>
+        <w:bookmarkStart w:id="15" w:name="opus_215069"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Bell/​Bauer, Familie und Betrieb</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="15"/>
-      <w:hyperlink r:id="rId37" w:anchor="opus_detail_212542" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId37" w:anchor="opus_detail_215069" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId38" w:tgtFrame="_self" w:tooltip="Bell/Heegner, Arbeitsschutz" w:history="1">
-        <w:bookmarkStart w:id="16" w:name="opus_212547"/>
+        <w:bookmarkStart w:id="16" w:name="opus_215074"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Bell/​Heegner, Arbeitsschutz</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="16"/>
-      <w:hyperlink r:id="rId39" w:anchor="opus_detail_212547" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId39" w:anchor="opus_detail_215074" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="Chama/Feilmeier" w:history="1">
-        <w:bookmarkStart w:id="17" w:name="opus_212552"/>
+        <w:bookmarkStart w:id="17" w:name="opus_215079"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Chama/​Feilmeier, Arbeitsstrafrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="17"/>
-      <w:hyperlink r:id="rId41" w:anchor="opus_detail_212552" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId41" w:anchor="opus_detail_215079" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId42" w:tgtFrame="_self" w:tooltip="Feichtinger/Wagner" w:history="1">
-        <w:bookmarkStart w:id="18" w:name="opus_212558"/>
+        <w:bookmarkStart w:id="18" w:name="opus_215085"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Feichtinger/​Wagner, Betriebliches Eingliederungsmanagement</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="18"/>
-      <w:hyperlink r:id="rId43" w:anchor="opus_detail_212558" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId43" w:anchor="opus_detail_215085" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:tooltip="Fischer/Hadyk, Urlaub" w:history="1">
-        <w:bookmarkStart w:id="19" w:name="opus_212566"/>
+        <w:bookmarkStart w:id="19" w:name="opus_215093"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fischer/​Hadyk, Urlaub</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="19"/>
-      <w:hyperlink r:id="rId45" w:anchor="opus_detail_212566" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId45" w:anchor="opus_detail_215093" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="Gänsler/Althoff, Technische Mitarbeiterüberwachung" w:history="1">
-        <w:bookmarkStart w:id="20" w:name="opus_212571"/>
+        <w:bookmarkStart w:id="20" w:name="opus_215098"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Gänsler/​Althoff, Technische Mitarbeiterüberwachung</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="20"/>
-      <w:hyperlink r:id="rId47" w:anchor="opus_detail_212571" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId47" w:anchor="opus_detail_215098" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId48" w:tgtFrame="_self" w:tooltip="Hintzen/Richter EntgTranspG" w:history="1">
-        <w:bookmarkStart w:id="21" w:name="opus_212576"/>
+        <w:bookmarkStart w:id="21" w:name="opus_215108"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Hintzen/​Richter, Entgelttransparenzgesetz</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="21"/>
-      <w:hyperlink r:id="rId49" w:anchor="opus_detail_212576" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId49" w:anchor="opus_detail_215108" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId50" w:tgtFrame="_self" w:tooltip="Kilian, Arbeitszeugnis" w:history="1">
-        <w:bookmarkStart w:id="22" w:name="opus_212581"/>
+        <w:bookmarkStart w:id="22" w:name="opus_215113"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kilian, Das Arbeitszeugnis in der Betriebsratspraxis</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="22"/>
-      <w:hyperlink r:id="rId51" w:anchor="opus_detail_212581" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId51" w:anchor="opus_detail_215113" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId52" w:tgtFrame="_self" w:tooltip="Kühne/Meyer, Betriebsratswahl" w:history="1">
-        <w:bookmarkStart w:id="23" w:name="opus_212586"/>
+        <w:bookmarkStart w:id="23" w:name="opus_215118"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kühne/​Meyer, Betriebsratswahl</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="23"/>
-      <w:hyperlink r:id="rId53" w:anchor="opus_detail_212586" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId53" w:anchor="opus_detail_215118" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId54" w:tgtFrame="_self" w:tooltip="Kühne/ Meyer, Einigungsstelle" w:history="1">
-        <w:bookmarkStart w:id="24" w:name="opus_212590"/>
+        <w:bookmarkStart w:id="24" w:name="opus_215122"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kühne/​Meyer, Einigungsstelle</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="24"/>
-      <w:hyperlink r:id="rId55" w:anchor="opus_detail_212590" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId55" w:anchor="opus_detail_215122" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId56" w:tgtFrame="_self" w:tooltip="Kühne/Meyer/Patzelt, Fehler Betriebsratsarbeit" w:history="1">
-        <w:bookmarkStart w:id="25" w:name="opus_212594"/>
+        <w:bookmarkStart w:id="25" w:name="opus_215126"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kühne/​Meyer/​Patzelt, Fehler in der Betriebsratsarbeit</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="25"/>
-      <w:hyperlink r:id="rId57" w:anchor="opus_detail_212594" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId57" w:anchor="opus_detail_215126" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId58" w:tgtFrame="_self" w:tooltip="Kühne/Meyer/Patzelt Mitbestimmung bei Kündigungen" w:history="1">
-        <w:bookmarkStart w:id="26" w:name="opus_212597"/>
+        <w:bookmarkStart w:id="26" w:name="opus_215129"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kühne/​Meyer/​Patzelt, Mitbestimmung bei Kündigungen</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="26"/>
-      <w:hyperlink r:id="rId59" w:anchor="opus_detail_212597" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId59" w:anchor="opus_detail_215129" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId60" w:tgtFrame="_self" w:tooltip="Kühne/Meyer/Patzelt, Versetzung" w:history="1">
-        <w:bookmarkStart w:id="27" w:name="opus_212601"/>
+        <w:bookmarkStart w:id="27" w:name="opus_215133"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kühne/​Meyer/​Patzelt, Versetzung</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="27"/>
-      <w:hyperlink r:id="rId61" w:anchor="opus_detail_212601" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId61" w:anchor="opus_detail_215133" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId62" w:tgtFrame="_self" w:tooltip="Lemke, Datenschutz" w:history="1">
-        <w:bookmarkStart w:id="28" w:name="opus_212606"/>
+        <w:bookmarkStart w:id="28" w:name="opus_215138"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Lemke, Datenschutz in der Betriebsratsarbeit</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="28"/>
-      <w:hyperlink r:id="rId63" w:anchor="opus_detail_212606" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId63" w:anchor="opus_detail_215138" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId64" w:tgtFrame="_self" w:tooltip="Lerch/Warczinski Betriebsänderungen" w:history="1">
-        <w:bookmarkStart w:id="29" w:name="opus_212611"/>
+        <w:bookmarkStart w:id="29" w:name="opus_215143"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Lerch/​Warczinski, Betriebsänderungen</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="29"/>
-      <w:hyperlink r:id="rId65" w:anchor="opus_detail_212611" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId65" w:anchor="opus_detail_215143" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId66" w:tgtFrame="_self" w:tooltip="Lerch/Weinbrenner, Einstellung von Mitarbeitern" w:history="1">
-        <w:bookmarkStart w:id="30" w:name="opus_212616"/>
+        <w:bookmarkStart w:id="30" w:name="opus_215148"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Lerch/​Weinbrenner, Einstellung von Mitarbeitern</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="30"/>
-      <w:hyperlink r:id="rId67" w:anchor="opus_detail_212616" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId67" w:anchor="opus_detail_215148" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId68" w:tgtFrame="_self" w:tooltip="Lill" w:history="1">
-        <w:bookmarkStart w:id="31" w:name="opus_212621"/>
+        <w:bookmarkStart w:id="31" w:name="opus_215103"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Hintz/​Lill, Insolvenz und Arbeitsrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="31"/>
-      <w:hyperlink r:id="rId69" w:anchor="opus_detail_212621" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId69" w:anchor="opus_detail_215103" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId70" w:tgtFrame="_self" w:tooltip="Lindemann" w:history="1">
-        <w:bookmarkStart w:id="32" w:name="opus_212626"/>
+        <w:bookmarkStart w:id="32" w:name="opus_215153"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Lindemann, Reaktionen auf Unternehmenskrisen</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="32"/>
-      <w:hyperlink r:id="rId71" w:anchor="opus_detail_212626" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId71" w:anchor="opus_detail_215153" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId72" w:tgtFrame="_self" w:tooltip="Lülsdorf Betriebliche Altersversorgung" w:history="1">
-        <w:bookmarkStart w:id="33" w:name="opus_212630"/>
+        <w:bookmarkStart w:id="33" w:name="opus_215157"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Lülsdorf, Betriebliche Altersversorgung</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="33"/>
-      <w:hyperlink r:id="rId73" w:anchor="opus_detail_212630" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId73" w:anchor="opus_detail_215157" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId74" w:tgtFrame="_self" w:tooltip="Meyer/Kühne, Neu im Betriebsrat" w:history="1">
-        <w:bookmarkStart w:id="34" w:name="opus_212635"/>
+        <w:bookmarkStart w:id="34" w:name="opus_215162"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Meyer/​Kühne, Neu im Betriebsrat – Was tun?</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="34"/>
-      <w:hyperlink r:id="rId75" w:anchor="opus_detail_212635" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId75" w:anchor="opus_detail_215162" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId76" w:tgtFrame="_self" w:tooltip="Neu im Vorsitz des Betriebsrats – Was tun?" w:history="1">
-        <w:bookmarkStart w:id="35" w:name="opus_212641"/>
+        <w:bookmarkStart w:id="35" w:name="opus_215168"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Meyer/​Kühne, Neu im Vorsitz des Betriebsrats – Was tun?</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="35"/>
-      <w:hyperlink r:id="rId77" w:anchor="opus_detail_212641" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId77" w:anchor="opus_detail_215168" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId78" w:tgtFrame="_self" w:tooltip="Pletke Externe Beratung" w:history="1">
-        <w:bookmarkStart w:id="36" w:name="opus_212650"/>
+        <w:bookmarkStart w:id="36" w:name="opus_215177"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Pletke, Externe Beratung für den Betriebsrat</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="36"/>
-      <w:hyperlink r:id="rId79" w:anchor="opus_detail_212650" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId79" w:anchor="opus_detail_215177" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId80" w:tgtFrame="_self" w:tooltip="P/T/B Wirtschaftsauss" w:history="1">
-        <w:bookmarkStart w:id="37" w:name="opus_212655"/>
+        <w:bookmarkStart w:id="37" w:name="opus_215182"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Prangenberg/​Tritsch/​Beermann, Arbeit im Wirtschaftsausschuss</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="37"/>
-      <w:hyperlink r:id="rId81" w:anchor="opus_detail_212655" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId81" w:anchor="opus_detail_215182" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId82" w:tgtFrame="_self" w:tooltip="Richter, Mindestlohn" w:history="1">
-        <w:bookmarkStart w:id="38" w:name="opus_212660"/>
+        <w:bookmarkStart w:id="38" w:name="opus_215187"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Richter, Mindestlohn</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="38"/>
-      <w:hyperlink r:id="rId83" w:anchor="opus_detail_212660" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId83" w:anchor="opus_detail_215187" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId84" w:tgtFrame="_self" w:tooltip="Rissing" w:history="1">
-        <w:bookmarkStart w:id="39" w:name="opus_212665"/>
+        <w:bookmarkStart w:id="39" w:name="opus_215192"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rissing, Arbeitnehmerüberlassung und sonstiges Fremdpersonal</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="39"/>
-      <w:hyperlink r:id="rId85" w:anchor="opus_detail_212665" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId85" w:anchor="opus_detail_215192" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId86" w:tgtFrame="_self" w:tooltip="Schaperdot" w:history="1">
-        <w:bookmarkStart w:id="40" w:name="opus_212674"/>
+        <w:bookmarkStart w:id="40" w:name="opus_215201"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schaperdot, Gesamt-, Konzern- und Europäischer Betriebsrat</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="40"/>
-      <w:hyperlink r:id="rId87" w:anchor="opus_detail_212674" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId87" w:anchor="opus_detail_215201" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId88" w:tgtFrame="_self" w:tooltip="Schaperdot" w:history="1">
-        <w:bookmarkStart w:id="41" w:name="opus_212681"/>
+        <w:bookmarkStart w:id="41" w:name="opus_215208"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schaperdot/​Potthoff, Der Betriebsrat im Tendenzbetrieb</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="41"/>
-      <w:hyperlink r:id="rId89" w:anchor="opus_detail_212681" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId89" w:anchor="opus_detail_215208" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId90" w:tgtFrame="_self" w:tooltip="Sendelbeck" w:history="1">
-        <w:bookmarkStart w:id="42" w:name="opus_212686"/>
+        <w:bookmarkStart w:id="42" w:name="opus_215213"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sendelbeck, Die allgemeinen Aufgaben des Betriebsrats</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="42"/>
-      <w:hyperlink r:id="rId91" w:anchor="opus_detail_212686" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId91" w:anchor="opus_detail_215213" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId92" w:tgtFrame="_self" w:tooltip="Weinbrenner/Fischer" w:history="1">
-        <w:bookmarkStart w:id="43" w:name="opus_212693"/>
+        <w:bookmarkStart w:id="43" w:name="opus_215220"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Weinbrenner/​Fischer, Kündigung</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="43"/>
-      <w:hyperlink r:id="rId93" w:anchor="opus_detail_212693" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId93" w:anchor="opus_detail_215220" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId94" w:tgtFrame="_self" w:tooltip="Weinbrenner/Meier, Interessenausgleich" w:history="1">
-        <w:bookmarkStart w:id="44" w:name="opus_212698"/>
+        <w:bookmarkStart w:id="44" w:name="opus_215225"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Weinbrenner/​Meier, Interessenausgleich und Sozialplan</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="44"/>
-      <w:hyperlink r:id="rId95" w:anchor="opus_detail_212698" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId95" w:anchor="opus_detail_215225" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId96" w:tgtFrame="_self" w:tooltip="Weinbrenner/Meier, Schulung" w:history="1">
-        <w:bookmarkStart w:id="45" w:name="opus_212703"/>
+        <w:bookmarkStart w:id="45" w:name="opus_215230"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Weinbrenner/​Meier, Schulung und Arbeitsmittel</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="45"/>
-      <w:hyperlink r:id="rId97" w:anchor="opus_detail_212703" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId97" w:anchor="opus_detail_215230" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Lexikon</w:t>
@@ -2048,264 +2026,162 @@
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId108" w:tgtFrame="_self" w:tooltip="NSOZR" w:history="1">
         <w:bookmarkStart w:id="51" w:name="opus_55687"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Normen zum Sozialrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="51"/>
       <w:hyperlink r:id="rId109" w:anchor="opus_detail_55687" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
-        <w:pBdr>
-[...4 lines deleted...]
-        </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
-        <w:t>Fachdienst und Fachnews</w:t>
+        <w:t>Fachdienst</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId110" w:tgtFrame="_self" w:tooltip="FD-ArbR" w:history="1">
         <w:bookmarkStart w:id="52" w:name="opus_170850"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Arbeitsrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="52"/>
       <w:hyperlink r:id="rId111" w:anchor="opus_detail_170850" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
-[...94 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Rechtsprechung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId114" w:tgtFrame="_self" w:history="1">
+      <w:hyperlink r:id="rId112" w:tgtFrame="_self" w:history="1">
         <w:bookmarkStart w:id="53" w:name="opus_55690"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Zitierte Rechtsprechung zum Arbeits- und Sozialrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="53"/>
-      <w:hyperlink r:id="rId115" w:anchor="opus_detail_55690" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId113" w:anchor="opus_detail_55690" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2332,95 +2208,95 @@
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Sehr gerne lassen wir Ihnen ein individuelles Angebot für Seminare/Live-Webinare zukommen. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Rufen Sie uns einfach an oder nehmen Sie per E-Mail Kontakt zu uns auf: (089) 381 89 - 503 oder </w:t>
       </w:r>
-      <w:hyperlink r:id="rId116" w:history="1">
+      <w:hyperlink r:id="rId114" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>seminare@beck.de</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Weitere Informationen erhalten Sie </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117" w:history="1">
+      <w:hyperlink r:id="rId115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>hier</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId118"/>
-      <w:footerReference w:type="default" r:id="rId119"/>
+      <w:headerReference w:type="default" r:id="rId116"/>
+      <w:footerReference w:type="default" r:id="rId117"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -2459,85 +2335,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/09/2025</w:t>
+                  <w:t>12/02/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 08.10.2025 23:45 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 02.12.2025 22:30 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -5793,82 +5669,88 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icon">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icona">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon_a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-indicatoriconwrapper">
     <w:name w:val="toolleiste_toolleiste-indicatoriconwrapper"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="main">
     <w:name w:val="main"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapper">
     <w:name w:val="div_bo_contentwrapper"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftbohideleftcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboleft">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_left"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftborder">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftalink">
     <w:name w:val="bo_left_a_link"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkdiv">
     <w:name w:val="beck-tabs_beck-tabs-link_div"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linki">
     <w:name w:val="beck-tabs_beck-tabs-link_i"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkbeck-tabs-info">
-    <w:name w:val="beck-tabs_beck-tabs-link_beck-tabs-info"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="divboshowleftcontentbeck-tabsbeck-tabs-linkspanbeck-tabs-info">
+    <w:name w:val="div_bo_show_left_content_beck-tabs_beck-tabs-link_span_beck-tabs-info"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidget">
     <w:name w:val="div_mvcWidget"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidgetkastenTitle">
     <w:name w:val="div_mvcWidget &gt; kastenTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="345" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -6065,104 +5947,53 @@
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivopusline">
     <w:name w:val="bo_center_div_opusline"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-highlight">
     <w:name w:val="bo-badge-highlight"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="C8000A"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:bdr w:val="single" w:sz="6" w:space="0" w:color="C8000A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
-  </w:style>
-[...35 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
     <w:name w:val="div_DetailledContentView"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="8" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivColumnLeft">
@@ -6216,88 +6047,66 @@
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperbocenteranotbeck-btnParagraph">
     <w:name w:val="bo_contentwrapper_bo_center_a_not(.beck-btn) Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="C8000A"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="nosee">
     <w:name w:val="nosee"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivColumnRight">
     <w:name w:val="bo_center_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:right w:val="none" w:sz="0" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbozwischenueberschrifth6">
-[...26 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="out-of-viewport">
     <w:name w:val="out-of-viewport"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightbohiderightcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboright">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_right"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightborder">
     <w:name w:val="bo_contentwrapper_bo_right &gt; bo_right_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_right &gt; bo_right_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreeting">
     <w:name w:val="div_ipgreeting"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreetingdivloginheader">
     <w:name w:val="div_ipgreeting_div_loginheader"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
@@ -6394,51 +6203,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14381?opusTitle=Byers%2c+Mitarbeiterkontrollen" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/55683?cat=coll&amp;xml=gesetze%2Fatv&amp;coll=Allgemeinverbindliche Tarifvertr&#228;ge&amp;opusTitle=ATV" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/56115?cat=coll&amp;xml=gesetze%2Fltv&amp;coll=Landesbezirkliche Tarifvertr&#228;ge&amp;opusTitle=LTV" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14944?opusTitle=BRuR" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/55686?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Texte zum Arbeitsrecht&amp;opusTitle=TARBR" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/55687?cat=coll&amp;xml=gesetze%2Fnsozr&amp;coll=Normen zum Sozialrecht&amp;opusTitle=NSOZR" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/803?opusTitle=FD-ArbR" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=reference&amp;y=300&amp;z=PersBeitr" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rsw.beck.de/beck-online-service/services/newsletter/archiv-betriebsrat" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Zitierte Rechtsprechung&amp;query=spubtyp0:ent+AND+preismodul:BOBRATP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seminare@beck.de" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beck-seminare.de/suche?query=arbeitsrecht:+betriebsverfassungsrecht&amp;umbraco-campaign=subcat_betriebsverfassungsrecht" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7474?opusTitle=Domernicht" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20042?opusTitle=Hahn%2c+Flexible+Arbeitszeit" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18461?opusTitle=Oberth&#252;r%2fChandna-Hoppe" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13646?opusTitle=Peters+WeisungsR" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21919?opusTitle=Schmidt+BEM" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21784?opusTitle=vom+Stein%2fRothe%2fSchlegel" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8471?opusTitle=Straube%2fRasche+Korruptionsbek&#228;mpfung" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10538?opusTitle=Weth" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21689?opusTitle=Althoff%2fG&#228;nsler%2c+Arbeitszeit+im+Betrieb" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21690?opusTitle=Althoff%2fG&#228;nsler%2c+Ordnung+des+Betriebs" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21691?opusTitle=Althoff%2fHadyk%2c+Haftung+des+Betriebsrats" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21693?opusTitle=Bell%2fFuchs%2c+Betriebsvereinbarungen" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21694?opusTitle=Bell%2fBauer%2c+Familie+und+Betrieb" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21695?opusTitle=Bell%2fHeegner%2c+Arbeitsschutz" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21696?opusTitle=Chama%2fFeilmeier" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21698?opusTitle=Feichtinger%2fWagner" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21700?opusTitle=Fischer%2fHadyk%2c+Urlaub" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21701?opusTitle=G&#228;nsler%2fAlthoff%2c+Technische+Mitarbeiter&#252;berwachung" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21702?opusTitle=Hintzen%2fRichter+EntgTranspG" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21703?opusTitle=Kilian%2c+Arbeitszeugnis" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21704?opusTitle=K&#252;hne%2fMeyer%2c+Betriebsratswahl" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21705?opusTitle=K&#252;hne%2f+Meyer%2c+Einigungsstelle" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21706?opusTitle=K&#252;hne%2fMeyer%2fPatzelt%2c+Fehler+Betriebsratsarbeit" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21707?opusTitle=K&#252;hne%2fMeyer%2fPatzelt+Mitbestimmung+bei+K&#252;ndigungen" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19685?opusTitle=Fitting" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21708?opusTitle=K&#252;hne%2fMeyer%2fPatzelt%2c+Versetzung" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21709?opusTitle=Lemke%2c+Datenschutz" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21710?opusTitle=Lerch%2fWarczinski+Betriebs&#228;nderungen" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21711?opusTitle=Lerch%2fWeinbrenner%2c+Einstellung+von+Mitarbeitern" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21712?opusTitle=Lill" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21713?opusTitle=Lindemann" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21714?opusTitle=L&#252;lsdorf+Betriebliche+Altersversorgung" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21715?opusTitle=Meyer%2fK&#252;hne%2c+Neu+im+Betriebsrat" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21716?opusTitle=Neu+im+Vorsitz+des+Betriebsrats+&#8211;+Was+tun%3f" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21719?opusTitle=Pletke+Externe+Beratung" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13366?opusTitle=Aligbe+Einstellungsuntersuchungen" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21720?opusTitle=P%2fT%2fB+Wirtschaftsauss" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21721?opusTitle=Richter%2c+Mindestlohn" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21722?opusTitle=Rissing" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21724?opusTitle=Schaperdot" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21726?opusTitle=Schaperdot" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21728?opusTitle=Sendelbeck" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21730?opusTitle=Weinbrenner%2fFischer" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21731?opusTitle=Weinbrenner%2fMeier%2c+Interessenausgleich" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21732?opusTitle=Weinbrenner%2fMeier%2c+Schulung" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20991?opusTitle=Schaub%2fKoch+A-Z" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14381?opusTitle=Byers%2c+Mitarbeiterkontrollen" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/55683?cat=coll&amp;xml=gesetze%2Fatv&amp;coll=Allgemeinverbindliche%20Tarifvertr%C3%A4ge&amp;opusTitle=ATV" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/56115?cat=coll&amp;xml=gesetze%2Fltv&amp;coll=Landesbezirkliche%20Tarifvertr%C3%A4ge&amp;opusTitle=LTV" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14944?opusTitle=BRuR" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/55686?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Texte%20zum%20Arbeitsrecht&amp;opusTitle=TARBR" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/55687?cat=coll&amp;xml=gesetze%2Fnsozr&amp;coll=Normen%20zum%20Sozialrecht&amp;opusTitle=NSOZR" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/803?opusTitle=FD-ArbR" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Zitierte Rechtsprechung&amp;query=spubtyp0:ent+AND+preismodul:BOBRATP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seminare@beck.de" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beck-seminare.de/suche?query=arbeitsrecht:+betriebsverfassungsrecht&amp;umbraco-campaign=subcat_betriebsverfassungsrecht" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7474?opusTitle=Domernicht" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20042?opusTitle=Hahn%2c+Flexible+Arbeitszeit" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18461?opusTitle=Oberth%c3%bcr%2fChandna-Hoppe" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13646?opusTitle=Peters+WeisungsR" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21919?opusTitle=Schmidt+BEM" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21784?opusTitle=vom+Stein%2fRothe%2fSchlegel" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8471?opusTitle=Straube%2fRasche+Korruptionsbek%c3%a4mpfung" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10538?opusTitle=Weth" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21924?opusTitle=Althoff%2fG%c3%a4nsler%2c+Arbeitszeit+im+Betrieb" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21925?opusTitle=Althoff%2fG%c3%a4nsler%2c+Ordnung+des+Betriebs" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21926?opusTitle=Althoff%2fHadyk%2c+Haftung+des+Betriebsrats" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21929?opusTitle=Bell%2fFuchs%2c+Betriebsvereinbarungen" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21930?opusTitle=Bell%2fBauer%2c+Familie+und+Betrieb" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21931?opusTitle=Bell%2fHeegner%2c+Arbeitsschutz" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21932?opusTitle=Chama%2fFeilmeier" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21934?opusTitle=Feichtinger%2fWagner" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21936?opusTitle=Fischer%2fHadyk%2c+Urlaub" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21937?opusTitle=G%c3%a4nsler%2fAlthoff%2c+Technische+Mitarbeiter%c3%bcberwachung" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21939?opusTitle=Hintzen%2fRichter+EntgTranspG" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21940?opusTitle=Kilian%2c+Arbeitszeugnis" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21941?opusTitle=K%c3%bchne%2fMeyer%2c+Betriebsratswahl" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21942?opusTitle=K%c3%bchne%2f+Meyer%2c+Einigungsstelle" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21943?opusTitle=K%c3%bchne%2fMeyer%2fPatzelt%2c+Fehler+Betriebsratsarbeit" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21944?opusTitle=K%c3%bchne%2fMeyer%2fPatzelt+Mitbestimmung+bei+K%c3%bcndigungen" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19685?opusTitle=Fitting" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21945?opusTitle=K%c3%bchne%2fMeyer%2fPatzelt%2c+Versetzung" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21946?opusTitle=Lemke%2c+Datenschutz" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21947?opusTitle=Lerch%2fWarczinski+Betriebs%c3%a4nderungen" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21948?opusTitle=Lerch%2fWeinbrenner%2c+Einstellung+von+Mitarbeitern" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21938?opusTitle=Lill" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21949?opusTitle=Lindemann" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21950?opusTitle=L%c3%bclsdorf+Betriebliche+Altersversorgung" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21952?opusTitle=Meyer%2fK%c3%bchne%2c+Neu+im+Betriebsrat" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21953?opusTitle=Neu+im+Vorsitz+des+Betriebsrats+%e2%80%93+Was+tun%3f" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21956?opusTitle=Pletke+Externe+Beratung" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13366?opusTitle=Aligbe+Einstellungsuntersuchungen" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21957?opusTitle=P%2fT%2fB+Wirtschaftsauss" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21958?opusTitle=Richter%2c+Mindestlohn" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21959?opusTitle=Rissing" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21961?opusTitle=Schaperdot" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21963?opusTitle=Schaperdot" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21965?opusTitle=Sendelbeck" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21967?opusTitle=Weinbrenner%2fFischer" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21968?opusTitle=Weinbrenner%2fMeier%2c+Interessenausgleich" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21969?opusTitle=Weinbrenner%2fMeier%2c+Schulung" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20991?opusTitle=Schaub%2fKoch+A-Z" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6703,28 +6512,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul Betriebsrat PLUS - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>