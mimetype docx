--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -195,64 +195,86 @@
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Kommentare </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:tgtFrame="_self" w:tooltip="BeckOK AuslR" w:history="1">
-        <w:bookmarkStart w:id="0" w:name="opus_211127"/>
+        <w:bookmarkStart w:id="0" w:name="opus_215850"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Ausländerrecht, Kluth/​Heusch</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
-      <w:hyperlink r:id="rId7" w:anchor="opus_detail_211127" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId7" w:anchor="opus_detail_215850" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="Bergmann/Dienelt" w:history="1">
         <w:bookmarkStart w:id="1" w:name="opus_210376"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -876,86 +898,86 @@
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Kommentare </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="BeckOK MigR" w:history="1">
-        <w:bookmarkStart w:id="17" w:name="opus_211604"/>
+        <w:bookmarkStart w:id="17" w:name="opus_216627"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Migrations- und Integrationsrecht, Decker/​Bader/​Kothe</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="17"/>
-      <w:hyperlink r:id="rId41" w:anchor="opus_detail_211604" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId41" w:anchor="opus_detail_216627" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1007,268 +1029,278 @@
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:tooltip="Harbou von/Weizsäcker" w:history="1">
         <w:bookmarkStart w:id="19" w:name="opus_200340"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Harbou von/​Weizsäcker, Einwanderungsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="19"/>
+      <w:hyperlink r:id="rId45" w:anchor="opus_detail_200340" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="Huber/Gerdes/Tabbara, Staatsangehörigkeitsrecht" w:history="1">
+        <w:bookmarkStart w:id="20" w:name="opus_218506"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Huber/​Gerdes/​Tabbara, Staatsangehörigkeitsrecht</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Neuauflage</w:t>
+          <w:t>Neu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="19"/>
-      <w:hyperlink r:id="rId45" w:anchor="opus_detail_200340" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:hyperlink r:id="rId47" w:anchor="opus_detail_218506" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="Klaus/Mävers/Offer" w:history="1">
-        <w:bookmarkStart w:id="20" w:name="opus_128306"/>
+      <w:hyperlink r:id="rId48" w:tgtFrame="_self" w:tooltip="Klaus/Mävers/Offer" w:history="1">
+        <w:bookmarkStart w:id="21" w:name="opus_128306"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Klaus/​Mävers/​Offer, Das neue Fachkräfteeinwanderungsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="20"/>
-      <w:hyperlink r:id="rId47" w:anchor="opus_detail_128306" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:hyperlink r:id="rId49" w:anchor="opus_detail_128306" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId48" w:tgtFrame="_self" w:tooltip="Kluth/Hornung/Koch ZuwanderungsR-HdB" w:history="1">
-        <w:bookmarkStart w:id="21" w:name="opus_214853"/>
+      <w:hyperlink r:id="rId50" w:tgtFrame="_self" w:tooltip="Kluth/Hornung/Koch ZuwanderungsR-HdB" w:history="1">
+        <w:bookmarkStart w:id="22" w:name="opus_214853"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kluth/​Hornung/​Koch, Handbuch Zuwanderungsrecht</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="21"/>
-      <w:hyperlink r:id="rId49" w:anchor="opus_detail_214853" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:hyperlink r:id="rId51" w:anchor="opus_detail_214853" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId50" w:tgtFrame="_self" w:tooltip="MAH MigrationsR" w:history="1">
-        <w:bookmarkStart w:id="22" w:name="opus_196647"/>
+      <w:hyperlink r:id="rId52" w:tgtFrame="_self" w:tooltip="MAH MigrationsR" w:history="1">
+        <w:bookmarkStart w:id="23" w:name="opus_196647"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Münchener Anwaltshandbuch Migrations- und Integrationsrecht, Hrsg. Dörig/​Hocks</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="22"/>
-      <w:hyperlink r:id="rId51" w:anchor="opus_detail_196647" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:hyperlink r:id="rId53" w:anchor="opus_detail_196647" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId52" w:tgtFrame="_self" w:tooltip="Oberhäuser, Migrationsrecht" w:history="1">
-        <w:bookmarkStart w:id="23" w:name="opus_128277"/>
+      <w:hyperlink r:id="rId54" w:tgtFrame="_self" w:tooltip="Oberhäuser, Migrationsrecht" w:history="1">
+        <w:bookmarkStart w:id="24" w:name="opus_128277"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Oberhäuser, Migrationsrecht in der Beratungspraxis</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="23"/>
-      <w:hyperlink r:id="rId53" w:anchor="opus_detail_128277" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:hyperlink r:id="rId55" w:anchor="opus_detail_128277" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1277,97 +1309,97 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Formulare </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId54" w:tgtFrame="_self" w:tooltip="BeckOF MigrationsR" w:history="1">
-        <w:bookmarkStart w:id="24" w:name="opus_175129"/>
+      <w:hyperlink r:id="rId56" w:tgtFrame="_self" w:tooltip="BeckOF MigrationsR" w:history="1">
+        <w:bookmarkStart w:id="25" w:name="opus_175129"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOF Ausländer- und Migrationsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="24"/>
-      <w:hyperlink r:id="rId55" w:anchor="opus_detail_175129" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:hyperlink r:id="rId57" w:anchor="opus_detail_175129" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId56" w:tgtFrame="_self" w:tooltip="Johlen MPF" w:history="1">
-        <w:bookmarkStart w:id="25" w:name="opus_181910"/>
+      <w:hyperlink r:id="rId58" w:tgtFrame="_self" w:tooltip="Johlen MPF" w:history="1">
+        <w:bookmarkStart w:id="26" w:name="opus_181910"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Münchener Prozessformularbuch Bd. 7: Verwaltungsrecht, Johlen (Auszug Migrationsrecht)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="25"/>
-      <w:hyperlink r:id="rId57" w:anchor="opus_detail_181910" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:hyperlink r:id="rId59" w:anchor="opus_detail_181910" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1408,161 +1440,161 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Ausländerstrafrecht </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId58" w:tgtFrame="_self" w:tooltip="MüKo StGB Bd. 9" w:history="1">
-        <w:bookmarkStart w:id="26" w:name="opus_179460"/>
+      <w:hyperlink r:id="rId60" w:tgtFrame="_self" w:tooltip="MüKo StGB Bd. 9" w:history="1">
+        <w:bookmarkStart w:id="27" w:name="opus_179460"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Münchener Kommentar StGB Bd. 9 (Auszug Ausländerstrafrecht)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="26"/>
-      <w:hyperlink r:id="rId59" w:anchor="opus_detail_179460" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:hyperlink r:id="rId61" w:anchor="opus_detail_179460" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId60" w:tgtFrame="_self" w:tooltip="MAH Strafverteidigung" w:history="1">
-        <w:bookmarkStart w:id="27" w:name="opus_123124"/>
+      <w:hyperlink r:id="rId62" w:tgtFrame="_self" w:tooltip="MAH Strafverteidigung" w:history="1">
+        <w:bookmarkStart w:id="28" w:name="opus_123124"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Widmaier/​Müller/​Schlothauer, MAH Strafverteidigung (Auszug Ausländerrechtliche Straftaten)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="27"/>
-      <w:hyperlink r:id="rId61" w:anchor="opus_detail_123124" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:hyperlink r:id="rId63" w:anchor="opus_detail_123124" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId62" w:tgtFrame="_self" w:tooltip="MAH Strafverteidigung" w:history="1">
-        <w:bookmarkStart w:id="28" w:name="opus_123122"/>
+      <w:hyperlink r:id="rId64" w:tgtFrame="_self" w:tooltip="MAH Strafverteidigung" w:history="1">
+        <w:bookmarkStart w:id="29" w:name="opus_123122"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Widmaier/​Müller/​Schlothauer, MAH Strafverteidigung (Auszug Ausländer und Beschuldigte aus fremden Kulturkreisen)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="28"/>
-      <w:hyperlink r:id="rId63" w:anchor="opus_detail_123122" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:hyperlink r:id="rId65" w:anchor="opus_detail_123122" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId64" w:tgtFrame="_self" w:tooltip="MAH Strafverteidigung" w:history="1">
-        <w:bookmarkStart w:id="29" w:name="opus_123123"/>
+      <w:hyperlink r:id="rId66" w:tgtFrame="_self" w:tooltip="MAH Strafverteidigung" w:history="1">
+        <w:bookmarkStart w:id="30" w:name="opus_123123"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Widmaier/​Müller/​Schlothauer, MAH Strafverteidigung (Auszug Ausländerrechtliche Konsequenzen des Strafverfahrens)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="29"/>
-      <w:hyperlink r:id="rId65" w:anchor="opus_detail_123123" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:hyperlink r:id="rId67" w:anchor="opus_detail_123123" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1571,205 +1603,205 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Europäische Grund- und Menschenrechte </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId66" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
-        <w:bookmarkStart w:id="30" w:name="opus_123114"/>
+      <w:hyperlink r:id="rId68" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
+        <w:bookmarkStart w:id="31" w:name="opus_123114"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ludwigs, EU-Wirtschaftsrecht (Auszug Freizügigkeit)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="30"/>
-      <w:hyperlink r:id="rId67" w:anchor="opus_detail_123114" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:hyperlink r:id="rId69" w:anchor="opus_detail_123114" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId68" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
-        <w:bookmarkStart w:id="31" w:name="opus_123115"/>
+      <w:hyperlink r:id="rId70" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
+        <w:bookmarkStart w:id="32" w:name="opus_123115"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ludwigs, EU-Wirtschaftsrecht (Auszug RFSR)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Neu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="31"/>
-      <w:hyperlink r:id="rId69" w:anchor="opus_detail_123115" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:hyperlink r:id="rId71" w:anchor="opus_detail_123115" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId70" w:tgtFrame="_self" w:tooltip="Karpenstein/Mayer, EMRK" w:history="1">
-        <w:bookmarkStart w:id="32" w:name="opus_157860"/>
+      <w:hyperlink r:id="rId72" w:tgtFrame="_self" w:tooltip="Karpenstein/Mayer, EMRK" w:history="1">
+        <w:bookmarkStart w:id="33" w:name="opus_157860"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Karpenstein/​Mayer, Konvention zum Schutz der Menschenrechte und Grundfreiheiten: EMRK</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="32"/>
-      <w:hyperlink r:id="rId71" w:anchor="opus_detail_157860" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:hyperlink r:id="rId73" w:anchor="opus_detail_157860" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId72" w:tgtFrame="_self" w:tooltip="MeyerEMRK" w:history="1">
-        <w:bookmarkStart w:id="33" w:name="opus_180229"/>
+      <w:hyperlink r:id="rId74" w:tgtFrame="_self" w:tooltip="MeyerEMRK" w:history="1">
+        <w:bookmarkStart w:id="34" w:name="opus_180229"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Meyer-Ladewig/​Nettesheim/​von Raumer, Europäische Menschenrechtskonvention</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="33"/>
-      <w:hyperlink r:id="rId73" w:anchor="opus_detail_180229" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:hyperlink r:id="rId75" w:anchor="opus_detail_180229" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1778,65 +1810,65 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Flüchtlingsschutz </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId74" w:tgtFrame="_self" w:tooltip="Hruschka, GFK" w:history="1">
-        <w:bookmarkStart w:id="34" w:name="opus_170581"/>
+      <w:hyperlink r:id="rId76" w:tgtFrame="_self" w:tooltip="Hruschka, GFK" w:history="1">
+        <w:bookmarkStart w:id="35" w:name="opus_170581"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Hruschka, Genfer Flüchtlingskonvention</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="34"/>
-      <w:hyperlink r:id="rId75" w:anchor="opus_detail_170581" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:hyperlink r:id="rId77" w:anchor="opus_detail_170581" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1845,129 +1877,129 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Meldewesen </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId76" w:tgtFrame="_self" w:tooltip="Engelbrecht/Schwabenbauer, Bundesmeldegesetz" w:history="1">
-        <w:bookmarkStart w:id="35" w:name="opus_128309"/>
+      <w:hyperlink r:id="rId78" w:tgtFrame="_self" w:tooltip="Engelbrecht/Schwabenbauer, Bundesmeldegesetz" w:history="1">
+        <w:bookmarkStart w:id="36" w:name="opus_128309"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Engelbrecht/​Schwabenbauer, Bundesmeldegesetz: BMG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="35"/>
-      <w:hyperlink r:id="rId77" w:anchor="opus_detail_128309" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:hyperlink r:id="rId79" w:anchor="opus_detail_128309" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId78" w:tgtFrame="_self" w:tooltip="Beimowski" w:history="1">
-        <w:bookmarkStart w:id="36" w:name="opus_128283"/>
+      <w:hyperlink r:id="rId80" w:tgtFrame="_self" w:tooltip="Beimowski" w:history="1">
+        <w:bookmarkStart w:id="37" w:name="opus_128283"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Beimowski/​Gawron, Passgesetz Personalausweisgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="36"/>
-      <w:hyperlink r:id="rId79" w:anchor="opus_detail_128283" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:hyperlink r:id="rId81" w:anchor="opus_detail_128283" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId80" w:tgtFrame="_self" w:tooltip="Hornung" w:history="1">
-        <w:bookmarkStart w:id="37" w:name="opus_123107"/>
+      <w:hyperlink r:id="rId82" w:tgtFrame="_self" w:tooltip="Hornung" w:history="1">
+        <w:bookmarkStart w:id="38" w:name="opus_123107"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Hornung/​Möller, Passgesetz - Personalausweisgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="37"/>
-      <w:hyperlink r:id="rId81" w:anchor="opus_detail_123107" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:hyperlink r:id="rId83" w:anchor="opus_detail_123107" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1976,607 +2008,607 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Sozial- und Arbeitsmigrationsrecht </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId82" w:tgtFrame="_self" w:tooltip="BeckOGK SGB II" w:history="1">
-        <w:bookmarkStart w:id="38" w:name="opus_171728"/>
+      <w:hyperlink r:id="rId84" w:tgtFrame="_self" w:tooltip="BeckOGK SGB II" w:history="1">
+        <w:bookmarkStart w:id="39" w:name="opus_171728"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>beck-online.GROSSKOMMENTAR zum SGB II (Gagel)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="38"/>
-      <w:hyperlink r:id="rId83" w:anchor="opus_detail_171728" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:hyperlink r:id="rId85" w:anchor="opus_detail_171728" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId84" w:tgtFrame="_self" w:tooltip="BeckOGK SGB XII" w:history="1">
-        <w:bookmarkStart w:id="39" w:name="opus_171729"/>
+      <w:hyperlink r:id="rId86" w:tgtFrame="_self" w:tooltip="BeckOGK SGB XII" w:history="1">
+        <w:bookmarkStart w:id="40" w:name="opus_171729"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>beck-online.GROSSKOMMENTAR zum SGB XII (Oestreicher)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="39"/>
-      <w:hyperlink r:id="rId85" w:anchor="opus_detail_171729" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:hyperlink r:id="rId87" w:anchor="opus_detail_171729" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId86" w:tgtFrame="_self" w:tooltip="Cantzler" w:history="1">
-        <w:bookmarkStart w:id="40" w:name="opus_128281"/>
+      <w:hyperlink r:id="rId88" w:tgtFrame="_self" w:tooltip="Cantzler" w:history="1">
+        <w:bookmarkStart w:id="41" w:name="opus_128281"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Cantzler, Asylbewerberleistungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="40"/>
-      <w:hyperlink r:id="rId87" w:anchor="opus_detail_128281" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:hyperlink r:id="rId89" w:anchor="opus_detail_128281" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId88" w:tgtFrame="_self" w:tooltip="Siefert" w:history="1">
-        <w:bookmarkStart w:id="41" w:name="opus_200163"/>
+      <w:hyperlink r:id="rId90" w:tgtFrame="_self" w:tooltip="Siefert" w:history="1">
+        <w:bookmarkStart w:id="42" w:name="opus_200163"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Siefert, Asylbewerberleistungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="41"/>
-      <w:hyperlink r:id="rId89" w:anchor="opus_detail_200163" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:hyperlink r:id="rId91" w:anchor="opus_detail_200163" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId90" w:tgtFrame="_self" w:tooltip="GrubeSGBXII" w:history="1">
-        <w:bookmarkStart w:id="42" w:name="opus_184137"/>
+      <w:hyperlink r:id="rId92" w:tgtFrame="_self" w:tooltip="GrubeSGBXII" w:history="1">
+        <w:bookmarkStart w:id="43" w:name="opus_184137"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Grube/​Wahrendorf/​Flint, SGB XII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="42"/>
-      <w:hyperlink r:id="rId91" w:anchor="opus_detail_184137" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:hyperlink r:id="rId93" w:anchor="opus_detail_184137" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId92" w:tgtFrame="_self" w:tooltip="Offer/Mävers" w:history="1">
-        <w:bookmarkStart w:id="43" w:name="opus_153311"/>
+      <w:hyperlink r:id="rId94" w:tgtFrame="_self" w:tooltip="Offer/Mävers" w:history="1">
+        <w:bookmarkStart w:id="44" w:name="opus_153311"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Offer/​Mävers, Beschäftigungsverordnung</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="43"/>
-      <w:hyperlink r:id="rId93" w:anchor="opus_detail_153311" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:hyperlink r:id="rId95" w:anchor="opus_detail_153311" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId94" w:tgtFrame="_self" w:tooltip="Timmermann/Uznanski" w:history="1">
-        <w:bookmarkStart w:id="44" w:name="opus_154047"/>
+      <w:hyperlink r:id="rId96" w:tgtFrame="_self" w:tooltip="Timmermann/Uznanski" w:history="1">
+        <w:bookmarkStart w:id="45" w:name="opus_154047"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Timmermann/​Uznanski/​Mävers/​Klaus, Beschäftigung ausländischer Mitarbeiter</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="44"/>
-      <w:hyperlink r:id="rId95" w:anchor="opus_detail_154047" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:hyperlink r:id="rId97" w:anchor="opus_detail_154047" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Zeitschrift und Entscheidungssammlung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId96" w:tgtFrame="_self" w:tooltip="ZAR" w:history="1">
-        <w:bookmarkStart w:id="45" w:name="opus_123130"/>
+      <w:hyperlink r:id="rId98" w:tgtFrame="_self" w:tooltip="ZAR" w:history="1">
+        <w:bookmarkStart w:id="46" w:name="opus_123130"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZAR - Zeitschrift für Ausländerrecht, ab 2005</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="45"/>
-      <w:hyperlink r:id="rId97" w:anchor="opus_detail_123130" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:hyperlink r:id="rId99" w:anchor="opus_detail_123130" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId98" w:tgtFrame="_self" w:tooltip="EZAR NF" w:history="1">
-        <w:bookmarkStart w:id="46" w:name="opus_123131"/>
+      <w:hyperlink r:id="rId100" w:tgtFrame="_self" w:tooltip="EZAR NF" w:history="1">
+        <w:bookmarkStart w:id="47" w:name="opus_123131"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>EZAR NF - Entscheidungssammlung zum Ausländerrecht, ab 2005 bis Anfang 2021</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="46"/>
-      <w:hyperlink r:id="rId99" w:anchor="opus_detail_123131" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:hyperlink r:id="rId101" w:anchor="opus_detail_123131" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>ZAR - Fachdienst</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId100" w:tgtFrame="_self" w:tooltip="MigRI" w:history="1">
-        <w:bookmarkStart w:id="47" w:name="opus_193926"/>
+      <w:hyperlink r:id="rId102" w:tgtFrame="_self" w:tooltip="MigRI" w:history="1">
+        <w:bookmarkStart w:id="48" w:name="opus_193926"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Informationsdienst Migrationsrecht (MigRI)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="47"/>
-      <w:hyperlink r:id="rId101" w:anchor="opus_detail_193926" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:hyperlink r:id="rId103" w:anchor="opus_detail_193926" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Aufsätze und Rechtsprechung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId102" w:tgtFrame="_self" w:tooltip="Aufsätze (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="48" w:name="opus_123133"/>
+      <w:hyperlink r:id="rId104" w:tgtFrame="_self" w:tooltip="Aufsätze (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="49" w:name="opus_123133"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aufsätze zum Ausländer- und Migrationsrecht auch aus NVwZ, LKV etc.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="48"/>
-      <w:hyperlink r:id="rId103" w:anchor="opus_detail_123133" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:hyperlink r:id="rId105" w:anchor="opus_detail_123133" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId104" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="49" w:name="opus_123134"/>
+      <w:hyperlink r:id="rId106" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="50" w:name="opus_123134"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rechtsprechung zum Ausländer- und Asylrecht auch aus BeckRS/​BeckEuRS, NVwZ, NVwZ-RR, LKV etc.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="49"/>
-      <w:hyperlink r:id="rId105" w:anchor="opus_detail_123134" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:hyperlink r:id="rId107" w:anchor="opus_detail_123134" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Normen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId106" w:tgtFrame="_self" w:tooltip="Normen zum Ausländer- und Migrationsrecht" w:history="1">
-        <w:bookmarkStart w:id="50" w:name="opus_123136"/>
+      <w:hyperlink r:id="rId108" w:tgtFrame="_self" w:tooltip="Normen zum Ausländer- und Migrationsrecht" w:history="1">
+        <w:bookmarkStart w:id="51" w:name="opus_123136"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Normen zum Ausländer- und Migrationsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="50"/>
-      <w:hyperlink r:id="rId107" w:anchor="opus_detail_123136" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:hyperlink r:id="rId109" w:anchor="opus_detail_123136" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId108" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
-        <w:bookmarkStart w:id="51" w:name="opus_123137"/>
+      <w:hyperlink r:id="rId110" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
+        <w:bookmarkStart w:id="52" w:name="opus_123137"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wichtigste Normen (rechtsgebietsübergreifend)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="51"/>
-      <w:hyperlink r:id="rId109" w:anchor="opus_detail_123137" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:hyperlink r:id="rId111" w:anchor="opus_detail_123137" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId110"/>
-      <w:footerReference w:type="default" r:id="rId111"/>
+      <w:headerReference w:type="default" r:id="rId112"/>
+      <w:footerReference w:type="default" r:id="rId113"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -2615,85 +2647,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/11/2025</w:t>
+                  <w:t>11/27/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 11.10.2025 11:11 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 27.11.2025 17:19 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -7325,50 +7357,324 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
     <w:nsid w:val="00000023"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000023"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35">
+    <w:nsid w:val="00000024"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000024"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36">
+    <w:nsid w:val="00000025"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000025"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -7562,50 +7868,56 @@
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="36"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
   </w:rsids>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
@@ -8496,82 +8808,88 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icon">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icona">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon_a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-indicatoriconwrapper">
     <w:name w:val="toolleiste_toolleiste-indicatoriconwrapper"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="main">
     <w:name w:val="main"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapper">
     <w:name w:val="div_bo_contentwrapper"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftbohideleftcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboleft">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_left"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftborder">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftalink">
     <w:name w:val="bo_left_a_link"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkdiv">
     <w:name w:val="beck-tabs_beck-tabs-link_div"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linki">
     <w:name w:val="beck-tabs_beck-tabs-link_i"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkbeck-tabs-info">
-    <w:name w:val="beck-tabs_beck-tabs-link_beck-tabs-info"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="divboshowleftcontentbeck-tabsbeck-tabs-linkspanbeck-tabs-info">
+    <w:name w:val="div_bo_show_left_content_beck-tabs_beck-tabs-link_span_beck-tabs-info"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidget">
     <w:name w:val="div_mvcWidget"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidgetkastenTitle">
     <w:name w:val="div_mvcWidget &gt; kastenTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="345" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -8977,53 +9295,59 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="nosee">
     <w:name w:val="nosee"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivColumnRight">
     <w:name w:val="bo_center_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:right w:val="none" w:sz="0" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="out-of-viewport">
     <w:name w:val="out-of-viewport"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightbohiderightcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboright">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_right"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightborder">
     <w:name w:val="bo_contentwrapper_bo_right &gt; bo_right_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_right &gt; bo_right_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreeting">
     <w:name w:val="div_ipgreeting"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreetingdivloginheader">
     <w:name w:val="div_ipgreeting_div_loginheader"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
@@ -9120,51 +9444,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17741?opusTitle=NK-AuslR" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19745?opusTitle=MigRI" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze zum Ausl&#228;nder- und Migrationsrecht auch aus NVwZ, LKV etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOAAPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum Ausl&#228;nder- und Asylrecht auch aus BeckRS%2FBeckEuRS, NVwZ, NVwZ-RR, LKV etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOAAP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/123136?cat=coll&amp;xml=gesetze%2Fumwelt&amp;coll=Ausl&#228;nder- und Asylrecht" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/123137?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste Normen %28rechtsgebiets&#252;bergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19830?opusTitle=Marschner%2fLesting%2fStahmann" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20842?opusTitle=Huber%2fMantel" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17381?opusTitle=Klaus%2fWittmann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14388?opusTitle=Thym%2fHailbronner" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14821?opusTitle=Hailbronner" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21640?opusTitle=Dietz%2c+Ausl&#228;nder-+und+Asylrecht" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17857?opusTitle=Marx" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8563?opusTitle=G&#246;bel-Zimmermann" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12192" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4579?opusTitle=Johlen-MAH" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13881?opusTitle=Heusch+Asylrecht" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20447?opusTitle=Huber%2fEichenhofer" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15310?opusTitle=BeckOF+MigrationsR" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13011?opusTitle=Marx" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21615?opusTitle=BeckOK+MigR" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20502?opusTitle=Aldag%2fM&#228;vers" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20501?opusTitle=Harbou+von%2fWeizs&#228;cker" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12150?opusTitle=Klaus%2fM&#228;vers%2fOffer" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21901?opusTitle=Kluth%2fHornung%2fKoch+ZuwanderungsR-HdB" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20074?opusTitle=MAH+MigrationsR" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10195?opusTitle=Oberh&#228;user%2c+Migrationsrecht" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15310?opusTitle=BeckOF+MigrationsR" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18084?opusTitle=Johlen+MPF" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17826?opusTitle=M&#252;Ko+StGB+Bd.+9" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21570?opusTitle=BeckOK+AuslR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5313?opusTitle=MAH+Strafverteidigung" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5309?opusTitle=MAH+Strafverteidigung" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5311?opusTitle=MAH+Strafverteidigung" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9002?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7108?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14681?opusTitle=Karpenstein%2fMayer%2c+EMRK" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17909?opusTitle=MeyerEMRK" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16815?opusTitle=Hruschka%2c+GFK" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12152" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8826?opusTitle=Beimowski" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21519?opusTitle=Bergmann%2fDienelt" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5866?opusTitle=Hornung" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14589?opusTitle=BeckOGK+SGB+II" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14427?opusTitle=BeckOGK+SGB+XII" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10362?opusTitle=Cantzler" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20452?opusTitle=Siefert" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18362?opusTitle=GrubeSGBXII" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14024?opusTitle=Offer%2fM&#228;vers" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14121?opusTitle=Timmermann%2fUznanski" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1691?opusTitle=ZAR" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1944?opusTitle=EZAR+NF" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17741?opusTitle=NK-AuslR" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1944?opusTitle=EZAR+NF" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19745?opusTitle=MigRI" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20Ausl&#228;nder-%20und%20Migrationsrecht%20auch%20aus%20NVwZ,%20LKV%20etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOAAPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum Ausl&#228;nder- und Asylrecht auch aus BeckRS%2FBeckEuRS, NVwZ, NVwZ-RR, LKV etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOAAP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/123136?cat=coll&amp;xml=gesetze%2Fumwelt&amp;coll=Ausl%C3%A4nder-%20und%20Asylrecht" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/123137?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19830?opusTitle=Marschner%2fLesting%2fStahmann" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20842?opusTitle=Huber%2fMantel" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17381?opusTitle=Klaus%2fWittmann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14388?opusTitle=Thym%2fHailbronner" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14821?opusTitle=Hailbronner" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21640?opusTitle=Dietz%2c+Ausl%c3%a4nder-+und+Asylrecht" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17857?opusTitle=Marx" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8563?opusTitle=G%c3%b6bel-Zimmermann" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12192" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4579?opusTitle=Johlen-MAH" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13881?opusTitle=Heusch+Asylrecht" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20447?opusTitle=Huber%2fEichenhofer" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15310?opusTitle=BeckOF+MigrationsR" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13011?opusTitle=Marx" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22096?opusTitle=BeckOK+MigR" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20502?opusTitle=Aldag%2fM%c3%a4vers" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20501?opusTitle=Harbou+von%2fWeizs%c3%a4cker" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22199" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12150?opusTitle=Klaus%2fM%c3%a4vers%2fOffer" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21901?opusTitle=Kluth%2fHornung%2fKoch+ZuwanderungsR-HdB" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20074?opusTitle=MAH+MigrationsR" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10195?opusTitle=Oberh%c3%a4user%2c+Migrationsrecht" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15310?opusTitle=BeckOF+MigrationsR" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18084?opusTitle=Johlen+MPF" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22036?opusTitle=BeckOK+AuslR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17826?opusTitle=M%c3%bcKo+StGB+Bd.+9" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5313?opusTitle=MAH+Strafverteidigung" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5309?opusTitle=MAH+Strafverteidigung" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5311?opusTitle=MAH+Strafverteidigung" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9002?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7108?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14681?opusTitle=Karpenstein%2fMayer%2c+EMRK" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17909?opusTitle=MeyerEMRK" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16815?opusTitle=Hruschka%2c+GFK" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12152" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21519?opusTitle=Bergmann%2fDienelt" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8826?opusTitle=Beimowski" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5866?opusTitle=Hornung" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14589?opusTitle=BeckOGK+SGB+II" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14427?opusTitle=BeckOGK+SGB+XII" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10362?opusTitle=Cantzler" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20452?opusTitle=Siefert" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18362?opusTitle=GrubeSGBXII" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14024?opusTitle=Offer%2fM%c3%a4vers" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14121?opusTitle=Timmermann%2fUznanski" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1691?opusTitle=ZAR" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9429,28 +9753,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul Ausländer- und Migrationsrecht PREMIUM - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>