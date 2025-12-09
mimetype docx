--- v0 (2025-10-15)
+++ v1 (2025-12-09)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -292,85 +292,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/16/2025</w:t>
+                  <w:t>12/09/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 15.10.2025 22:43 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 09.12.2025 08:18 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -1553,82 +1553,88 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icon">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icona">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon_a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-indicatoriconwrapper">
     <w:name w:val="toolleiste_toolleiste-indicatoriconwrapper"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="main">
     <w:name w:val="main"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapper">
     <w:name w:val="div_bo_contentwrapper"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftbohideleftcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboleft">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_left"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftborder">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftalink">
     <w:name w:val="bo_left_a_link"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkdiv">
     <w:name w:val="beck-tabs_beck-tabs-link_div"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linki">
     <w:name w:val="beck-tabs_beck-tabs-link_i"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkbeck-tabs-info">
-    <w:name w:val="beck-tabs_beck-tabs-link_beck-tabs-info"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="divboshowleftcontentbeck-tabsbeck-tabs-linkspanbeck-tabs-info">
+    <w:name w:val="div_bo_show_left_content_beck-tabs_beck-tabs-link_span_beck-tabs-info"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidget">
     <w:name w:val="div_mvcWidget"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidgetkastenTitle">
     <w:name w:val="div_mvcWidget &gt; kastenTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="345" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -1952,53 +1958,59 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="nosee">
     <w:name w:val="nosee"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivColumnRight">
     <w:name w:val="bo_center_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:right w:val="none" w:sz="0" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="out-of-viewport">
     <w:name w:val="out-of-viewport"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightbohiderightcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboright">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_right"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightborder">
     <w:name w:val="bo_contentwrapper_bo_right &gt; bo_right_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_right &gt; bo_right_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreeting">
     <w:name w:val="div_ipgreeting"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreetingdivloginheader">
     <w:name w:val="div_ipgreeting_div_loginheader"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
@@ -2404,28 +2416,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul GewArch PLUS - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>