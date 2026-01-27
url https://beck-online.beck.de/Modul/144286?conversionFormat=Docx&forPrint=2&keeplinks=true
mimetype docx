--- v1 (2025-12-09)
+++ v2 (2026-01-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -292,85 +292,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>12/09/2025</w:t>
+                  <w:t>01/27/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 09.12.2025 08:18 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 27.01.2026 16:10 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>