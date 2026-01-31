--- v0 (2025-11-29)
+++ v1 (2026-01-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -195,170 +195,170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Primärrecht der Europäischen Union </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:tgtFrame="_self" w:tooltip="Grabitz" w:history="1">
-        <w:bookmarkStart w:id="0" w:name="opus_211737"/>
+        <w:bookmarkStart w:id="0" w:name="opus_218391"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Grabitz/​Hilf/​Nettesheim, Das Recht der Europäischen Union</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
-      <w:hyperlink r:id="rId7" w:anchor="opus_detail_211737" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId7" w:anchor="opus_detail_218391" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="Grabitz" w:history="1">
         <w:bookmarkStart w:id="1" w:name="opus_23158"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Grabitz/​Hilf, Das Recht der Europäischen Union (Oktober 2009)</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
       <w:hyperlink r:id="rId9" w:anchor="opus_detail_23158" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="Groeben" w:history="1">
-        <w:bookmarkStart w:id="2" w:name="opus_73766"/>
+        <w:bookmarkStart w:id="2" w:name="opus_220494"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Groeben, von der/​Schwarze/​Hatje, Europäisches Unionsrecht</w:t>
+          <w:t>Groeben, von der/​Schwarze/​Hatje/​Terhechte, Europäisches Unionsrecht</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="2"/>
-      <w:hyperlink r:id="rId11" w:anchor="opus_detail_73766" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId11" w:anchor="opus_detail_220494" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="Calliess" w:history="1">
         <w:bookmarkStart w:id="3" w:name="opus_154393"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -790,107 +790,85 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId32" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
         <w:bookmarkStart w:id="13" w:name="opus_217410"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ludwigs, Handbuch des EU-Wirtschaftsrechts</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="13"/>
       <w:hyperlink r:id="rId33" w:anchor="opus_detail_217410" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId34" w:tgtFrame="_self" w:tooltip="KHN" w:history="1">
-        <w:bookmarkStart w:id="14" w:name="opus_211751"/>
+        <w:bookmarkStart w:id="14" w:name="opus_218248"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Krenzler/​Herrmann/​Niestedt, EU-Außenwirtschafts- und Zollrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="14"/>
-      <w:hyperlink r:id="rId35" w:anchor="opus_detail_211751" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId35" w:anchor="opus_detail_218248" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1765,85 +1743,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>11/29/2025</w:t>
+                  <w:t>01/31/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 29.11.2025 19:15 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 31.01.2026 10:24 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -6129,64 +6107,50 @@
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivopusline">
     <w:name w:val="bo_center_div_opusline"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-highlight">
     <w:name w:val="bo-badge-highlight"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="C8000A"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:bdr w:val="single" w:sz="6" w:space="0" w:color="C8000A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
     <w:name w:val="div_DetailledContentView"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="8" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
@@ -6427,51 +6391,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5758?opusTitle=Groeben" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14155?opusTitle=Calliess" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9120?opusTitle=Streinz" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14644?opusTitle=Bergmann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20445?opusTitle=Oppermann" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13226?opusTitle=JarassCharta" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14681?opusTitle=Karpenstein%2fMayer%2c+EMRK" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20943?opusTitle=Meyer%2fH%c3%b6lscheidt%2c+EU-Grundrechtecharta" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17909?opusTitle=MeyerEMRK" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13000?opusTitle=Grabenwarter%2fPabel" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19684?opusTitle=Karpenstein" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22161?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21620?opusTitle=KHN" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5342?opusTitle=Mestm%c3%a4cker" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21907?opusTitle=Bartosch" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2149?opusTitle=Heidenhain" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17680?opusTitle=Liebscher" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21107" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18321?opusTitle=EuArbRK" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5224?opusTitle=EuZA" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19?opusTitle=EuZW" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8110?opusTitle=EuZW-Sonderausgabe" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4864?opusTitle=EuZW-Beilage" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5713?opusTitle=EuCML" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4750?opusTitle=euvr" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21619?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/671?opusTitle=EuR" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2223?opusTitle=Za%c3%b6RV" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8695?opusTitle=NLMR" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/15558?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=EU-Recht&amp;opusTitle=Normen+EU-Recht" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/22279?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Europarecht%20auch%20aus%20NJW,%20NVwZ%20und%20BeckRS&amp;query=spubtyp0:ent+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20des%20EuGH,%20EuG%20und%20EuG&#246;D&amp;query=spubtyp0:%22ent%22%20AND%20spub0:%22BeckEuRS%22&amp;rbSort=date&amp;opusTitle=BeckEuRS" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs%C3%A4tze%20zum%20Europarecht%20auch%20aus%20NJW%20und%20NVwZ&amp;query=spubtyp0:aufs+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2103?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22479?opusTitle=Groeben" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14155?opusTitle=Calliess" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9120?opusTitle=Streinz" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14644?opusTitle=Bergmann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20445?opusTitle=Oppermann" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13226?opusTitle=JarassCharta" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14681?opusTitle=Karpenstein%2fMayer%2c+EMRK" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20943?opusTitle=Meyer%2fH%c3%b6lscheidt%2c+EU-Grundrechtecharta" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17909?opusTitle=MeyerEMRK" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13000?opusTitle=Grabenwarter%2fPabel" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19684?opusTitle=Karpenstein" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22161?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22246?opusTitle=KHN" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5342?opusTitle=Mestm%c3%a4cker" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21907?opusTitle=Bartosch" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2149?opusTitle=Heidenhain" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17680?opusTitle=Liebscher" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21107" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18321?opusTitle=EuArbRK" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5224?opusTitle=EuZA" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19?opusTitle=EuZW" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8110?opusTitle=EuZW-Sonderausgabe" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4864?opusTitle=EuZW-Beilage" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5713?opusTitle=EuCML" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4750?opusTitle=euvr" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22265?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/671?opusTitle=EuR" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2223?opusTitle=Za%c3%b6RV" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8695?opusTitle=NLMR" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/15558?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=EU-Recht&amp;opusTitle=Normen+EU-Recht" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/22279?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Europarecht%20auch%20aus%20NJW,%20NVwZ%20und%20BeckRS&amp;query=spubtyp0:ent+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20des%20EuGH,%20EuG%20und%20EuG&#246;D&amp;query=spubtyp0:%22ent%22%20AND%20spub0:%22BeckEuRS%22&amp;rbSort=date&amp;opusTitle=BeckEuRS" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs%C3%A4tze%20zum%20Europarecht%20auch%20aus%20NJW%20und%20NVwZ&amp;query=spubtyp0:aufs+AND+preismodul:(BOEUROP+OR+BOEUHERP)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2103?opusTitle=Grabitz" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>