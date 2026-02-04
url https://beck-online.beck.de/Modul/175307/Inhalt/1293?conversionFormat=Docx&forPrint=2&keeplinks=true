--- v0 (2025-11-09)
+++ v1 (2026-02-04)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -224,64 +224,64 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Becker/​Kingreen, SGB V</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
       <w:hyperlink r:id="rId9" w:anchor="opus_detail_206190" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="BeckOK HWG" w:history="1">
-        <w:bookmarkStart w:id="2" w:name="opus_211251"/>
+        <w:bookmarkStart w:id="2" w:name="opus_211252"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>BeckOK HWG, Doepner/​Reese</w:t>
+          <w:t>BeckOK HWG, Reese</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="2"/>
-      <w:hyperlink r:id="rId11" w:anchor="opus_detail_211251" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId11" w:anchor="opus_detail_211252" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="Cyran/Rotta" w:history="1">
         <w:bookmarkStart w:id="3" w:name="opus_206532"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -704,72 +704,50 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId38" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
         <w:bookmarkStart w:id="16" w:name="opus_175271"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ludwigs, EU-Wirtschaftsrecht (Auszug Arzneimittelrecht)</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="16"/>
       <w:hyperlink r:id="rId39" w:anchor="opus_detail_175271" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="Meier/von Czettritz/Gabriel/Kaufmann" w:history="1">
         <w:bookmarkStart w:id="17" w:name="opus_175282"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
@@ -982,72 +960,50 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId54" w:tgtFrame="_self" w:tooltip="Weber/Kornprobst/Maier/Dietsch,BtMG" w:history="1">
         <w:bookmarkStart w:id="24" w:name="opus_209056"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Weber/​Kornprobst/​Maier/​Dietsch, Betäubungsmittelgesetz: BtMG</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="24"/>
       <w:hyperlink r:id="rId55" w:anchor="opus_detail_209056" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
@@ -1164,281 +1120,313 @@
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId60" w:tgtFrame="_self" w:tooltip="PharmR" w:history="1">
         <w:bookmarkStart w:id="27" w:name="opus_175291"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Pharma Recht - Fachzeitschrift für das gesamte Arzneimittelrecht, ab 2000</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="27"/>
       <w:hyperlink r:id="rId61" w:anchor="opus_detail_175291" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId62" w:tgtFrame="_self" w:tooltip="MPJ" w:history="1">
+        <w:bookmarkStart w:id="28" w:name="opus_222577"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Medizinprodukte Journal - Magazin für Wissenschaft und Praxis, Recht und Regulatory Affairs, ab 2020</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="28"/>
+      <w:hyperlink r:id="rId63" w:anchor="opus_detail_222577" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Fachdienst</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId62" w:tgtFrame="_self" w:tooltip="FD-MedizinR" w:history="1">
-        <w:bookmarkStart w:id="28" w:name="opus_175293"/>
+      <w:hyperlink r:id="rId64" w:tgtFrame="_self" w:tooltip="FD-MedizinR" w:history="1">
+        <w:bookmarkStart w:id="29" w:name="opus_175293"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Medizinrecht</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Neu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="28"/>
-      <w:hyperlink r:id="rId63" w:anchor="opus_detail_175293" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:hyperlink r:id="rId65" w:anchor="opus_detail_175293" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Rechtsprechung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId64" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="29" w:name="opus_175295"/>
+      <w:hyperlink r:id="rId66" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="30" w:name="opus_175295"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rechtsprechung zum Pharmarecht auch aus NJW, NVwZ, GRUR, NStZ und BeckRS, etc.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="29"/>
-      <w:hyperlink r:id="rId65" w:anchor="opus_detail_175295" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:hyperlink r:id="rId67" w:anchor="opus_detail_175295" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Normen zum Pharmarecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId66" w:tgtFrame="_self" w:tooltip="Pharmarecht Normen" w:history="1">
-        <w:bookmarkStart w:id="30" w:name="opus_175298"/>
+      <w:hyperlink r:id="rId68" w:tgtFrame="_self" w:tooltip="Pharmarecht Normen" w:history="1">
+        <w:bookmarkStart w:id="31" w:name="opus_175298"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Normen zum Pharmarecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="30"/>
-      <w:hyperlink r:id="rId67" w:anchor="opus_detail_175298" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:hyperlink r:id="rId69" w:anchor="opus_detail_175298" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId68" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
-        <w:bookmarkStart w:id="31" w:name="opus_175299"/>
+      <w:hyperlink r:id="rId70" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
+        <w:bookmarkStart w:id="32" w:name="opus_175299"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wichtigste Normen (rechtsgebietsübergreifend)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="31"/>
-      <w:hyperlink r:id="rId69" w:anchor="opus_detail_175299" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:hyperlink r:id="rId71" w:anchor="opus_detail_175299" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Module benachbarter Rechtsgebiete</w:t>
@@ -1465,100 +1453,100 @@
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Die Grenzen zwischen Arzneimitteln und Medizinprodukten, Nahrungsergänzungs- und Lebensmitteln sind häufig fließend, daher könnten folgende Module ebenfalls interessant sein:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId70" w:history="1">
+      <w:hyperlink r:id="rId72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Medizin- und Gesundheitsrecht PREMIUM</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>An der Schnittstelle zwischen Medizin und Recht bietet dieses interdiszplinäre Modul Antworten auf rechtliche Fragen im Berufsalltag von Ärzten und Krankenhäusern sowie in der Kanzleipraxis von auf dem Gebiet tätigen Rechtsanwälten.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId71" w:history="1">
+      <w:hyperlink r:id="rId73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>MedR PLUS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
@@ -1572,85 +1560,85 @@
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>die Zeitschrift Medizinrecht des Springer-Verlages mit dem Kooperationsmodul MedR PLUS hinzuabonnieren.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId72" w:history="1">
+      <w:hyperlink r:id="rId74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Lebensmittelrecht PLUS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="anyCharacter"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Erhebt ein Medikament Heilanspruch oder entfaltet es lediglich aufgrund seiner Zusammensetzung eine lindernde Wirkung, ohne der Zulassung zu bedürfen? Ist das Produkt ein Nahrungsergänzungsmittel, Lebensmittel oder schon ein Arzneimittel? Dieses Modul ist die ideale Ergänzung zum Pharmarecht PLUS für alle, die genau diese Fragen beschäftigen.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId73"/>
-      <w:footerReference w:type="default" r:id="rId74"/>
+      <w:headerReference w:type="default" r:id="rId75"/>
+      <w:footerReference w:type="default" r:id="rId76"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -1689,85 +1677,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>11/09/2025</w:t>
+                  <w:t>02/04/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 09.11.2025 14:55 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 04.02.2026 04:29 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -5353,51 +5341,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20727?opusTitle=BeckOK+HWG" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20777?opusTitle=Cyran%2fRotta" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15114?opusTitle=DienersCompliance" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1349?opusTitle=Dieners%2fReese" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17683?opusTitle=Eckstein" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13013?opusTitle=FuhrmannAMR" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21836?opusTitle=Gr%c3%b6ning%2fMand%2fReinhart%2c" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19956?opusTitle=Haedicke" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21855?opusTitle=H%c3%bcgel%2fJunge%2fWinkler" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9838?opusTitle=Kieser%2fWesser%2fSaalfrank" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20764?opusTitle=Kloesel%2fCyran" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14929?opusTitle=K%c3%bcgel" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19818?opusTitle=Lehner%2fNolte%2fPutzke" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21032?opusTitle=Schorn" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14625?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16890?opusTitle=Meier%2fvon+Czettritz%2fGabriel%2fKaufmann" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14085?opusTitle=M%c3%bcKoStGB" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19695?opusTitle=Patzak%2fFabricius+BtMG" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12223?opusTitle=Rehmann" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17799?opusTitle=Rehmann" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17065?opusTitle=Saliger%2fTsambikakis+MedStrafR-HdB" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17399?opusTitle=Spickhoff%2fHandorn" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21320?opusTitle=Weber%2fKornprobst%2fMaier%2fDietsch%2cBtMG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13584?opusTitle=Stief%2fBromm" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3351?opusTitle=A%26R" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7731?opusTitle=Anhalt%2fDieners" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1351?opusTitle=PharmR" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7333?opusTitle=FD-MedizinR" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum Pharmarecht auch aus NJW, NVwZ, GRUR, NStZ und BeckRS, etc.&amp;query=spubtyp0:ent+AND+(domain:NJW+OR+domain:NVwZ+OR+domain:GRUR+OR+domain:NStZ+domain:BeckRS)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/175298?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Normen%20zum%20Pharmarecht" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/175299?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/77049/Medizin--und-Gesundheitsrecht-PREMIUM" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://beck-online.beck.de/?modart=142&amp;modid=484" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://beck-online.beck.de/?modid=409" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20783?opusTitle=Becker" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21553?opusTitle=BeckOK+HWG" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20777?opusTitle=Cyran%2fRotta" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15114?opusTitle=DienersCompliance" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1349?opusTitle=Dieners%2fReese" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17683?opusTitle=Eckstein" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13013?opusTitle=FuhrmannAMR" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21836?opusTitle=Gr%c3%b6ning%2fMand%2fReinhart%2c" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19956?opusTitle=Haedicke" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21855?opusTitle=H%c3%bcgel%2fJunge%2fWinkler" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9838?opusTitle=Kieser%2fWesser%2fSaalfrank" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20764?opusTitle=Kloesel%2fCyran" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14929?opusTitle=K%c3%bcgel" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19818?opusTitle=Lehner%2fNolte%2fPutzke" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21032?opusTitle=Schorn" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14625?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16890?opusTitle=Meier%2fvon+Czettritz%2fGabriel%2fKaufmann" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14085?opusTitle=M%c3%bcKoStGB" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19695?opusTitle=Patzak%2fFabricius+BtMG" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12223?opusTitle=Rehmann" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17799?opusTitle=Rehmann" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17065?opusTitle=Saliger%2fTsambikakis+MedStrafR-HdB" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17399?opusTitle=Spickhoff%2fHandorn" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21320?opusTitle=Weber%2fKornprobst%2fMaier%2fDietsch%2cBtMG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13584?opusTitle=Stief%2fBromm" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3351?opusTitle=A%26R" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7731?opusTitle=Anhalt%2fDieners" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1351?opusTitle=PharmR" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17353?opusTitle=MPJ" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7333?opusTitle=FD-MedizinR" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum Pharmarecht auch aus NJW, NVwZ, GRUR, NStZ und BeckRS, etc.&amp;query=spubtyp0:ent+AND+(domain:NJW+OR+domain:NVwZ+OR+domain:GRUR+OR+domain:NStZ+domain:BeckRS)&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/175298?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Normen%20zum%20Pharmarecht" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/175299?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/77049/Medizin--und-Gesundheitsrecht-PREMIUM" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://beck-online.beck.de/?modart=142&amp;modid=484" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://beck-online.beck.de/?modid=409" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20783?opusTitle=Becker" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>