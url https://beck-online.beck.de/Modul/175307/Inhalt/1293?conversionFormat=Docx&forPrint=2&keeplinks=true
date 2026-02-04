--- v1 (2026-02-04)
+++ v2 (2026-02-04)
@@ -1711,51 +1711,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 04.02.2026 04:29 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 04.02.2026 06:14 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>