--- v2 (2026-02-04)
+++ v3 (2026-02-04)
@@ -1711,51 +1711,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 04.02.2026 06:14 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 04.02.2026 10:50 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>