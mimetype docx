--- v0 (2025-10-04)
+++ v1 (2025-12-04)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -410,146 +410,146 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kreutziger/​Schaffner/​Stephany, BewG</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="6"/>
       <w:hyperlink r:id="rId19" w:anchor="opus_detail_202356" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="Leingärtner" w:history="1">
-        <w:bookmarkStart w:id="7" w:name="opus_215264"/>
+        <w:bookmarkStart w:id="7" w:name="opus_218245"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Leingärtner, Besteuerung der Landwirte</w:t>
-        </w:r>
-[...62 lines deleted...]
-          <w:t>Pahlke, GrEStG</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Neuauflage</w:t>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="7"/>
+      <w:hyperlink r:id="rId21" w:anchor="opus_detail_218245" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId22" w:tgtFrame="_self" w:tooltip="Meincke/Hannes/Holtz" w:history="1">
+        <w:bookmarkStart w:id="8" w:name="opus_214445"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Meincke/​Hannes/​Holtz, Erbschaftsteuer- und Schenkungsteuergesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="8"/>
+      <w:hyperlink r:id="rId23" w:anchor="opus_detail_214445" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="Pahlke" w:history="1">
+        <w:bookmarkStart w:id="9" w:name="opus_215487"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Pahlke, GrEStG</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="9"/>
       <w:hyperlink r:id="rId25" w:anchor="opus_detail_215487" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="LSchmidt" w:history="1">
         <w:bookmarkStart w:id="10" w:name="opus_208355"/>
         <w:r>
           <w:rPr>
@@ -2072,229 +2072,261 @@
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Veranlagung 2020</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="48"/>
       <w:hyperlink r:id="rId103" w:anchor="opus_detail_171093" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId104" w:tgtFrame="_self" w:tooltip="VZ 2023" w:history="1">
-[...9 lines deleted...]
-          <w:t>Veranlagung 2023</w:t>
+      <w:hyperlink r:id="rId104" w:tgtFrame="_self" w:tooltip="VZ 2024" w:history="1">
+        <w:bookmarkStart w:id="49" w:name="opus_218164"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="49"/>
-      <w:hyperlink r:id="rId105" w:anchor="opus_detail_197279" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId105" w:anchor="opus_detail_218164" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId106" w:tgtFrame="_self" w:tooltip="VZ 2022" w:history="1">
-[...9 lines deleted...]
-          <w:t>Veranlagung 2022</w:t>
+      <w:hyperlink r:id="rId106" w:tgtFrame="_self" w:tooltip="VZ 2023" w:history="1">
+        <w:bookmarkStart w:id="50" w:name="opus_197279"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2023</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="50"/>
-      <w:hyperlink r:id="rId107" w:anchor="opus_detail_181630" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId107" w:anchor="opus_detail_197279" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId108" w:tgtFrame="_self" w:tooltip="VZ 2021" w:history="1">
-        <w:bookmarkStart w:id="51" w:name="opus_171094"/>
+      <w:hyperlink r:id="rId108" w:tgtFrame="_self" w:tooltip="VZ 2022" w:history="1">
+        <w:bookmarkStart w:id="51" w:name="opus_181630"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2022</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="51"/>
+      <w:hyperlink r:id="rId109" w:anchor="opus_detail_181630" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId110" w:tgtFrame="_self" w:tooltip="VZ 2021" w:history="1">
+        <w:bookmarkStart w:id="52" w:name="opus_171094"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Veranlagung 2021</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="51"/>
-      <w:hyperlink r:id="rId109" w:anchor="opus_detail_171094" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:hyperlink r:id="rId111" w:anchor="opus_detail_171094" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Verwaltung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId110" w:tgtFrame="_self" w:tooltip="Steuerrichtlinien" w:history="1">
-        <w:bookmarkStart w:id="52" w:name="opus_171095"/>
+      <w:hyperlink r:id="rId112" w:tgtFrame="_self" w:tooltip="Steuerrichtlinien" w:history="1">
+        <w:bookmarkStart w:id="53" w:name="opus_171095"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Steuerrichtlinien</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="52"/>
-      <w:hyperlink r:id="rId111" w:anchor="opus_detail_171095" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:hyperlink r:id="rId113" w:anchor="opus_detail_171095" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId112" w:tgtFrame="_self" w:tooltip="BeckVerw" w:history="1">
-        <w:bookmarkStart w:id="53" w:name="opus_171096"/>
+      <w:hyperlink r:id="rId114" w:tgtFrame="_self" w:tooltip="BeckVerw" w:history="1">
+        <w:bookmarkStart w:id="54" w:name="opus_171096"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Steuererlasse</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="53"/>
-      <w:hyperlink r:id="rId113" w:anchor="opus_detail_171096" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:hyperlink r:id="rId115" w:anchor="opus_detail_171096" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId114"/>
-      <w:footerReference w:type="default" r:id="rId115"/>
+      <w:headerReference w:type="default" r:id="rId116"/>
+      <w:footerReference w:type="default" r:id="rId117"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -2333,85 +2365,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/04/2025</w:t>
+                  <w:t>12/04/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 04.10.2025 12:53 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 04.12.2025 09:17 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -4294,82 +4326,88 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icon">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icona">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon_a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-indicatoriconwrapper">
     <w:name w:val="toolleiste_toolleiste-indicatoriconwrapper"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="main">
     <w:name w:val="main"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapper">
     <w:name w:val="div_bo_contentwrapper"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftbohideleftcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboleft">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_left"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftborder">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftalink">
     <w:name w:val="bo_left_a_link"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkdiv">
     <w:name w:val="beck-tabs_beck-tabs-link_div"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linki">
     <w:name w:val="beck-tabs_beck-tabs-link_i"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkbeck-tabs-info">
-    <w:name w:val="beck-tabs_beck-tabs-link_beck-tabs-info"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="divboshowleftcontentbeck-tabsbeck-tabs-linkspanbeck-tabs-info">
+    <w:name w:val="div_bo_show_left_content_beck-tabs_beck-tabs-link_span_beck-tabs-info"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidget">
     <w:name w:val="div_mvcWidget"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidgetkastenTitle">
     <w:name w:val="div_mvcWidget &gt; kastenTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="345" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -4760,53 +4798,59 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boindent">
     <w:name w:val="bo_indent"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivColumnRight">
     <w:name w:val="bo_center_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:right w:val="none" w:sz="0" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="out-of-viewport">
     <w:name w:val="out-of-viewport"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightbohiderightcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboright">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_right"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightborder">
     <w:name w:val="bo_contentwrapper_bo_right &gt; bo_right_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_right &gt; bo_right_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreeting">
     <w:name w:val="div_ipgreeting"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreetingdivloginheader">
     <w:name w:val="div_ipgreeting_div_loginheader"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
@@ -4903,51 +4947,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14991?opusTitle=D&#252;sing%2fMartinez" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2019" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2020" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2023" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2022" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2021" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171095?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Richtlinien&amp;opusTitle=Steuerrichtlinien" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Verwaltungsanweisungen&amp;query=spubtyp0:%22verwan%22&amp;opusTitle=287_opus_Name&amp;Addfilter=staxrechtsgebiet0:SteuR&amp;opusTitle=BeckVerw" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19969?opusTitle=R&#252;ttinger" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20633?opusTitle=Grziwotz" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21753?opusTitle=Felsmann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20659?opusTitle=Kreutziger" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21975?opusTitle=Leing&#228;rtner" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21861?opusTitle=Meincke%2fHannes%2fHoltz" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22005?opusTitle=Pahlke" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21259?opusTitle=LSchmidt" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;PAGENR=1&amp;top=par&amp;WORDS=anhverf&amp;TXTGERICHT=BFH%2C BVerfG%2C EuGH&amp;CHKANHVERF=on&amp;RBSORT=Date&amp;opusTitle=BeckVerf" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Entscheidungen&amp;query=spubtyp0:%22ent%22" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171054?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Normen zum Agrarrecht" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171058?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Einkommensteuer" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171063?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Lohnsteuer&amp;opusTitle=Lohnsteuer" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171062?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=K&#246;rperschaftsteuer%2C Umwandlungssteuer%2C Kapitalerh&#246;hung" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171061?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Gewerbesteuer%2C Grundsteuer" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171064?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Umsatzsteuer%2C Z&#246;lle" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171059?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Erbschaftsteuer%2C Bewertung%2C Grunderwerbsteuer%2C Verm&#246;gensteuer%2C Sonstige Verkehr-%2FVerbrauchsteuern" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171065?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Verfahrensrecht %28AO%2C FGO%2C Gemeinn&#252;tzigkeitsrecht%29" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171056?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Berufs- und Haftungsrecht" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171060?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=F&#246;rderungsgesetze%2C Sonstiges Steuerrecht %28Kirchensteuern%29" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171067?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=DBA%2C Internationales Steuerrecht" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171069?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Bilanzrecht%2C Internationale Rechnungslegungsstandards" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171071?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Wirtschaftsgesetze" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171072?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste Normen %28rechtsgebiets&#252;bergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Steuerrecht&amp;query=(staxrechtsgebiet0:%22SteuR%22 AND werk-id:becklink)&amp;rbSort=Date" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17732?opusTitle=AgrB" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171073?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2000.htm" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171074?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2001.htm" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171075?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2002.htm" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171076?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2003.htm" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171077?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2004.htm" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171078?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2005.htm" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171079?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2006.htm" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171080?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2007.htm" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171081?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2008.htm" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21503?opusTitle=Bunjes" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171082?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2009.htm" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171083?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2010.htm" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171084?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2011.htm" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171085?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2012.htm" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171086?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2013.htm" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171087?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2014.htm" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171088?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2015.htm" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171089?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2016.htm" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171090?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2017.htm" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171091?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2018.htm" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14991?opusTitle=D%c3%bcsing%2fMartinez" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2019" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2020" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2024" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2023" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2022" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2021" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171095?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Richtlinien&amp;opusTitle=Steuerrichtlinien" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Verwaltungsanweisungen&amp;query=spubtyp0:%22verwan%22&amp;opusTitle=287_opus_Name&amp;Addfilter=staxrechtsgebiet0:SteuR&amp;opusTitle=BeckVerw" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19969?opusTitle=R%c3%bcttinger" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20633?opusTitle=Grziwotz" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21753?opusTitle=Felsmann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20659?opusTitle=Kreutziger" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22245?opusTitle=Leing%c3%a4rtner" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21861?opusTitle=Meincke%2fHannes%2fHoltz" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22005?opusTitle=Pahlke" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21259?opusTitle=LSchmidt" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;PAGENR=1&amp;top=par&amp;WORDS=anhverf&amp;TXTGERICHT=BFH%2C%20BVerfG%2C%20EuGH&amp;CHKANHVERF=on&amp;RBSORT=Date&amp;opusTitle=BeckVerf" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Entscheidungen&amp;query=spubtyp0:%22ent%22" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171054?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Normen%20zum%20Agrarrecht" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171058?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Einkommensteuer" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171063?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Lohnsteuer&amp;opusTitle=Lohnsteuer" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171062?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=K%C3%B6rperschaftsteuer%2C%20Umwandlungssteuer%2C%20Kapitalerh%C3%B6hung" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171061?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Gewerbesteuer%2C%20Grundsteuer" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171064?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Umsatzsteuer%2C%20Z%C3%B6lle" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171059?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Erbschaftsteuer%2C%20Bewertung%2C%20Grunderwerbsteuer%2C%20Verm%C3%B6gensteuer%2C%20Sonstige%20Verkehr-%2FVerbrauchsteuern" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171065?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Verfahrensrecht%20%28AO%2C%20FGO%2C%20Gemeinn%C3%BCtzigkeitsrecht%29" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171056?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Berufs-%20und%20Haftungsrecht" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171060?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=F%C3%B6rderungsgesetze%2C%20Sonstiges%20Steuerrecht%20%28Kirchensteuern%29" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171067?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=DBA%2C%20Internationales%20Steuerrecht" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171069?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Bilanzrecht%2C%20Internationale%20Rechnungslegungsstandards" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171071?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Wirtschaftsgesetze" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171072?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Steuerrecht&amp;query=(staxrechtsgebiet0:%22SteuR%22 AND werk-id:becklink)&amp;rbSort=Date" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17732?opusTitle=AgrB" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171073?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2000.htm" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171074?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2001.htm" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171075?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2002.htm" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171076?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2003.htm" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171077?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2004.htm" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171078?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2005.htm" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171079?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2006.htm" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171080?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2007.htm" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171081?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2008.htm" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21503?opusTitle=Bunjes" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171082?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2009.htm" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171083?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2010.htm" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171084?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2011.htm" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171085?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2012.htm" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171086?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2013.htm" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171087?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2014.htm" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171088?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2015.htm" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171089?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2016.htm" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171090?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2017.htm" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/171091?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2018.htm" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5212,28 +5256,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul Steuern und Landwirtschaft HLBS | C.H.Beck - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>