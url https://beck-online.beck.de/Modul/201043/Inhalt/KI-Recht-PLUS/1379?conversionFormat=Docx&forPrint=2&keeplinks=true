--- v0 (2025-10-09)
+++ v1 (2025-12-01)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -159,737 +159,845 @@
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Kommentare</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId6" w:tgtFrame="_self" w:tooltip="Martini" w:history="1">
-        <w:bookmarkStart w:id="0" w:name="opus_203104"/>
+      <w:hyperlink r:id="rId6" w:tgtFrame="_self" w:tooltip="BeckOK KI-Recht" w:history="1">
+        <w:bookmarkStart w:id="0" w:name="opus_212233"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK KI-Recht, Schefzig/​Kilian</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="0"/>
+      <w:hyperlink r:id="rId7" w:anchor="opus_detail_212233" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="Bomhard/Pieper/Wende, KI-VO" w:history="1">
+        <w:bookmarkStart w:id="1" w:name="opus_215929"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Bomhard/​Pieper/​Wende, KI-VO</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="1"/>
+      <w:hyperlink r:id="rId9" w:anchor="opus_detail_215929" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="divbocontentwrapperbocenterdivbokastenrahmenp"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="bocenterdivboopusspanopusinvorbereitung"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="808080"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Heinze/​Steinrötter/​Zerdick, KI-Verordnung</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="bo-badge-vorbereitung"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>IN VORBEREITUNG</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="opus_detail_203105" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:tgtFrame="_self" w:tooltip="Martini" w:history="1">
+        <w:bookmarkStart w:id="2" w:name="opus_203104"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Martini/​Wendehorst, KI-VO</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="0"/>
-      <w:hyperlink r:id="rId7" w:anchor="opus_detail_203104" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:hyperlink r:id="rId12" w:anchor="opus_detail_203104" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="divbocontentwrapperbocenterdivbokastenrahmenp"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bocenterdivboopusspanopusinvorbereitung"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="808080"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
-        <w:t>Heinze/​Steinrötter/​Zerdick, KI-Verordnung</w:t>
+        <w:t>Reusch/​Chibanguza, KI-VO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bo-badge-vorbereitung"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>IN VORBEREITUNG</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:anchor="opus_detail_203105" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
-[...77 lines deleted...]
-      <w:hyperlink r:id="rId11" w:anchor="opus_detail_212233" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId13" w:anchor="opus_detail_203106" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Handbücher</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="Chibanguza/Kuß/Steege" w:history="1">
-        <w:bookmarkStart w:id="2" w:name="opus_203108"/>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="Chibanguza/Kuß/Steege" w:history="1">
+        <w:bookmarkStart w:id="3" w:name="opus_203108"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Chibanguza/​Kuß/​Steege, Künstliche Intelligenz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="2"/>
-      <w:hyperlink r:id="rId13" w:anchor="opus_detail_203108" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:hyperlink r:id="rId15" w:anchor="opus_detail_203108" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="divbocontentwrapperbocenterdivbokastenrahmenp"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bocenterdivboopusspanopusinvorbereitung"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="808080"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Ebers/​Heinze/​Krügel/​Steinrötter, Künstliche Intelligenz und Robotik</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bo-badge-vorbereitung"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>IN VORBEREITUNG</w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:anchor="opus_detail_203109" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId16" w:anchor="opus_detail_203109" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:tgtFrame="_self" w:tooltip="Hoeren/Pinelli" w:history="1">
-        <w:bookmarkStart w:id="3" w:name="opus_203110"/>
+      <w:hyperlink r:id="rId17" w:tgtFrame="_self" w:tooltip="Hilgendorf" w:history="1">
+        <w:bookmarkStart w:id="4" w:name="opus_217849"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Hilgendorf/​Roth-Isigkeit, Die neue Verordnung der EU zur Künstlichen Intelligenz</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neuauflage</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="4"/>
+      <w:hyperlink r:id="rId18" w:anchor="opus_detail_217849" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:tgtFrame="_self" w:tooltip="Hoeren/Pinelli" w:history="1">
+        <w:bookmarkStart w:id="5" w:name="opus_203110"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Hoeren/​Pinelli, Künstliche Intelligenz - Ethik und Recht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="3"/>
-      <w:hyperlink r:id="rId16" w:anchor="opus_detail_203110" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:hyperlink r:id="rId20" w:anchor="opus_detail_203110" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="divbocontentwrapperbocenterdivbokastenrahmenp"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bocenterdivboopusspanopusinvorbereitung"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="808080"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Kaulartz/​Merkle, Rechtshandbuch Künstliche Intelligenz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bo-badge-vorbereitung"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>IN VORBEREITUNG</w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:anchor="opus_detail_203334" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId21" w:anchor="opus_detail_203334" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:tgtFrame="_self" w:tooltip="Kment/Borchert" w:history="1">
-        <w:bookmarkStart w:id="4" w:name="opus_203111"/>
+      <w:hyperlink r:id="rId22" w:tgtFrame="_self" w:tooltip="Kment/Borchert" w:history="1">
+        <w:bookmarkStart w:id="6" w:name="opus_203111"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kment/​Borchert, Künstliche Intelligenz und Algorithmen in der Rechtsanwendung</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="4"/>
-      <w:hyperlink r:id="rId19" w:anchor="opus_detail_203111" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:hyperlink r:id="rId23" w:anchor="opus_detail_203111" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="Schmidt/Hübener" w:history="1">
-        <w:bookmarkStart w:id="5" w:name="opus_214664"/>
+      <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="Schmidt/Hübener" w:history="1">
+        <w:bookmarkStart w:id="7" w:name="opus_214664"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wendt/​Wendt, Das neue Recht der Künstlichen Intelligenz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="5"/>
-      <w:hyperlink r:id="rId21" w:anchor="opus_detail_214664" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:hyperlink r:id="rId25" w:anchor="opus_detail_214664" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="divbocontentwrapperbocenterdivbokastenrahmenp"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bocenterdivboopusspanopusinvorbereitung"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="808080"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Wendt/​Wendt, New Artificial Intelligence Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bo-badge-vorbereitung"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>IN VORBEREITUNG</w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:anchor="opus_detail_203333" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId26" w:anchor="opus_detail_203333" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Zeitschrift</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId23" w:tgtFrame="_self" w:tooltip="KIR" w:history="1">
-        <w:bookmarkStart w:id="6" w:name="opus_201051"/>
+      <w:hyperlink r:id="rId27" w:tgtFrame="_self" w:tooltip="KIR" w:history="1">
+        <w:bookmarkStart w:id="8" w:name="opus_201051"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>KIR - Künstliche Intelligenz und Recht, ab 2024</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="6"/>
-      <w:hyperlink r:id="rId24" w:anchor="opus_detail_201051" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:hyperlink r:id="rId28" w:anchor="opus_detail_201051" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Aufsätze und Rechtsprechung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:tgtFrame="_self" w:tooltip="Aufsätze (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="7" w:name="opus_201048"/>
+      <w:hyperlink r:id="rId29" w:tgtFrame="_self" w:tooltip="Aufsätze (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="9" w:name="opus_201048"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aufsätze zum KI-Recht aus diversen Zeitschriften</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="7"/>
-      <w:hyperlink r:id="rId26" w:anchor="opus_detail_201048" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:hyperlink r:id="rId30" w:anchor="opus_detail_201048" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="8" w:name="opus_201049"/>
+      <w:hyperlink r:id="rId31" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="10" w:name="opus_201049"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rechtsprechung zum KI-Recht aus BeckRS und diversen Zeitschriften</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="8"/>
-      <w:hyperlink r:id="rId28" w:anchor="opus_detail_201049" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:hyperlink r:id="rId32" w:anchor="opus_detail_201049" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Normen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId29" w:tgtFrame="_self" w:tooltip="Multimediarecht Texte" w:history="1">
-        <w:bookmarkStart w:id="9" w:name="opus_201029"/>
+      <w:hyperlink r:id="rId33" w:tgtFrame="_self" w:tooltip="Multimediarecht Texte" w:history="1">
+        <w:bookmarkStart w:id="11" w:name="opus_201029"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Normen zum Multimediarecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="9"/>
-      <w:hyperlink r:id="rId30" w:anchor="opus_detail_201029" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:hyperlink r:id="rId34" w:anchor="opus_detail_201029" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId31" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
-        <w:bookmarkStart w:id="10" w:name="opus_201030"/>
+      <w:hyperlink r:id="rId35" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
+        <w:bookmarkStart w:id="12" w:name="opus_201030"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wichtigste Normen (rechtsgebietsübergreifend)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="10"/>
-      <w:hyperlink r:id="rId32" w:anchor="opus_detail_201030" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:hyperlink r:id="rId36" w:anchor="opus_detail_201030" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -924,113 +1032,113 @@
         </w:rPr>
         <w:t>Folgende Fachmodule könnten Sie auch interessieren:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="any"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1320" w:right="570" w:hanging="198"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Datenwirtschaftsrecht PLUS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="any"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="450" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1320" w:right="570" w:hanging="198"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>IT-Recht PLUS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>PREMIUM</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId36"/>
-      <w:footerReference w:type="default" r:id="rId37"/>
+      <w:headerReference w:type="default" r:id="rId40"/>
+      <w:footerReference w:type="default" r:id="rId41"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -1069,85 +1177,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/10/2025</w:t>
+                  <w:t>12/01/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 09.10.2025 22:26 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 01.12.2025 13:51 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -2080,50 +2188,187 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="00000008"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000008"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="00000009"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000009"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -2236,50 +2481,53 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
   </w:rsids>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
@@ -3170,82 +3418,88 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icon">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icona">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon_a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-indicatoriconwrapper">
     <w:name w:val="toolleiste_toolleiste-indicatoriconwrapper"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="main">
     <w:name w:val="main"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapper">
     <w:name w:val="div_bo_contentwrapper"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftbohideleftcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboleft">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_left"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftborder">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftalink">
     <w:name w:val="bo_left_a_link"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkdiv">
     <w:name w:val="beck-tabs_beck-tabs-link_div"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linki">
     <w:name w:val="beck-tabs_beck-tabs-link_i"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkbeck-tabs-info">
-    <w:name w:val="beck-tabs_beck-tabs-link_beck-tabs-info"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="divboshowleftcontentbeck-tabsbeck-tabs-linkspanbeck-tabs-info">
+    <w:name w:val="div_bo_show_left_content_beck-tabs_beck-tabs-link_span_beck-tabs-info"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidget">
     <w:name w:val="div_mvcWidget"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidgetkastenTitle">
     <w:name w:val="div_mvcWidget &gt; kastenTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="345" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -3461,50 +3715,64 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltboopus">
     <w:name w:val="bo_center_bo_modul_inhalt_bo_opus"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="15" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterArrowMiddleColumnTop">
     <w:name w:val="bo_center_ArrowMiddleColumnTop"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivopusline">
     <w:name w:val="bo_center_div_opusline"/>
     <w:basedOn w:val="Normal"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
+    <w:name w:val="bo-badge"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="C8000A"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bocenterdivboopusspanopusinvorbereitung">
     <w:name w:val="bo_center_div_bo_opus_span_opus_in_vorbereitung"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-vorbereitung">
     <w:name w:val="bo-badge-vorbereitung"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:bdr w:val="single" w:sz="6" w:space="0" w:color="797979"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E4E4D9"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
@@ -3588,53 +3856,59 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="nosee">
     <w:name w:val="nosee"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivColumnRight">
     <w:name w:val="bo_center_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:right w:val="none" w:sz="0" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="out-of-viewport">
     <w:name w:val="out-of-viewport"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightbohiderightcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboright">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_right"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightborder">
     <w:name w:val="bo_contentwrapper_bo_right &gt; bo_right_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_right &gt; bo_right_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreeting">
     <w:name w:val="div_ipgreeting"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreetingdivloginheader">
     <w:name w:val="div_ipgreeting_div_loginheader"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
@@ -3731,51 +4005,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21667?opusTitle=BeckOK+KI-Recht" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14886?opusTitle=Chibanguza%2fKu&#223;%2fSteege" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20597?opusTitle=Hoeren%2fPinelli" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20596?opusTitle=Kment%2fBorchert" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21888?opusTitle=Schmidt%2fH&#252;bener" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20421?opusTitle=KIR" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze zum KI-Recht  aus diversen Zeitschriften&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOKIRP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum KI-Recht  aus BeckRS und diversen Zeitschriften&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOKIRP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/201029?cat=coll&amp;xml=gesetze%2Ftmmr&amp;coll=Multimediarecht" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/201030?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste Normen %28rechtsgebiets&#252;bergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/193367/Inhalt/1354" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/29140/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/87329" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20595?opusTitle=Martini" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20595?opusTitle=Martini" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14886?opusTitle=Chibanguza%2fKu%c3%9f%2fSteege" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21851?opusTitle=Hilgendorf" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20597?opusTitle=Hoeren%2fPinelli" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20596?opusTitle=Kment%2fBorchert" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21888?opusTitle=Schmidt%2fH%c3%bcbener" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20421?opusTitle=KIR" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20KI-Recht%20%20aus%20diversen%20Zeitschriften&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOKIRP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20KI-Recht%20%20aus%20BeckRS%20und%20diversen%20Zeitschriften&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOKIRP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/201029?cat=coll&amp;xml=gesetze%2Ftmmr&amp;coll=Multimediarecht" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/201030?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/193367/Inhalt/1354" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/29140/" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/87329" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21667?opusTitle=BeckOK+KI-Recht" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22053" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4040,28 +4314,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul KI-Recht PLUS - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>