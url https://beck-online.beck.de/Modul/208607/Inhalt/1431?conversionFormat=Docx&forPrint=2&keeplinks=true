--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -511,371 +511,349 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="7"/>
       <w:hyperlink r:id="rId21" w:anchor="opus_detail_208549" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId22" w:tgtFrame="_self" w:tooltip="Möllers" w:history="1">
-        <w:bookmarkStart w:id="8" w:name="opus_208550"/>
+        <w:bookmarkStart w:id="8" w:name="opus_212943"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Möllers, Wörterbuch der Polizei</w:t>
+          <w:t>Möllers/​Heid, Wörterbuch Polizei- und Sicherheitsrecht</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="8"/>
-      <w:hyperlink r:id="rId23" w:anchor="opus_detail_208550" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId23" w:anchor="opus_detail_212943" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Polizeirecht der Länder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="BeckOK PolR Brandenburg" w:history="1">
-        <w:bookmarkStart w:id="9" w:name="opus_210448"/>
+        <w:bookmarkStart w:id="9" w:name="opus_216622"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Polizei- und Ordnungsrecht Brandenburg, Möstl/​Fickenscher</w:t>
-        </w:r>
-[...62 lines deleted...]
-          <w:t>BeckOK Polizei- und Ordnungsrecht Niedersachsen, Möstl/​Weiner</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="11"/>
-      <w:hyperlink r:id="rId29" w:anchor="opus_detail_215866" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:hyperlink r:id="rId25" w:anchor="opus_detail_216622" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
+      <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="BeckOK PolR Hessen" w:history="1">
+        <w:bookmarkStart w:id="10" w:name="opus_215882"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK Polizei- und Ordnungsrecht Hessen, Möstl/​Bäuerle</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="10"/>
+      <w:hyperlink r:id="rId27" w:anchor="opus_detail_215882" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId28" w:tgtFrame="_self" w:tooltip="BeckOK PolR Nds" w:history="1">
+        <w:bookmarkStart w:id="11" w:name="opus_215866"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK Polizei- und Ordnungsrecht Niedersachsen, Möstl/​Weiner</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="11"/>
+      <w:hyperlink r:id="rId29" w:anchor="opus_detail_215866" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
       <w:hyperlink r:id="rId30" w:tgtFrame="_self" w:tooltip="BeckOK PolR NRW" w:history="1">
         <w:bookmarkStart w:id="12" w:name="opus_212305"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Polizei- und Ordnungsrecht Nordrhein-Westfalen, Möstl/​Kugelmann</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="12"/>
+      <w:hyperlink r:id="rId31" w:anchor="opus_detail_212305" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId32" w:tgtFrame="_self" w:tooltip="BeckOK PolR Bayern" w:history="1">
+        <w:bookmarkStart w:id="13" w:name="opus_216299"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK Polizei- und Sicherheitsrecht Bayern, Möstl/​Schwabenbauer</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="12"/>
-      <w:hyperlink r:id="rId31" w:anchor="opus_detail_212305" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:hyperlink r:id="rId33" w:anchor="opus_detail_216299" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId32" w:tgtFrame="_self" w:tooltip="BeckOK PolR Bayern" w:history="1">
-[...30 lines deleted...]
-      </w:pPr>
       <w:hyperlink r:id="rId34" w:tgtFrame="_self" w:tooltip="BeckOK PolR BW" w:history="1">
         <w:bookmarkStart w:id="14" w:name="opus_212741"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Polizeirecht Baden-Württemberg, Möstl/​Trurnit</w:t>
-        </w:r>
-[...20 lines deleted...]
-          <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="14"/>
       <w:hyperlink r:id="rId35" w:anchor="opus_detail_212741" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId36" w:tgtFrame="_self" w:tooltip="Schmidbauer" w:history="1">
         <w:bookmarkStart w:id="15" w:name="opus_208573"/>
         <w:r>
           <w:rPr>
@@ -1061,498 +1039,498 @@
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Datenschutzrecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:tooltip="Paal/Pauly" w:history="1">
-        <w:bookmarkStart w:id="19" w:name="opus_208579"/>
+        <w:bookmarkStart w:id="19" w:name="opus_219547"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Paal/​Pauly, DS-GVO BDSG</w:t>
-        </w:r>
-[...414 lines deleted...]
-          <w:t>Ludwigs, EU-Wirtschaftsrecht (Auszug RFSR)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Neu</w:t>
+          <w:t>Neuauflage</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="19"/>
+      <w:hyperlink r:id="rId45" w:anchor="opus_detail_219547" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>IT-Recht, Informationsrecht</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="Kipker Cybersecurity" w:history="1">
+        <w:bookmarkStart w:id="20" w:name="opus_208609"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kipker, Cybersecurity</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="20"/>
+      <w:hyperlink r:id="rId47" w:anchor="opus_detail_208609" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId48" w:tgtFrame="_self" w:tooltip="Kipker" w:history="1">
+        <w:bookmarkStart w:id="21" w:name="opus_208611"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kipker/​Reusch/​Ritter, Recht der Informationssicherheit</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="21"/>
+      <w:hyperlink r:id="rId49" w:anchor="opus_detail_208611" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Versammlungsrecht</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId50" w:tgtFrame="_self" w:tooltip="Dürig-Friedl/Enders" w:history="1">
+        <w:bookmarkStart w:id="22" w:name="opus_208582"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Dürig-Friedl/​Enders, Versammlungsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="22"/>
+      <w:hyperlink r:id="rId51" w:anchor="opus_detail_208582" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId52" w:tgtFrame="_self" w:tooltip="Ridder/Breitbach/Deiseroth" w:history="1">
+        <w:bookmarkStart w:id="23" w:name="opus_208584"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Ridder/​Breitbach/​Deiseroth, Versammlungsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="23"/>
+      <w:hyperlink r:id="rId53" w:anchor="opus_detail_208584" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId54" w:tgtFrame="_self" w:tooltip="Peters/Janz" w:history="1">
+        <w:bookmarkStart w:id="24" w:name="opus_210561"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Peters/​Janz, Handbuch Versammlungsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="24"/>
+      <w:hyperlink r:id="rId55" w:anchor="opus_detail_210561" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Pass- und Ausweisrecht</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId56" w:tgtFrame="_self" w:tooltip="Hornung" w:history="1">
+        <w:bookmarkStart w:id="25" w:name="opus_208586"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Hornung/​Möller, Passgesetz - Personalausweisgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="25"/>
+      <w:hyperlink r:id="rId57" w:anchor="opus_detail_208586" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId58" w:tgtFrame="_self" w:tooltip="Beimowski" w:history="1">
+        <w:bookmarkStart w:id="26" w:name="opus_208587"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Beimowski/​Gawron, Passgesetz Personalausweisgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="26"/>
+      <w:hyperlink r:id="rId59" w:anchor="opus_detail_208587" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Weitere Themen</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId60" w:tgtFrame="_self" w:tooltip="Albrecht" w:history="1">
+        <w:bookmarkStart w:id="27" w:name="opus_208590"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Albrecht/​Roggenkamp, Vereinsgesetz: VereinsG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="27"/>
+      <w:hyperlink r:id="rId61" w:anchor="opus_detail_208590" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId62" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
+        <w:bookmarkStart w:id="28" w:name="opus_208591"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Ludwigs, EU-Wirtschaftsrecht (Auszug RFSR)</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="28"/>
       <w:hyperlink r:id="rId63" w:anchor="opus_detail_208591" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId64" w:tgtFrame="_self" w:tooltip="Engelhardt" w:history="1">
         <w:bookmarkStart w:id="29" w:name="opus_210573"/>
         <w:r>
           <w:rPr>
@@ -1983,85 +1961,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>11/05/2025</w:t>
+                  <w:t>12/24/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 05.11.2025 12:27 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 24.12.2025 15:55 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -6693,50 +6671,187 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34">
     <w:nsid w:val="00000023"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000023"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35">
+    <w:nsid w:val="00000024"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000024"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -6930,50 +7045,53 @@
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
   </w:rsids>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
@@ -8447,51 +8565,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17245?opusTitle=DFGH+SicherheitsR-HdB" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21380?opusTitle=Freudenberg" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9495?opusTitle=Schenke" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21546?opusTitle=Kielmansegg" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17905?opusTitle=Barczak+BKAG" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14436?opusTitle=Lisken" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9219?opusTitle=M%c3%b6llers" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21527?opusTitle=BeckOK+PolR+Brandenburg" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21478?opusTitle=BeckOK+PolR+Hessen" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22038?opusTitle=BeckOK+PolR+Nds" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21673?opusTitle=BeckOK+PolR+NRW" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21549?opusTitle=BeckOK+PolR+Bayern" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21737?opusTitle=BeckOK+PolR+BW" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17061?opusTitle=Schmidbauer" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15304?opusTitle=Gade" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12912?opusTitle=Heller" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13761?opusTitle=Steindorf" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13259?opusTitle=Paal%2fPauly" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17324?opusTitle=Kipker+Cybersecurity" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18051?opusTitle=Kipker" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16705?opusTitle=D%c3%bcrig-Friedl%2fEnders" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13427?opusTitle=Ridder%2fBreitbach%2fDeiseroth" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14271?opusTitle=Peters%2fJanz" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5866?opusTitle=Hornung" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8826?opusTitle=Beimowski" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15477?opusTitle=BeckOK+PolR+Bund" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18344?opusTitle=Albrecht" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7108?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20700?opusTitle=Engelhardt" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20465?opusTitle=Galen" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21492?opusTitle=Polizei" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8266?opusTitle=GSZ" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15301?opusTitle=GSZ-SoA" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/208597?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Sicherheits-%20und%20Polizeirecht" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/208598?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20Sicherheits-%20und%20Polizeirecht%20auch%20aus%20NJW,%20NVwZ,%20NVwZ-RR,%20EuZW%20sowie%20BeckRS%2FBeckEuRS&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOSIPOP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12089?opusTitle=D%c3%a4ubler+S%c3%9cG" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Sicherheits-%20und%20Polizeirecht%20auch%20aus%20NJW,%20NVwZ,%20NVwZ-RR,%20EuZW%20sowie%20BeckRS%2FBeckEuRS&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOSIPOP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17245?opusTitle=DFGH+SicherheitsR-HdB" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21380?opusTitle=Freudenberg" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9495?opusTitle=Schenke" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21546?opusTitle=Kielmansegg" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17905?opusTitle=Barczak+BKAG" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14436?opusTitle=Lisken" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21760?opusTitle=M%c3%b6llers" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22094?opusTitle=BeckOK+PolR+Brandenburg" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22042?opusTitle=BeckOK+PolR+Hessen" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22038?opusTitle=BeckOK+PolR+Nds" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21673?opusTitle=BeckOK+PolR+NRW" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22089?opusTitle=BeckOK+PolR+Bayern" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21737?opusTitle=BeckOK+PolR+BW" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17061?opusTitle=Schmidbauer" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15304?opusTitle=Gade" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12912?opusTitle=Heller" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13761?opusTitle=Steindorf" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22374?opusTitle=Paal%2fPauly" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17324?opusTitle=Kipker+Cybersecurity" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18051?opusTitle=Kipker" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16705?opusTitle=D%c3%bcrig-Friedl%2fEnders" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13427?opusTitle=Ridder%2fBreitbach%2fDeiseroth" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14271?opusTitle=Peters%2fJanz" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5866?opusTitle=Hornung" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8826?opusTitle=Beimowski" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15477?opusTitle=BeckOK+PolR+Bund" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18344?opusTitle=Albrecht" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7108?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20700?opusTitle=Engelhardt" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20465?opusTitle=Galen" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21492?opusTitle=Polizei" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8266?opusTitle=GSZ" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15301?opusTitle=GSZ-SoA" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/208597?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Sicherheits-%20und%20Polizeirecht" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/208598?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20Sicherheits-%20und%20Polizeirecht%20auch%20aus%20NJW,%20NVwZ,%20NVwZ-RR,%20EuZW%20sowie%20BeckRS%2FBeckEuRS&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOSIPOP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12089?opusTitle=D%c3%a4ubler+S%c3%9cG" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Sicherheits-%20und%20Polizeirecht%20auch%20aus%20NJW,%20NVwZ,%20NVwZ-RR,%20EuZW%20sowie%20BeckRS%2FBeckEuRS&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOSIPOP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>