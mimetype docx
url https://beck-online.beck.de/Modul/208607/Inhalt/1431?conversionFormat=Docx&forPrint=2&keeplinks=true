--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1995,51 +1995,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 24.12.2025 15:55 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 24.12.2025 18:00 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>