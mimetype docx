--- v0 (2025-11-10)
+++ v1 (2026-01-22)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -256,85 +256,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>11/10/2025</w:t>
+                  <w:t>01/22/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 10.11.2025 12:24 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 22.01.2026 04:01 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>