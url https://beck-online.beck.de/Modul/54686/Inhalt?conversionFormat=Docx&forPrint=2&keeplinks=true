--- v0 (2025-11-10)
+++ v1 (2026-01-09)
@@ -160,128 +160,150 @@
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Kommentare und Handbücher</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:tgtFrame="_self" w:tooltip="BeckOK RVG" w:history="1">
-        <w:bookmarkStart w:id="0" w:name="opus_212865"/>
+        <w:bookmarkStart w:id="0" w:name="opus_216325"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK RVG, v. Seltmann</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
-      <w:hyperlink r:id="rId7" w:anchor="opus_detail_212865" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId7" w:anchor="opus_detail_216325" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="MayerRVG" w:history="1">
         <w:bookmarkStart w:id="1" w:name="opus_212374"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Mayer/​Kroiß, Rechtsanwaltsvergütungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
       <w:hyperlink r:id="rId9" w:anchor="opus_detail_212374" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="BeckOK KostR" w:history="1">
-        <w:bookmarkStart w:id="2" w:name="opus_212803"/>
+        <w:bookmarkStart w:id="2" w:name="opus_217685"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Kostenrecht, Dörndorfer/​Wendtland/​Diehn/​Uhl</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="2"/>
-      <w:hyperlink r:id="rId11" w:anchor="opus_detail_212803" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId11" w:anchor="opus_detail_217685" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="Schneider/Volpert/Fölsch" w:history="1">
         <w:bookmarkStart w:id="3" w:name="opus_155126"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -531,72 +553,50 @@
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="BeckOK Streitwert" w:history="1">
         <w:bookmarkStart w:id="9" w:name="opus_214069"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Streitwert, Mayer</w:t>
-        </w:r>
-[...20 lines deleted...]
-          <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="9"/>
       <w:hyperlink r:id="rId25" w:anchor="opus_detail_214069" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
@@ -893,85 +893,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>11/10/2025</w:t>
+                  <w:t>01/09/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 10.11.2025 16:51 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 09.01.2026 17:30 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -4237,79 +4237,79 @@
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltboopus">
     <w:name w:val="bo_center_bo_modul_inhalt_bo_opus"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="15" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterArrowMiddleColumnTop">
     <w:name w:val="bo_center_ArrowMiddleColumnTop"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivopusline">
     <w:name w:val="bo_center_div_opusline"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
+    <w:name w:val="bo-badge"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="C8000A"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-highlight">
     <w:name w:val="bo-badge-highlight"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="C8000A"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:bdr w:val="single" w:sz="6" w:space="0" w:color="C8000A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
     <w:name w:val="div_DetailledContentView"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="8" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
@@ -4522,51 +4522,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21748?opusTitle=BeckOK+KostR" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14253?opusTitle=Schneider%2fVolpert%2fF%c3%b6lsch" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21745?opusTitle=Bormann" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21911?opusTitle=Enders" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21070?opusTitle=Gottschalk%2fSchneider" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8963?opusTitle=Harbauer" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18058?opusTitle=Lappe%2fSchneider" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21810?opusTitle=BeckOK+Streitwert" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20Kostenrecht%20aus%20weiteren%20Zeitschriften&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOKOSTP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Kostenrecht%20auch%20aus%20BeckRS,%20BeckEuRS%20etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOKOSTP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/49857?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Kostenrecht&amp;opusTitle=Normen+Kostenrecht" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/49858?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/634?opusTitle=FD-RVG" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21754?opusTitle=BeckOK+RVG" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21678?opusTitle=MayerRVG" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22196?opusTitle=BeckOK+KostR" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14253?opusTitle=Schneider%2fVolpert%2fF%c3%b6lsch" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21745?opusTitle=Bormann" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21911?opusTitle=Enders" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21070?opusTitle=Gottschalk%2fSchneider" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8963?opusTitle=Harbauer" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18058?opusTitle=Lappe%2fSchneider" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21810?opusTitle=BeckOK+Streitwert" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20Kostenrecht%20aus%20weiteren%20Zeitschriften&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOKOSTP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Kostenrecht%20auch%20aus%20BeckRS,%20BeckEuRS%20etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOKOSTP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/49857?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Kostenrecht&amp;opusTitle=Normen+Kostenrecht" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/49858?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/634?opusTitle=FD-RVG" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22092?opusTitle=BeckOK+RVG" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21678?opusTitle=MayerRVG" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>