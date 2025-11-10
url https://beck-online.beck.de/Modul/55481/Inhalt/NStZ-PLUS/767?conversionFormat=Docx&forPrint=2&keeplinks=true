--- v0 (2025-11-10)
+++ v1 (2025-11-10)
@@ -418,51 +418,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 10.11.2025 10:37 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 10.11.2025 14:07 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>