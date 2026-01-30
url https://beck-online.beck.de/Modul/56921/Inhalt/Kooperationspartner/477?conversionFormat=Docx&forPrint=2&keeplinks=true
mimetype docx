--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -448,96 +448,96 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Böttcher, Praktische Fragen des Erbbaurechts</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="8"/>
       <w:hyperlink r:id="rId23" w:anchor="opus_detail_211407" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="Brügelmann" w:history="1">
-        <w:bookmarkStart w:id="9" w:name="opus_217133"/>
+        <w:bookmarkStart w:id="9" w:name="opus_220795"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Brügelmann, Baugesetzbuch</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="9"/>
-      <w:hyperlink r:id="rId25" w:anchor="opus_detail_217133" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId25" w:anchor="opus_detail_220795" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="Brünkmans" w:history="1">
-        <w:bookmarkStart w:id="10" w:name="opus_132316"/>
+        <w:bookmarkStart w:id="10" w:name="opus_220545"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Brünkmans/​Thole, Handbuch Insolvenzplan</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="10"/>
-      <w:hyperlink r:id="rId27" w:anchor="opus_detail_132316" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId27" w:anchor="opus_detail_220545" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:tgtFrame="_self" w:tooltip="Burhoff Ermittlungsverfahren" w:history="1">
         <w:bookmarkStart w:id="11" w:name="opus_203609"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -704,1462 +704,1462 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Damrau, Der Minderjährige im Erbrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="16"/>
       <w:hyperlink r:id="rId39" w:anchor="opus_detail_213774" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="Damrau/Tanck" w:history="1">
-        <w:bookmarkStart w:id="17" w:name="opus_126357"/>
+        <w:bookmarkStart w:id="17" w:name="opus_220632"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Damrau/​Tanck, Praxiskommentar Erbrecht</w:t>
-        </w:r>
-[...1374 lines deleted...]
-          <w:t>Jans/​Happe/​Saurbier/​Maas, Kinder- und Jugendhilferecht</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Aktualisiert</w:t>
+          <w:t>Neuauflage</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="17"/>
+      <w:hyperlink r:id="rId41" w:anchor="opus_detail_220632" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId42" w:tgtFrame="_self" w:tooltip="Daragan" w:history="1">
+        <w:bookmarkStart w:id="18" w:name="opus_172441"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Daragan/​Halaczinsky/​Riedel, Praxiskommentar Erbschaftsteuergesetz und Bewertungsgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="18"/>
+      <w:hyperlink r:id="rId43" w:anchor="opus_detail_172441" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:tooltip="DäublerTVG" w:history="1">
+        <w:bookmarkStart w:id="19" w:name="opus_164328"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Däubler, Tarifvertragsgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="19"/>
+      <w:hyperlink r:id="rId45" w:anchor="opus_detail_164328" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="DäublerArbR" w:history="1">
+        <w:bookmarkStart w:id="20" w:name="opus_168038"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Däubler/​Hjort/​Schubert/​Wolmerath, Arbeitsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="20"/>
+      <w:hyperlink r:id="rId47" w:anchor="opus_detail_168038" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId48" w:tgtFrame="_self" w:tooltip="Buchner/Kipker/Reinhardt" w:history="1">
+        <w:bookmarkStart w:id="21" w:name="opus_208959"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Buchner/​Kipker/​Reinhardt, Bremer Datenschutz- und Informationsfreiheitsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="21"/>
+      <w:hyperlink r:id="rId49" w:anchor="opus_detail_208959" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId50" w:tgtFrame="_self" w:tooltip="Debus IZR BW" w:history="1">
+        <w:bookmarkStart w:id="22" w:name="opus_94664"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Debus, Informationszugangsrecht Baden-Württemberg</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="22"/>
+      <w:hyperlink r:id="rId51" w:anchor="opus_detail_94664" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId52" w:tgtFrame="_self" w:tooltip="SWK-BR" w:history="1">
+        <w:bookmarkStart w:id="23" w:name="opus_167159"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Deinert/​Welti/​Luik/​Brockmann, StichwortKommentar Behindertenrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="23"/>
+      <w:hyperlink r:id="rId53" w:anchor="opus_detail_167159" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId54" w:tgtFrame="_self" w:tooltip="Depré" w:history="1">
+        <w:bookmarkStart w:id="24" w:name="opus_194245"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Depré, ZVG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="24"/>
+      <w:hyperlink r:id="rId55" w:anchor="opus_detail_194245" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId56" w:tgtFrame="_self" w:tooltip="Dietz/Bofinger" w:history="1">
+        <w:bookmarkStart w:id="25" w:name="opus_76347"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Dietz/​Bofinger, Krankenhausfinanzierungsgesetz, Bundespflegesatzverordnung und Folgerecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="25"/>
+      <w:hyperlink r:id="rId57" w:anchor="opus_detail_76347" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId58" w:tgtFrame="_self" w:tooltip="DIJuF" w:history="1">
+        <w:bookmarkStart w:id="26" w:name="opus_161385"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DIJuF, Kindesunterhalt im Ausland: Informationen zur Geltendmachung im jeweiligen Land</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="26"/>
+      <w:hyperlink r:id="rId59" w:anchor="opus_detail_161385" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId60" w:tgtFrame="_self" w:tooltip="DIJuF UVGRL" w:history="1">
+        <w:bookmarkStart w:id="27" w:name="opus_197156"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DIJuF, Richtlinien zur Durchführung des Unterhaltsvorschussgesetzes</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="27"/>
+      <w:hyperlink r:id="rId61" w:anchor="opus_detail_197156" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId62" w:tgtFrame="_self" w:tooltip="DIJuF" w:history="1">
+        <w:bookmarkStart w:id="28" w:name="opus_161386"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DIJuF, Themengutachten, DIJuF-Rechtsgutachten</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="28"/>
+      <w:hyperlink r:id="rId63" w:anchor="opus_detail_161386" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId64" w:tgtFrame="_self" w:tooltip="Dochow/Dörfer/Halbe" w:history="1">
+        <w:bookmarkStart w:id="29" w:name="opus_132165"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Dochow/​Dörfer/​Halbe/​Hübner/​Ippach/​Schröder/​Schütz/​Strüve, Datenschutz in der ärztlichen Praxis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="29"/>
+      <w:hyperlink r:id="rId65" w:anchor="opus_detail_132165" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId66" w:tgtFrame="_self" w:tooltip="Doering-Striening" w:history="1">
+        <w:bookmarkStart w:id="30" w:name="opus_194953"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Doering-Striening, Sozialhilferegress bei Erbfall und Schenkung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="30"/>
+      <w:hyperlink r:id="rId67" w:anchor="opus_detail_194953" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId68" w:tgtFrame="_self" w:tooltip="EMRK/GG" w:history="1">
+        <w:bookmarkStart w:id="31" w:name="opus_170116"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Dörr/​Grote/​Marauhn, EMRK/​GG Konkordanzkommentar</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="31"/>
+      <w:hyperlink r:id="rId69" w:anchor="opus_detail_170116" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId70" w:tgtFrame="_self" w:tooltip="Dressel/Baureis" w:history="1">
+        <w:bookmarkStart w:id="32" w:name="opus_200184"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Dressel/​Baureis, Rechtshandbuch Nachhaltiges Planen, Bauen und Betreiben</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="32"/>
+      <w:hyperlink r:id="rId71" w:anchor="opus_detail_200184" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId72" w:tgtFrame="_self" w:tooltip="Drittler" w:history="1">
+        <w:bookmarkStart w:id="33" w:name="opus_149886"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Drittler, Nachträge und Nachtragsprüfung (Stand: 25.01.2021)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="33"/>
+      <w:hyperlink r:id="rId73" w:anchor="opus_detail_149886" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId74" w:tgtFrame="_self" w:tooltip="Düwell MiLoG" w:history="1">
+        <w:bookmarkStart w:id="34" w:name="opus_87009"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Düwell/​Schubert, Mindestlohngesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="34"/>
+      <w:hyperlink r:id="rId75" w:anchor="opus_detail_87009" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId76" w:tgtFrame="_self" w:tooltip="Ehlers, Seeverkehr" w:history="1">
+        <w:bookmarkStart w:id="35" w:name="opus_173280"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Ehlers, Recht des Seeverkehrs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="35"/>
+      <w:hyperlink r:id="rId77" w:anchor="opus_detail_173280" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId78" w:tgtFrame="_self" w:tooltip="Eichmann/Kur, Designrecht" w:history="1">
+        <w:bookmarkStart w:id="36" w:name="opus_78109"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Eichmann/​Kur, Designrecht, 2. Aufl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="36"/>
+      <w:hyperlink r:id="rId79" w:anchor="opus_detail_78109" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId80" w:tgtFrame="_self" w:tooltip="Enzensberger" w:history="1">
+        <w:bookmarkStart w:id="37" w:name="opus_184744"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Enzensberger/​Maar, Testamente für Geschiedene und Patchworkehen</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="37"/>
+      <w:hyperlink r:id="rId81" w:anchor="opus_detail_184744" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId82" w:tgtFrame="_self" w:tooltip="EppingNHG" w:history="1">
+        <w:bookmarkStart w:id="38" w:name="opus_186208"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Epping, Niedersächsisches Hochschulgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="38"/>
+      <w:hyperlink r:id="rId83" w:anchor="opus_detail_186208" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId84" w:tgtFrame="_self" w:tooltip="ErnstSGB" w:history="1">
+        <w:bookmarkStart w:id="39" w:name="opus_215885"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Ernst/​Baur/​Jäger-Kuhlmann, Sozialgesetzbuch IX</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="39"/>
+      <w:hyperlink r:id="rId85" w:anchor="opus_detail_215885" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId86" w:tgtFrame="_self" w:tooltip="Fichte/Plagemann" w:history="1">
+        <w:bookmarkStart w:id="40" w:name="opus_85039"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Fichte/​Plagemann, Sozialverwaltungsverfahrensrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="40"/>
+      <w:hyperlink r:id="rId87" w:anchor="opus_detail_85039" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId88" w:tgtFrame="_self" w:tooltip="Fickert" w:history="1">
+        <w:bookmarkStart w:id="41" w:name="opus_184796"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Fickert/​Fieseler, Baunutzungsverordnung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="41"/>
+      <w:hyperlink r:id="rId89" w:anchor="opus_detail_184796" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId90" w:tgtFrame="_self" w:tooltip="Fritz/Schmittmann" w:history="1">
+        <w:bookmarkStart w:id="42" w:name="opus_182790"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Fritz/​Schmittmann, SanInsKG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="42"/>
+      <w:hyperlink r:id="rId91" w:anchor="opus_detail_182790" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId92" w:tgtFrame="_self" w:tooltip="Fuchs/Cornelissen" w:history="1">
+        <w:bookmarkStart w:id="43" w:name="opus_84879"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Fuchs/​Cornelissen, EU Social Security Law</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="43"/>
+      <w:hyperlink r:id="rId93" w:anchor="opus_detail_84879" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId94" w:tgtFrame="_self" w:tooltip="FuhrmannAMR" w:history="1">
+        <w:bookmarkStart w:id="44" w:name="opus_136805"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Fuhrmann/​Klein/​Fleischfresser, Arzneimittelrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="44"/>
+      <w:hyperlink r:id="rId95" w:anchor="opus_detail_136805" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId96" w:tgtFrame="_self" w:tooltip="Geipel Beweiswürdigung" w:history="1">
+        <w:bookmarkStart w:id="45" w:name="opus_87589"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Geipel, Handbuch der Beweiswürdigung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="45"/>
+      <w:hyperlink r:id="rId97" w:anchor="opus_detail_87589" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId98" w:tgtFrame="_self" w:tooltip="Graf-Schlicker" w:history="1">
+        <w:bookmarkStart w:id="46" w:name="opus_157171"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Graf-Schlicker, InsO</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="46"/>
+      <w:hyperlink r:id="rId99" w:anchor="opus_detail_157171" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId100" w:tgtFrame="_self" w:tooltip="SWK-ArbR" w:history="1">
+        <w:bookmarkStart w:id="47" w:name="opus_220645"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Grobys/​Panzer-Heemeier, StichwortKommentar Arbeitsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="47"/>
+      <w:hyperlink r:id="rId101" w:anchor="opus_detail_220645" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId102" w:tgtFrame="_self" w:tooltip="Grziwotz" w:history="1">
+        <w:bookmarkStart w:id="48" w:name="opus_174959"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Grziwotz, MaBV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="48"/>
+      <w:hyperlink r:id="rId103" w:anchor="opus_detail_174959" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId104" w:tgtFrame="_self" w:tooltip="Habersack GmbHG" w:history="1">
+        <w:bookmarkStart w:id="49" w:name="opus_207972"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Habersack/​Casper/​Löbbe, GmbHG Großkommentar, Bd. 1 §§ 1–28</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="49"/>
+      <w:hyperlink r:id="rId105" w:anchor="opus_detail_207972" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId106" w:tgtFrame="_self" w:tooltip="Habersack GmbHG" w:history="1">
+        <w:bookmarkStart w:id="50" w:name="opus_136658"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Habersack/​Casper/​Löbbe, GmbHG Großkommentar, Bd. 2 §§ 29–52</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="50"/>
+      <w:hyperlink r:id="rId107" w:anchor="opus_detail_136658" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId108" w:tgtFrame="_self" w:tooltip="Halaczinsky" w:history="1">
+        <w:bookmarkStart w:id="51" w:name="opus_194116"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Halaczinsky, Die Erbschaft- und Schenkungsteuererklärung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="51"/>
+      <w:hyperlink r:id="rId109" w:anchor="opus_detail_194116" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId110" w:tgtFrame="_self" w:tooltip="Hänlein/Schuler" w:history="1">
+        <w:bookmarkStart w:id="52" w:name="opus_167208"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Hänlein/​Schuler, SGB V - Gesetzliche Krankenversicherung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="52"/>
+      <w:hyperlink r:id="rId111" w:anchor="opus_detail_167208" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId112" w:tgtFrame="_self" w:tooltip="Haug" w:history="1">
+        <w:bookmarkStart w:id="53" w:name="opus_117585"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Haug, Verfassung des Landes Baden-Württemberg</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="53"/>
+      <w:hyperlink r:id="rId113" w:anchor="opus_detail_117585" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId114" w:tgtFrame="_self" w:tooltip="Heinz, SGB III" w:history="1">
+        <w:bookmarkStart w:id="54" w:name="opus_145117"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Heinz/​Schmidt-De Caluwe/​Scholz, SGB III - Arbeitsförderung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="54"/>
+      <w:hyperlink r:id="rId115" w:anchor="opus_detail_145117" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId116" w:tgtFrame="_self" w:tooltip="Hoffmann, Personensorge" w:history="1">
+        <w:bookmarkStart w:id="55" w:name="opus_204595"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Hoffmann, Personensorge</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="55"/>
+      <w:hyperlink r:id="rId117" w:anchor="opus_detail_204595" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId118" w:tgtFrame="_self" w:tooltip="Horn AnwForm Vorsorgevollmachten" w:history="1">
+        <w:bookmarkStart w:id="56" w:name="opus_194967"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Horn, Anwaltformulare Vorsorgevollmachten</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="56"/>
+      <w:hyperlink r:id="rId119" w:anchor="opus_detail_194967" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId120" w:tgtFrame="_self" w:tooltip="HümmerichArbR" w:history="1">
+        <w:bookmarkStart w:id="57" w:name="opus_169772"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Hümmerich/​Lücke/​Mauer, Arbeitsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="57"/>
+      <w:hyperlink r:id="rId121" w:anchor="opus_detail_169772" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId122" w:tgtFrame="_self" w:tooltip="IBRMat" w:history="1">
+        <w:bookmarkStart w:id="58" w:name="opus_24986"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>IBR Materialien</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="58"/>
+      <w:hyperlink r:id="rId123" w:anchor="opus_detail_24986" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId124" w:tgtFrame="_self" w:tooltip="IBRMuster" w:history="1">
+        <w:bookmarkStart w:id="59" w:name="opus_24987"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>IBR Mustertexte</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="59"/>
+      <w:hyperlink r:id="rId125" w:anchor="opus_detail_24987" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId126" w:tgtFrame="_self" w:tooltip="Jans" w:history="1">
+        <w:bookmarkStart w:id="60" w:name="opus_219204"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Jans/​Happe/​Saurbier/​Maas, Kinder- und Jugendhilferecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="60"/>
-      <w:hyperlink r:id="rId127" w:anchor="opus_detail_215917" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId127" w:anchor="opus_detail_219204" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId128" w:tgtFrame="_self" w:tooltip="Kemper/Schreiber" w:history="1">
         <w:bookmarkStart w:id="61" w:name="opus_73144"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2230,756 +2230,756 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kimmich/​Bach, VOB für Bauleiter (Stand: 2021)</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="63"/>
       <w:hyperlink r:id="rId133" w:anchor="opus_detail_164894" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId134" w:tgtFrame="_self" w:tooltip="KniffkaBauV" w:history="1">
-        <w:bookmarkStart w:id="64" w:name="opus_212797"/>
-[...8 lines deleted...]
-          <w:t>Kniffka/​Jurgeleit, ibr-online-Kommentar Bauvertragsrecht (Stand: 07.02.2025)</w:t>
+        <w:bookmarkStart w:id="64" w:name="opus_220590"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kniffka/​Jurgeleit, ibr-online-Kommentar Bauvertragsrecht (Stand: 18.09.2025)</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="64"/>
-      <w:hyperlink r:id="rId135" w:anchor="opus_detail_212797" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId135" w:anchor="opus_detail_220590" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId136" w:tgtFrame="_self" w:tooltip="KPB" w:history="1">
-        <w:bookmarkStart w:id="65" w:name="opus_217418"/>
+        <w:bookmarkStart w:id="65" w:name="opus_220793"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>KPB, Kommentar zur Insolvenzordnung</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="65"/>
-      <w:hyperlink r:id="rId137" w:anchor="opus_detail_217418" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId137" w:anchor="opus_detail_220793" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId138" w:tgtFrame="_self" w:tooltip="KrugErbrecht" w:history="1">
         <w:bookmarkStart w:id="66" w:name="opus_179088"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Krug/​Rudolf/​Kroiß/​Bittler, Anwaltformulare Erbrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="66"/>
       <w:hyperlink r:id="rId139" w:anchor="opus_detail_179088" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId140" w:tgtFrame="_self" w:tooltip="Krüger/Hertel, Der Grundstückskauf" w:history="1">
-        <w:bookmarkStart w:id="67" w:name="opus_174956"/>
+        <w:bookmarkStart w:id="67" w:name="opus_222760"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Krüger/​Hertel, Der Grundstückskauf</w:t>
-        </w:r>
-[...574 lines deleted...]
-          <w:t>Niewerth/​Rybarz, Kauf und Verkauf von Gewerbeimmobilien</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Neuauflage</w:t>
         </w:r>
       </w:hyperlink>
+      <w:bookmarkEnd w:id="67"/>
+      <w:hyperlink r:id="rId141" w:anchor="opus_detail_222760" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId142" w:tgtFrame="_self" w:tooltip="Krumm" w:history="1">
+        <w:bookmarkStart w:id="68" w:name="opus_159553"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Krumm, Fahrverbot in Bußgeldsachen</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="68"/>
+      <w:hyperlink r:id="rId143" w:anchor="opus_detail_159553" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId144" w:tgtFrame="_self" w:tooltip="HRI I" w:history="1">
+        <w:bookmarkStart w:id="69" w:name="opus_179642"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kübler/​Bork/​Prütting, HRI I - Handbuch Restrukturierung vor der Insolvenz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="69"/>
+      <w:hyperlink r:id="rId145" w:anchor="opus_detail_179642" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId146" w:tgtFrame="_self" w:tooltip="KüblerHRI II" w:history="1">
+        <w:bookmarkStart w:id="70" w:name="opus_179640"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kübler/​Bork/​Prütting, HRI II - Handbuch Restrukturierung in der Insolvenz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="70"/>
+      <w:hyperlink r:id="rId147" w:anchor="opus_detail_179640" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId148" w:tgtFrame="_self" w:tooltip="Lauterbach" w:history="1">
+        <w:bookmarkStart w:id="71" w:name="opus_220798"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Lauterbach, Unfallversicherung - SGB VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="71"/>
+      <w:hyperlink r:id="rId149" w:anchor="opus_detail_220798" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId150" w:tgtFrame="_self" w:tooltip="Lehner/Nolte/Putzke" w:history="1">
+        <w:bookmarkStart w:id="72" w:name="opus_194372"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Lehner/​Nolte/​Putzke, Anti-Doping-Gesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="72"/>
+      <w:hyperlink r:id="rId151" w:anchor="opus_detail_194372" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId152" w:tgtFrame="_self" w:tooltip="Leitner/Rosenau" w:history="1">
+        <w:bookmarkStart w:id="73" w:name="opus_167140"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Leitner/​Rosenau, Wirtschafts- und Steuerstrafrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="73"/>
+      <w:hyperlink r:id="rId153" w:anchor="opus_detail_167140" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId154" w:tgtFrame="_self" w:tooltip="Mankowski, Commercial Law" w:history="1">
+        <w:bookmarkStart w:id="74" w:name="opus_194097"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Mankowski, Commercial Law</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="74"/>
+      <w:hyperlink r:id="rId155" w:anchor="opus_detail_194097" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId156" w:tgtFrame="_self" w:tooltip="Mayer Pflichtteil" w:history="1">
+        <w:bookmarkStart w:id="75" w:name="opus_201255"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Mayer/​Süß/​Riedel/​Bittler, Handbuch Pflichtteilsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="75"/>
+      <w:hyperlink r:id="rId157" w:anchor="opus_detail_201255" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId158" w:tgtFrame="_self" w:tooltip="Meier" w:history="1">
+        <w:bookmarkStart w:id="76" w:name="opus_39091"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Meier, Bauversicherungsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="76"/>
+      <w:hyperlink r:id="rId159" w:anchor="opus_detail_39091" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId160" w:tgtFrame="_self" w:tooltip="Mergler/Zink" w:history="1">
+        <w:bookmarkStart w:id="77" w:name="opus_222589"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Mergler/​Zink, Handbuch der Grundsicherung und Sozialhilfe, Teil I, SGB II</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="77"/>
+      <w:hyperlink r:id="rId161" w:anchor="opus_detail_222589" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId162" w:tgtFrame="_self" w:tooltip="MerglerSGBXII" w:history="1">
+        <w:bookmarkStart w:id="78" w:name="opus_219219"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Mergler/​Zink, Handbuch der Grundsicherung und Sozialhilfe, Teil II, SGB XII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="78"/>
+      <w:hyperlink r:id="rId163" w:anchor="opus_detail_219219" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId164" w:tgtFrame="_self" w:tooltip="Meysen/Beckmann" w:history="1">
+        <w:bookmarkStart w:id="79" w:name="opus_62361"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Meysen/​Beckmann, Rechtsanspruch U3: Förderung in Kita und Kindertagespflege</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="79"/>
+      <w:hyperlink r:id="rId165" w:anchor="opus_detail_62361" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId166" w:tgtFrame="_self" w:tooltip="Meysen/Beckmann/Reiß/Schindler" w:history="1">
+        <w:bookmarkStart w:id="80" w:name="opus_62527"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Meysen/​Beckmann/​Reiß/​Schindler, Recht der Finanzierung von Leistungen der Kinder- und Jugendhilfe</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="80"/>
+      <w:hyperlink r:id="rId167" w:anchor="opus_detail_62527" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId168" w:tgtFrame="_self" w:tooltip="Minoggio Unternehmensverteidigung" w:history="1">
+        <w:bookmarkStart w:id="81" w:name="opus_83261"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Minoggio, Unternehmensverteidigung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="81"/>
+      <w:hyperlink r:id="rId169" w:anchor="opus_detail_83261" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId170" w:tgtFrame="_self" w:tooltip="Morgen, StaRUG" w:history="1">
+        <w:bookmarkStart w:id="82" w:name="opus_157173"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Morgen, StaRUG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="82"/>
+      <w:hyperlink r:id="rId171" w:anchor="opus_detail_157173" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId172" w:tgtFrame="_self" w:tooltip="Münder/Wiesner/Meysen" w:history="1">
+        <w:bookmarkStart w:id="83" w:name="opus_66457"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Münder/​Wiesner/​Meysen, Kinder- und Jugendhilferecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="83"/>
+      <w:hyperlink r:id="rId173" w:anchor="opus_detail_66457" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId174" w:tgtFrame="_self" w:tooltip="Natter/Gross" w:history="1">
+        <w:bookmarkStart w:id="84" w:name="opus_208963"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Natter/​Gross, Arbeitsgerichtsgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="84"/>
+      <w:hyperlink r:id="rId175" w:anchor="opus_detail_208963" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId176" w:tgtFrame="_self" w:tooltip="Niewerth/Rybarz, Kauf und Verkauf von Gewerbeimmobilien" w:history="1">
+        <w:bookmarkStart w:id="85" w:name="opus_218791"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Niewerth/​Rybarz, Kauf und Verkauf von Gewerbeimmobilien</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:bookmarkEnd w:id="85"/>
       <w:hyperlink r:id="rId177" w:anchor="opus_detail_218791" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId178" w:tgtFrame="_self" w:tooltip="Erbrecht und Banken" w:history="1">
         <w:bookmarkStart w:id="86" w:name="opus_101973"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
@@ -3485,4263 +3485,4379 @@
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId210" w:tgtFrame="_self" w:tooltip="RedekerVwGO" w:history="1">
         <w:bookmarkStart w:id="102" w:name="opus_161916"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Redeker/​von Oertzen, VwGO</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="102"/>
       <w:hyperlink r:id="rId211" w:anchor="opus_detail_161916" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="divbocontentwrapperbocenterdivbokastenrahmenp"/>
-[...60 lines deleted...]
-        <w:bookmarkStart w:id="103" w:name="opus_156016"/>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId212" w:tgtFrame="_self" w:tooltip="Riedel Immobilien" w:history="1">
+        <w:bookmarkStart w:id="103" w:name="opus_194974"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Riedel, Immobilien in der Erbrechtspraxis</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="103"/>
+      <w:hyperlink r:id="rId213" w:anchor="opus_detail_194974" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId214" w:tgtFrame="_self" w:tooltip="Riedel" w:history="1">
+        <w:bookmarkStart w:id="104" w:name="opus_156016"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Riedel, Praxishandbuch Unternehmensnachfolge</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="103"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="104" w:name="opus_205473"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:hyperlink r:id="rId215" w:anchor="opus_detail_156016" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId216" w:tgtFrame="_self" w:tooltip="Rißmann" w:history="1">
+        <w:bookmarkStart w:id="105" w:name="opus_205473"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rißmann, Die Erbengemeinschaft</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="104"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="105" w:name="opus_104186"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:hyperlink r:id="rId217" w:anchor="opus_detail_205473" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId218" w:tgtFrame="_self" w:tooltip="Rompf/Schröder/Willaschek" w:history="1">
+        <w:bookmarkStart w:id="106" w:name="opus_104186"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rompf/​Schröder/​Willaschek, Kommentar zum Bundesmantelvertrag Ärzte</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="105"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="106" w:name="opus_25027"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:hyperlink r:id="rId219" w:anchor="opus_detail_104186" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId220" w:tgtFrame="_self" w:tooltip="Roos" w:history="1">
+        <w:bookmarkStart w:id="107" w:name="opus_25027"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Roos/​Schmitz-Gagnon, Bauleistungsversicherung - Praktikerkommentar zu den ABN / ABU 2008 (Stand: 12.12.2008)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="106"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="107" w:name="opus_72105"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:hyperlink r:id="rId221" w:anchor="opus_detail_25027" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId222" w:tgtFrame="_self" w:tooltip="Rotsch" w:history="1">
+        <w:bookmarkStart w:id="108" w:name="opus_72105"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rotsch, Criminal Compliance</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="107"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="108" w:name="opus_105506"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:hyperlink r:id="rId223" w:anchor="opus_detail_72105" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId224" w:tgtFrame="_self" w:tooltip="Ruby" w:history="1">
+        <w:bookmarkStart w:id="109" w:name="opus_105506"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ruby/​Schindler, Das Behindertentestament</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="108"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="109" w:name="opus_198272"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:hyperlink r:id="rId225" w:anchor="opus_detail_105506" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId226" w:tgtFrame="_self" w:tooltip="Rudolf Vorsorgevollmacht" w:history="1">
+        <w:bookmarkStart w:id="110" w:name="opus_198272"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rudolf/​Bittler/​Roth, Vorsorgevollmacht, Betreuungsverfügung und Patientenverfügung</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="109"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="110" w:name="opus_89059"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:hyperlink r:id="rId227" w:anchor="opus_detail_198272" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId228" w:tgtFrame="_self" w:tooltip="Rudolf Testamentsauslegung" w:history="1">
+        <w:bookmarkStart w:id="111" w:name="opus_89059"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rudolf/​Bittler/​Seiler-Schopp, Handbuch Testamentsauslegung und -anfechtung</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="110"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="111" w:name="opus_171267"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:hyperlink r:id="rId229" w:anchor="opus_detail_89059" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId230" w:tgtFrame="_self" w:tooltip="Saalfrank" w:history="1">
+        <w:bookmarkStart w:id="112" w:name="opus_171267"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Saalfrank, Handbuch des Medizin- und Gesundheitsrechts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="111"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="112" w:name="opus_122387"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:hyperlink r:id="rId231" w:anchor="opus_detail_171267" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId232" w:tgtFrame="_self" w:tooltip="Säcker EnergieR" w:history="1">
+        <w:bookmarkStart w:id="113" w:name="opus_122387"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Säcker, Berliner Kommentar zum Energierecht, Bd. 1: Energiewirtschaftsrecht und Energiesicherungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="112"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="113" w:name="opus_175670"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:hyperlink r:id="rId233" w:anchor="opus_detail_122387" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId234" w:tgtFrame="_self" w:tooltip="Säcker/Körber" w:history="1">
+        <w:bookmarkStart w:id="114" w:name="opus_175670"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Säcker/​Körber, TKG - TTDSG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="113"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="114" w:name="opus_164953"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:hyperlink r:id="rId235" w:anchor="opus_detail_175670" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId236" w:tgtFrame="_self" w:tooltip="Säcker EnergieR" w:history="1">
+        <w:bookmarkStart w:id="115" w:name="opus_164953"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Säcker/​Ludwigs, Berliner Kommentar zum Energierecht, Bd. 3: Energieumwelt- und Energieeffizienzrecht, Energieanlagenrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="114"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="115" w:name="opus_167275"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:hyperlink r:id="rId237" w:anchor="opus_detail_164953" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId238" w:tgtFrame="_self" w:tooltip="Säcker EnergieR" w:history="1">
+        <w:bookmarkStart w:id="116" w:name="opus_167275"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Säcker/​Steffens, Berliner Kommentar zum Energierecht, Bd. 8: EEG - Erneuerbare-Energien-Gesetz 2021, WindSeeG - Windenergie-auf-See-Gesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="115"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="116" w:name="opus_161948"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:hyperlink r:id="rId239" w:anchor="opus_detail_167275" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId240" w:tgtFrame="_self" w:tooltip="Säcker EnergieR" w:history="1">
+        <w:bookmarkStart w:id="117" w:name="opus_161948"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Säcker/​Zwanziger, Berliner Kommentar zum Energierecht, Bd. 6: MsbG - Messstellenbetriebsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="116"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="117" w:name="opus_35566"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:hyperlink r:id="rId241" w:anchor="opus_detail_161948" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId242" w:tgtFrame="_self" w:tooltip="Saenger/Aderhold" w:history="1">
+        <w:bookmarkStart w:id="118" w:name="opus_35566"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Saenger/​Aderhold/​Lenkaitis/​Speckmann, Handels- und Gesellschaftsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="117"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="118" w:name="opus_156420"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:hyperlink r:id="rId243" w:anchor="opus_detail_35566" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId244" w:tgtFrame="_self" w:tooltip="Sander Arzneimittelrecht Kommentar" w:history="1">
+        <w:bookmarkStart w:id="119" w:name="opus_156420"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sander, Arzneimittelrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="118"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="119" w:name="opus_217135"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:hyperlink r:id="rId245" w:anchor="opus_detail_156420" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId246" w:tgtFrame="_self" w:tooltip="SauterLBO" w:history="1">
+        <w:bookmarkStart w:id="120" w:name="opus_220468"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sauter, Landesbauordnung für Baden-Württemberg</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="119"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="120" w:name="opus_79322"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:hyperlink r:id="rId247" w:anchor="opus_detail_220468" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId248" w:tgtFrame="_self" w:tooltip="Schiffer" w:history="1">
+        <w:bookmarkStart w:id="121" w:name="opus_79322"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schiffer, Die Stiftung in der Beraterpraxis</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="120"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="121" w:name="opus_157630"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:hyperlink r:id="rId249" w:anchor="opus_detail_79322" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId250" w:tgtFrame="_self" w:tooltip="SchmitzInsO" w:history="1">
+        <w:bookmarkStart w:id="122" w:name="opus_157630"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schmitz, Die Abwicklung des Bauvertrags in der Insolvenz (Stand: 30.08.2021)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="121"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="122" w:name="opus_107274"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:hyperlink r:id="rId251" w:anchor="opus_detail_157630" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId252" w:tgtFrame="_self" w:tooltip="SchmitzBau" w:history="1">
+        <w:bookmarkStart w:id="123" w:name="opus_107274"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schmitz, Sicherheiten für die Bauvertragsparteien (Stand: 15.05.2018)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="122"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="123" w:name="opus_195970"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:hyperlink r:id="rId253" w:anchor="opus_detail_107274" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId254" w:tgtFrame="_self" w:tooltip="Schröter/Jakob/Klotz/Mederer" w:history="1">
+        <w:bookmarkStart w:id="124" w:name="opus_195970"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schröter/​Jakob/​Klotz/​Mederer, Europäisches Wettbewerbsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="123"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="124" w:name="opus_198254"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:hyperlink r:id="rId255" w:anchor="opus_detail_195970" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId256" w:tgtFrame="_self" w:tooltip="Schulze/Grziwotz/Lauda" w:history="1">
+        <w:bookmarkStart w:id="125" w:name="opus_198254"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schulze/​Grziwotz/​Lauda, Bürgerliches Gesetzbuch - Kommentierte Vertrags- und Prozessformulare</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="124"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="125" w:name="opus_62525"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:hyperlink r:id="rId257" w:anchor="opus_detail_198254" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId258" w:tgtFrame="_self" w:tooltip="Sieber" w:history="1">
+        <w:bookmarkStart w:id="126" w:name="opus_62525"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sieber/​Satzger/​von Heintschel-Heinegg, Europäisches Strafrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="125"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="126" w:name="opus_87586"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:hyperlink r:id="rId259" w:anchor="opus_detail_62525" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId260" w:tgtFrame="_self" w:tooltip="Sommer Korruptionsstrafrecht" w:history="1">
+        <w:bookmarkStart w:id="127" w:name="opus_87586"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sommer/​Schmitz, Praxiswissen Korruptionsstrafrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="126"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="127" w:name="opus_204602"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:hyperlink r:id="rId261" w:anchor="opus_detail_87586" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId262" w:tgtFrame="_self" w:tooltip="Staudinger, FluggastrechteVO" w:history="1">
+        <w:bookmarkStart w:id="128" w:name="opus_204602"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Staudinger/​Keiler, Fluggastrechte-Verordnung</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="127"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="128" w:name="opus_195234"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:hyperlink r:id="rId263" w:anchor="opus_detail_204602" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId264" w:tgtFrame="_self" w:tooltip="Sturmberg" w:history="1">
+        <w:bookmarkStart w:id="129" w:name="opus_195234"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sturmberg, Die Beweissicherung in der anwaltlichen Praxis (Stand: 05.02.2024)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="128"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="129" w:name="opus_203624"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:hyperlink r:id="rId265" w:anchor="opus_detail_195234" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId266" w:tgtFrame="_self" w:tooltip="Süß Erbrecht" w:history="1">
+        <w:bookmarkStart w:id="130" w:name="opus_203624"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Süß, Erbrecht in Europa</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="129"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="130" w:name="opus_150779"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:hyperlink r:id="rId267" w:anchor="opus_detail_203624" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId268" w:tgtFrame="_self" w:tooltip="Süß/Wachter" w:history="1">
+        <w:bookmarkStart w:id="131" w:name="opus_150779"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Süß/​Wachter, Handbuch des internationalen GmbH-Rechts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="130"/>
-[...30 lines deleted...]
-      </w:hyperlink>
       <w:bookmarkEnd w:id="131"/>
-      <w:hyperlink r:id="rId270" w:anchor="opus_detail_159343" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
-[...18 lines deleted...]
-        <w:bookmarkStart w:id="132" w:name="opus_215696"/>
+      <w:hyperlink r:id="rId269" w:anchor="opus_detail_150779" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId270" w:tgtFrame="_self" w:tooltip="Taeger/Gabel" w:history="1">
+        <w:bookmarkStart w:id="132" w:name="opus_218798"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Taeger/​Gabel, DSGVO - BDSG - TDDDG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="132"/>
+      <w:hyperlink r:id="rId271" w:anchor="opus_detail_218798" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId272" w:tgtFrame="_self" w:tooltip="Roglmeier/Sikora/Krug, AnwForm Testamente" w:history="1">
+        <w:bookmarkStart w:id="133" w:name="opus_215696"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Roglmeier/​Sikora/​Krug, Anwaltformulare Testamente</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="132"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="133" w:name="opus_93526"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:hyperlink r:id="rId273" w:anchor="opus_detail_215696" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId274" w:tgtFrame="_self" w:tooltip="Ulrici" w:history="1">
+        <w:bookmarkStart w:id="134" w:name="opus_93526"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ulrici, Arbeitnehmerüberlassungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="133"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="134" w:name="opus_179835"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:hyperlink r:id="rId275" w:anchor="opus_detail_93526" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId276" w:tgtFrame="_self" w:tooltip="Uricher" w:history="1">
+        <w:bookmarkStart w:id="135" w:name="opus_179835"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Uricher, Erbrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="134"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="135" w:name="opus_203799"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:hyperlink r:id="rId277" w:anchor="opus_detail_179835" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId278" w:tgtFrame="_self" w:tooltip="Wellensiek" w:history="1">
+        <w:bookmarkStart w:id="136" w:name="opus_203799"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wellensiek/​Alexander/​Scharfenberg, Die Bauinsolvenz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="135"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="136" w:name="opus_203805"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:hyperlink r:id="rId279" w:anchor="opus_detail_203799" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId280" w:tgtFrame="_self" w:tooltip="Denkhaus" w:history="1">
+        <w:bookmarkStart w:id="137" w:name="opus_203805"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Denkhaus/​Ziegenhagen, Unternehmenskauf in Krise und Insolvenz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="136"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="137" w:name="opus_213961"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:hyperlink r:id="rId281" w:anchor="opus_detail_203805" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId282" w:tgtFrame="_self" w:tooltip="Frind Best Practice" w:history="1">
+        <w:bookmarkStart w:id="138" w:name="opus_213961"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Frind, Best Practice Insolvenz- und Sanierungsverwaltung</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="137"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="138" w:name="opus_203801"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:hyperlink r:id="rId283" w:anchor="opus_detail_213961" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId284" w:tgtFrame="_self" w:tooltip="Roth/Pfeuffer" w:history="1">
+        <w:bookmarkStart w:id="139" w:name="opus_203801"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Roth/​Pfeuffer, Nachlassinsolvenzen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="138"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="139" w:name="opus_203808"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:hyperlink r:id="rId285" w:anchor="opus_detail_203801" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId286" w:tgtFrame="_self" w:tooltip="Wächter" w:history="1">
+        <w:bookmarkStart w:id="140" w:name="opus_203808"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wächter, M&amp;A Litigation - M&amp;A-Recht im Streit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="139"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="140" w:name="opus_203807"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:hyperlink r:id="rId287" w:anchor="opus_detail_203808" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId288" w:tgtFrame="_self" w:tooltip="Holzapfel/Pöllath" w:history="1">
+        <w:bookmarkStart w:id="141" w:name="opus_203807"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Holzapfel/​Pöllath/​Bergjan/​Engelhardt, Unternehmenskauf in Recht und Praxis</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="140"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="141" w:name="opus_203803"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:hyperlink r:id="rId289" w:anchor="opus_detail_203807" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId290" w:tgtFrame="_self" w:tooltip="d'Avoine" w:history="1">
+        <w:bookmarkStart w:id="142" w:name="opus_203803"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>d’Avoine/​Hamacher, Krypto-Assets in Krise und Insolvenz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="141"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="142" w:name="opus_203797"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:hyperlink r:id="rId291" w:anchor="opus_detail_203803" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId292" w:tgtFrame="_self" w:tooltip="Zimmer, Insolvenzbuchhaltung" w:history="1">
+        <w:bookmarkStart w:id="143" w:name="opus_203797"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Zimmer, Insolvenzbuchhaltung</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="142"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="143" w:name="opus_203778"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:hyperlink r:id="rId293" w:anchor="opus_detail_203797" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId294" w:tgtFrame="_self" w:tooltip="Mönning" w:history="1">
+        <w:bookmarkStart w:id="144" w:name="opus_203778"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Mönning, Betriebsfortführung in Restrukturierung und Insolvenz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="143"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="144" w:name="opus_200753"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:hyperlink r:id="rId295" w:anchor="opus_detail_203778" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId296" w:tgtFrame="_self" w:tooltip="Vallender" w:history="1">
+        <w:bookmarkStart w:id="145" w:name="opus_200753"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Vallender, EuInsVO</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="144"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="145" w:name="opus_190336"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:hyperlink r:id="rId297" w:anchor="opus_detail_200753" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId298" w:tgtFrame="_self" w:tooltip="Winheller" w:history="1">
+        <w:bookmarkStart w:id="146" w:name="opus_190336"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Winheller/​Geibel/​Jachmann-Michel, Gesamtes Gemeinnützigkeitsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="145"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="146" w:name="opus_145092"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:hyperlink r:id="rId299" w:anchor="opus_detail_190336" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId300" w:tgtFrame="_self" w:tooltip="Winkler" w:history="1">
+        <w:bookmarkStart w:id="147" w:name="opus_145092"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Winkler, SGB IV - Gemeinsame Vorschriften für die Sozialversicherung</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="146"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="147" w:name="opus_212993"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:hyperlink r:id="rId301" w:anchor="opus_detail_145092" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId302" w:tgtFrame="_self" w:tooltip="Zentes" w:history="1">
+        <w:bookmarkStart w:id="148" w:name="opus_212993"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Zentes/​Glaab, GwG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="147"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="148" w:name="opus_127404"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:hyperlink r:id="rId303" w:anchor="opus_detail_212993" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId304" w:tgtFrame="_self" w:tooltip="Ziekow" w:history="1">
+        <w:bookmarkStart w:id="149" w:name="opus_127404"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ziekow, Verwaltungsverfahrensgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="148"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="149" w:name="opus_155112"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:hyperlink r:id="rId305" w:anchor="opus_detail_127404" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId306" w:tgtFrame="_self" w:tooltip="ZimmerInsVV" w:history="1">
+        <w:bookmarkStart w:id="150" w:name="opus_155112"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Zimmer, InsVV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="149"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="150" w:name="opus_212189"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:hyperlink r:id="rId307" w:anchor="opus_detail_155112" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId308" w:tgtFrame="_self" w:tooltip="Zweng" w:history="1">
+        <w:bookmarkStart w:id="151" w:name="opus_219305"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Zweng/​Scheerer/​Buschmann/​Dörr, Handbuch der Rentenversicherung, Teil II, SGB VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="150"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="151" w:name="opus_216214"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:hyperlink r:id="rId309" w:anchor="opus_detail_219305" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId310" w:tgtFrame="_self" w:tooltip="Gescher" w:history="1">
+        <w:bookmarkStart w:id="152" w:name="opus_216214"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Gescher/​Kalb, Handbuch KAGO-Kommentar</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="151"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="152" w:name="opus_216228"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:hyperlink r:id="rId311" w:anchor="opus_detail_216214" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId312" w:tgtFrame="_self" w:tooltip="MAVO-Kommentar" w:history="1">
+        <w:bookmarkStart w:id="153" w:name="opus_216228"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Handbuch MAVO-Kommentar</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="152"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="153" w:name="opus_217470"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:hyperlink r:id="rId313" w:anchor="opus_detail_216228" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId314" w:tgtFrame="_self" w:tooltip="Omlor/Link, Kryptowährungen und Token" w:history="1">
+        <w:bookmarkStart w:id="154" w:name="opus_217470"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Omlor/​Link, Kryptowährungen und Token</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="153"/>
-      <w:hyperlink r:id="rId314" w:anchor="opus_detail_217470" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:hyperlink r:id="rId315" w:anchor="opus_detail_217470" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Fachdienste</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId315" w:tgtFrame="_self" w:tooltip="FD-SozVR" w:history="1">
-        <w:bookmarkStart w:id="154" w:name="opus_37648"/>
+      <w:hyperlink r:id="rId316" w:tgtFrame="_self" w:tooltip="FD-SozVR" w:history="1">
+        <w:bookmarkStart w:id="155" w:name="opus_37648"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Sozialversicherungsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="154"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="155" w:name="opus_37688"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:hyperlink r:id="rId317" w:anchor="opus_detail_37648" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId318" w:tgtFrame="_self" w:tooltip="FD-ZVR" w:history="1">
+        <w:bookmarkStart w:id="156" w:name="opus_37688"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Zivilverfahrensrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="155"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="156" w:name="opus_25063"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:hyperlink r:id="rId319" w:anchor="opus_detail_37688" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId320" w:tgtFrame="_self" w:tooltip="FD-ArbR" w:history="1">
+        <w:bookmarkStart w:id="157" w:name="opus_25063"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Arbeitsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="156"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="157" w:name="opus_25064"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:hyperlink r:id="rId321" w:anchor="opus_detail_25063" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId322" w:tgtFrame="_self" w:tooltip="FD-DSTR" w:history="1">
+        <w:bookmarkStart w:id="158" w:name="opus_25064"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>DStR-Fachdienst, ab 2009</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="157"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="158" w:name="opus_25065"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:hyperlink r:id="rId323" w:anchor="opus_detail_25064" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId324" w:tgtFrame="_self" w:tooltip="FD-ErbR" w:history="1">
+        <w:bookmarkStart w:id="159" w:name="opus_25065"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Erbrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="158"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="159" w:name="opus_25066"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:hyperlink r:id="rId325" w:anchor="opus_detail_25065" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId326" w:tgtFrame="_self" w:tooltip="FD-FamR" w:history="1">
+        <w:bookmarkStart w:id="160" w:name="opus_25066"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Familienrecht (bis 09/​2009)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="159"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="160" w:name="opus_25067"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:hyperlink r:id="rId327" w:anchor="opus_detail_25066" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId328" w:tgtFrame="_self" w:tooltip="FD-GewRS" w:history="1">
+        <w:bookmarkStart w:id="161" w:name="opus_25067"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Gewerblicher Rechtsschutz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="160"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="161" w:name="opus_25068"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:hyperlink r:id="rId329" w:anchor="opus_detail_25067" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId330" w:tgtFrame="_self" w:tooltip="FD-HGR" w:history="1">
+        <w:bookmarkStart w:id="162" w:name="opus_25068"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Handels- und Gesellschaftsrecht (bis 02/​2009)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="161"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="162" w:name="opus_25069"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:hyperlink r:id="rId331" w:anchor="opus_detail_25068" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId332" w:tgtFrame="_self" w:tooltip="FD-InsR" w:history="1">
+        <w:bookmarkStart w:id="163" w:name="opus_25069"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Insolvenzrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="162"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="163" w:name="opus_25070"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:hyperlink r:id="rId333" w:anchor="opus_detail_25069" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId334" w:tgtFrame="_self" w:tooltip="FD-MA" w:history="1">
+        <w:bookmarkStart w:id="164" w:name="opus_25070"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Mergers &amp; Acquisitions (bis 03/​2009)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="163"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="164" w:name="opus_25071"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:hyperlink r:id="rId335" w:anchor="opus_detail_25070" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId336" w:tgtFrame="_self" w:tooltip="FD-MietR" w:history="1">
+        <w:bookmarkStart w:id="165" w:name="opus_25071"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Miet- und Wohnungseigentumsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="164"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="165" w:name="opus_25072"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:hyperlink r:id="rId337" w:anchor="opus_detail_25071" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId338" w:tgtFrame="_self" w:tooltip="FD-StR" w:history="1">
+        <w:bookmarkStart w:id="166" w:name="opus_25072"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Steuerrecht, bis 2008</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="165"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="166" w:name="opus_25073"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:hyperlink r:id="rId339" w:anchor="opus_detail_25072" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId340" w:tgtFrame="_self" w:tooltip="FD-StrafR" w:history="1">
+        <w:bookmarkStart w:id="167" w:name="opus_25073"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Strafrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="166"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="167" w:name="opus_25074"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:hyperlink r:id="rId341" w:anchor="opus_detail_25073" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId342" w:tgtFrame="_self" w:tooltip="FD-StrVR" w:history="1">
+        <w:bookmarkStart w:id="168" w:name="opus_25074"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Straßenverkehrsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="167"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="168" w:name="opus_25075"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:hyperlink r:id="rId343" w:anchor="opus_detail_25074" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId344" w:tgtFrame="_self" w:tooltip="FD-RVG" w:history="1">
+        <w:bookmarkStart w:id="169" w:name="opus_25075"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Vergütungs- und Berufsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="168"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="169" w:name="opus_25076"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:hyperlink r:id="rId345" w:anchor="opus_detail_25075" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId346" w:tgtFrame="_self" w:tooltip="FD-VersR" w:history="1">
+        <w:bookmarkStart w:id="170" w:name="opus_25076"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachdienst Versicherungsrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="169"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="170" w:name="opus_36849"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:hyperlink r:id="rId347" w:anchor="opus_detail_25076" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId348" w:tgtFrame="_self" w:tooltip="MMR-Aktuell" w:history="1">
+        <w:bookmarkStart w:id="171" w:name="opus_36849"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Newsdienst MMR-Aktuell</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="170"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="171" w:name="opus_35465"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:hyperlink r:id="rId349" w:anchor="opus_detail_36849" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId350" w:tgtFrame="_self" w:tooltip="ZD-Aktuell" w:history="1">
+        <w:bookmarkStart w:id="172" w:name="opus_35465"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Newsdienst ZD-Aktuell</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="171"/>
-      <w:hyperlink r:id="rId350" w:anchor="opus_detail_35465" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:hyperlink r:id="rId351" w:anchor="opus_detail_35465" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Sonstiges</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId351" w:tgtFrame="_self" w:tooltip="IBRRS" w:history="1">
-        <w:bookmarkStart w:id="172" w:name="opus_27659"/>
+      <w:hyperlink r:id="rId352" w:tgtFrame="_self" w:tooltip="IBRRS" w:history="1">
+        <w:bookmarkStart w:id="173" w:name="opus_27659"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>IBRRS - Urteilsvolltexte aus den Schwerpunkten Immobilien- &amp; Baurecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="172"/>
-      <w:hyperlink r:id="rId352" w:anchor="opus_detail_27659" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:hyperlink r:id="rId353" w:anchor="opus_detail_27659" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Zeitschriften</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId353" w:tgtFrame="_self" w:tooltip="AGS" w:history="1">
-        <w:bookmarkStart w:id="173" w:name="opus_165624"/>
+      <w:hyperlink r:id="rId354" w:tgtFrame="_self" w:tooltip="AGS" w:history="1">
+        <w:bookmarkStart w:id="174" w:name="opus_165624"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>AGS - Anwaltsgebühren Spezial, ab 2010</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="173"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="174" w:name="opus_43214"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:hyperlink r:id="rId355" w:anchor="opus_detail_165624" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId356" w:tgtFrame="_self" w:tooltip="A&amp;R" w:history="1">
+        <w:bookmarkStart w:id="175" w:name="opus_43214"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Arzneimittel &amp; Recht - Zeitschrift für Arzneimittelrecht und Arzneimittelpolitik, ab 2010</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="174"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="175" w:name="opus_114318"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:hyperlink r:id="rId357" w:anchor="opus_detail_43214" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId358" w:tgtFrame="_self" w:tooltip="ASAB" w:history="1">
+        <w:bookmarkStart w:id="176" w:name="opus_114318"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ASA Bulletin, ab 2002</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="175"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="176" w:name="opus_132347"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:hyperlink r:id="rId359" w:anchor="opus_detail_114318" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId360" w:tgtFrame="_self" w:tooltip="ASR" w:history="1">
+        <w:bookmarkStart w:id="177" w:name="opus_132347"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ASR - Anwalt /Anwältin im Sozialrecht, ab 2020</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="176"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="177" w:name="opus_25046"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:hyperlink r:id="rId361" w:anchor="opus_detail_132347" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId362" w:tgtFrame="_self" w:tooltip="BB" w:history="1">
+        <w:bookmarkStart w:id="178" w:name="opus_25046"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BB - Betriebs-Berater, ab 1991</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="177"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="178" w:name="opus_90453"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:hyperlink r:id="rId363" w:anchor="opus_detail_25046" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId364" w:tgtFrame="_self" w:tooltip="BB-Bei" w:history="1">
+        <w:bookmarkStart w:id="179" w:name="opus_90453"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BB Beilage</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="178"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="179" w:name="opus_111594"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:hyperlink r:id="rId365" w:anchor="opus_detail_90453" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId366" w:tgtFrame="_self" w:tooltip="BVerfGE" w:history="1">
+        <w:bookmarkStart w:id="180" w:name="opus_111594"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BVerfGE, Bände 1 ff.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="179"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="180" w:name="opus_77353"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:hyperlink r:id="rId367" w:anchor="opus_detail_111594" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId368" w:tgtFrame="_self" w:tooltip="CB" w:history="1">
+        <w:bookmarkStart w:id="181" w:name="opus_77353"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>CB - Compliance-Berater, ab 2013</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="180"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="181" w:name="opus_48516"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:hyperlink r:id="rId369" w:anchor="opus_detail_77353" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId370" w:tgtFrame="_self" w:tooltip="DAR" w:history="1">
+        <w:bookmarkStart w:id="182" w:name="opus_48516"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>DAR - Deutsches Autorecht, ab 2004</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="181"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="182" w:name="opus_58425"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:hyperlink r:id="rId371" w:anchor="opus_detail_48516" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId372" w:tgtFrame="_self" w:tooltip="DAR-Extra" w:history="1">
+        <w:bookmarkStart w:id="183" w:name="opus_58425"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>DAR-Extra - Deutsches Autorecht-Extra, ab 2009</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="182"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="183" w:name="opus_175868"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:hyperlink r:id="rId373" w:anchor="opus_detail_58425" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId374" w:tgtFrame="_self" w:tooltip="JAmt" w:history="1">
+        <w:bookmarkStart w:id="184" w:name="opus_175868"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>DAS JUGENDAMT - Zeitschrift für Jugendhilfe und Familienrecht, ab 2008</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="183"/>
-[...30 lines deleted...]
-      </w:hyperlink>
       <w:bookmarkEnd w:id="184"/>
-      <w:hyperlink r:id="rId376" w:anchor="opus_detail_210189" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
-[...251 lines deleted...]
-          <w:t>INDat Report - Fachmagazin für Restrukturierung, Sanierung und Insolvenz ab 2024</w:t>
+      <w:hyperlink r:id="rId375" w:anchor="opus_detail_175868" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId376" w:tgtFrame="_self" w:tooltip="Juristische Büro" w:history="1">
+        <w:bookmarkStart w:id="185" w:name="opus_210309"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Das juristische Büro - Zeitschrift für Kostenrecht und Zwangsvollstreckung</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Neu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="192"/>
-[...220 lines deleted...]
-          <w:t>Neue Zeitschrift für Wehrrecht - German Military Law Review</w:t>
+      <w:bookmarkEnd w:id="185"/>
+      <w:hyperlink r:id="rId377" w:anchor="opus_detail_210309" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId378" w:tgtFrame="_self" w:tooltip="Polizei" w:history="1">
+        <w:bookmarkStart w:id="186" w:name="opus_210189"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Die Polizei - Unabhängige, interdisziplinäre Fachzeitschrift für öffentliche und private Sicherheit</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Neu</w:t>
         </w:r>
       </w:hyperlink>
+      <w:bookmarkEnd w:id="186"/>
+      <w:hyperlink r:id="rId379" w:anchor="opus_detail_210189" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId380" w:tgtFrame="_self" w:tooltip="DÖV" w:history="1">
+        <w:bookmarkStart w:id="187" w:name="opus_25049"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DÖV - Die Öffentliche Verwaltung, ab 2000</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="187"/>
+      <w:hyperlink r:id="rId381" w:anchor="opus_detail_25049" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId382" w:tgtFrame="_self" w:tooltip="DSRI-Tagungsband" w:history="1">
+        <w:bookmarkStart w:id="188" w:name="opus_41847"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DSRI-Tagungsband, 2010 bis 2024</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="188"/>
+      <w:hyperlink r:id="rId383" w:anchor="opus_detail_41847" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId384" w:tgtFrame="_self" w:tooltip="euvr" w:history="1">
+        <w:bookmarkStart w:id="189" w:name="opus_76082"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>euvr - Zeitschrift für Europäisches Unternehmens- und Verbraucherrecht, 2012 - 2014</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="189"/>
+      <w:hyperlink r:id="rId385" w:anchor="opus_detail_76082" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId386" w:tgtFrame="_self" w:tooltip="EWS" w:history="1">
+        <w:bookmarkStart w:id="190" w:name="opus_77310"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>EWS - Europäisches Wirtschafts- und Steuerrecht, ab 2010</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="190"/>
+      <w:hyperlink r:id="rId387" w:anchor="opus_detail_77310" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId388" w:tgtFrame="_self" w:tooltip="GewArch" w:history="1">
+        <w:bookmarkStart w:id="191" w:name="opus_25051"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>GewArch- Gewerbearchiv, ab 2000</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="191"/>
+      <w:hyperlink r:id="rId389" w:anchor="opus_detail_25051" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId390" w:tgtFrame="_self" w:tooltip="IBR" w:history="1">
+        <w:bookmarkStart w:id="192" w:name="opus_25052"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>IBR - Immobilien- und Baurecht ab 1990</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="192"/>
+      <w:hyperlink r:id="rId391" w:anchor="opus_detail_25052" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId392" w:tgtFrame="_self" w:tooltip="IMR" w:history="1">
+        <w:bookmarkStart w:id="193" w:name="opus_25053"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>IMR - Immobilien- und Mietrecht ab 2006</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="193"/>
+      <w:hyperlink r:id="rId393" w:anchor="opus_detail_25053" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId394" w:tgtFrame="_self" w:tooltip="INDat Report" w:history="1">
+        <w:bookmarkStart w:id="194" w:name="opus_205398"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>INDat Report - Fachmagazin für Restrukturierung, Sanierung und Insolvenz ab 2024</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="194"/>
+      <w:hyperlink r:id="rId395" w:anchor="opus_detail_205398" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId396" w:tgtFrame="_self" w:tooltip="MigRI" w:history="1">
+        <w:bookmarkStart w:id="195" w:name="opus_193939"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Informationsdienst Migrationsrecht (MigRI)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="195"/>
+      <w:hyperlink r:id="rId397" w:anchor="opus_detail_193939" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId398" w:tgtFrame="_self" w:tooltip="InTeR" w:history="1">
+        <w:bookmarkStart w:id="196" w:name="opus_77373"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>InTeR - Innovations- und Technikrecht, ab 2013</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="196"/>
+      <w:hyperlink r:id="rId399" w:anchor="opus_detail_77373" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId400" w:tgtFrame="_self" w:tooltip="IVR" w:history="1">
+        <w:bookmarkStart w:id="197" w:name="opus_172102"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>IVR - Immobilien- und Vollstreckungsrecht ab 2017</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="197"/>
+      <w:hyperlink r:id="rId401" w:anchor="opus_detail_172102" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId402" w:tgtFrame="_self" w:tooltip="LKRZ" w:history="1">
+        <w:bookmarkStart w:id="198" w:name="opus_43374"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>LKRZ - Zeitschrift für Landes- und Kommunalrecht Hessen, Rheinland-Pfalz, Saarland, von 2007 bis 2015</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="198"/>
+      <w:hyperlink r:id="rId403" w:anchor="opus_detail_43374" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId404" w:tgtFrame="_self" w:tooltip="MPJ" w:history="1">
+        <w:bookmarkStart w:id="199" w:name="opus_175310"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Medizinprodukte Journal - Magazin für Wissenschaft und Praxis, Recht und Regulatory Affairs, ab 2020</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:bookmarkEnd w:id="199"/>
-      <w:hyperlink r:id="rId406" w:anchor="opus_detail_210296" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
-[...18 lines deleted...]
-        <w:bookmarkStart w:id="200" w:name="opus_106861"/>
+      <w:hyperlink r:id="rId405" w:anchor="opus_detail_175310" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId406" w:tgtFrame="_self" w:tooltip="MedR" w:history="1">
+        <w:bookmarkStart w:id="200" w:name="opus_25055"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Medizinrecht, ab 1998</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="200"/>
+      <w:hyperlink r:id="rId407" w:anchor="opus_detail_25055" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId408" w:tgtFrame="_self" w:tooltip="N&amp;R" w:history="1">
+        <w:bookmarkStart w:id="201" w:name="opus_84210"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>N&amp;R - Netzwirtschaften &amp; Recht, ab 2004</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="201"/>
+      <w:hyperlink r:id="rId409" w:anchor="opus_detail_84210" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId410" w:tgtFrame="_self" w:tooltip="Wehrrecht" w:history="1">
+        <w:bookmarkStart w:id="202" w:name="opus_210296"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neue Zeitschrift für Wehrrecht - German Military Law Review</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="202"/>
+      <w:hyperlink r:id="rId411" w:anchor="opus_detail_210296" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId412" w:tgtFrame="_self" w:tooltip="NLMR" w:history="1">
+        <w:bookmarkStart w:id="203" w:name="opus_106861"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>NLMR - Newsletter Menschenrechte, ab 2010</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="200"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="201" w:name="opus_43372"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:hyperlink r:id="rId413" w:anchor="opus_detail_106861" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId414" w:tgtFrame="_self" w:tooltip="NordÖR" w:history="1">
+        <w:bookmarkStart w:id="204" w:name="opus_43372"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>NordÖR - Zeitschrift für Öffentliches Recht in Norddeutschland, ab 2007</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="201"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="202" w:name="opus_77369"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:hyperlink r:id="rId415" w:anchor="opus_detail_43372" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId416" w:tgtFrame="_self" w:tooltip="RAW" w:history="1">
+        <w:bookmarkStart w:id="205" w:name="opus_77369"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>RAW - Recht Automobil Wirtschaft, ab 2013</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="202"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="203" w:name="opus_214082"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:hyperlink r:id="rId417" w:anchor="opus_detail_77369" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId418" w:tgtFrame="_self" w:tooltip="RdE" w:history="1">
+        <w:bookmarkStart w:id="206" w:name="opus_214082"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>RdE - Recht der Energiewirtschaft, ab 2020 (Wolters Kluwer)</w:t>
         </w:r>
-      </w:hyperlink>
-[...20 lines deleted...]
-        <w:bookmarkStart w:id="204" w:name="opus_77319"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="206"/>
+      <w:hyperlink r:id="rId419" w:anchor="opus_detail_214082" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId420" w:tgtFrame="_self" w:tooltip="RdF" w:history="1">
+        <w:bookmarkStart w:id="207" w:name="opus_77319"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>RdF - Recht der Finanzinstrumente, ab 2011</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="204"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="205" w:name="opus_84909"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:hyperlink r:id="rId421" w:anchor="opus_detail_77319" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId422" w:tgtFrame="_self" w:tooltip="RIW" w:history="1">
+        <w:bookmarkStart w:id="208" w:name="opus_84909"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>RIW - Recht der internationalen Wirtschaft, ab 2010</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="205"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="206" w:name="opus_25056"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:hyperlink r:id="rId423" w:anchor="opus_detail_84909" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId424" w:tgtFrame="_self" w:tooltip="SRa" w:history="1">
+        <w:bookmarkStart w:id="209" w:name="opus_25056"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sozialrecht aktuell - Zeitschrift für Sozialberatung, ab 2005</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="206"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="207" w:name="opus_127007"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:hyperlink r:id="rId425" w:anchor="opus_detail_25056" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId426" w:tgtFrame="_self" w:tooltip="SRa-Sh" w:history="1">
+        <w:bookmarkStart w:id="210" w:name="opus_127007"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sozialrecht aktuell Sonderheft</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="207"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="208" w:name="opus_77356"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:hyperlink r:id="rId427" w:anchor="opus_detail_127007" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId428" w:tgtFrame="_self" w:tooltip="StB" w:history="1">
+        <w:bookmarkStart w:id="211" w:name="opus_77356"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>StB - Der Steuerberater, ab 2005</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="208"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="209" w:name="opus_59675"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:hyperlink r:id="rId429" w:anchor="opus_detail_77356" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId430" w:tgtFrame="_self" w:tooltip="vr" w:history="1">
+        <w:bookmarkStart w:id="212" w:name="opus_59675"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>vr - Verwaltungsrundschau, ab 2010</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="209"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="210" w:name="opus_91286"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:hyperlink r:id="rId431" w:anchor="opus_detail_59675" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId432" w:tgtFrame="_self" w:tooltip="VuR" w:history="1">
+        <w:bookmarkStart w:id="213" w:name="opus_91286"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>VuR - Verbraucher und Recht, ab 2005</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="210"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="211" w:name="opus_25058"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:hyperlink r:id="rId433" w:anchor="opus_detail_91286" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId434" w:tgtFrame="_self" w:tooltip="WiVerw" w:history="1">
+        <w:bookmarkStart w:id="214" w:name="opus_25058"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>WiVerw - Wirtschaft und Verwaltung, ab 2005</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="211"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="212" w:name="opus_25059"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:hyperlink r:id="rId435" w:anchor="opus_detail_25058" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId436" w:tgtFrame="_self" w:tooltip="WM" w:history="1">
+        <w:bookmarkStart w:id="215" w:name="opus_25059"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>WM IV - Zeitschrift für Wirtschafts- und Bankrecht, ab 2000</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="212"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="213" w:name="opus_43919"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:hyperlink r:id="rId437" w:anchor="opus_detail_25059" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId438" w:tgtFrame="_self" w:tooltip="WM-Beil." w:history="1">
+        <w:bookmarkStart w:id="216" w:name="opus_43919"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>WM-Beilage</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="213"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="214" w:name="opus_25060"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:hyperlink r:id="rId439" w:anchor="opus_detail_43919" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId440" w:tgtFrame="_self" w:tooltip="WuB" w:history="1">
+        <w:bookmarkStart w:id="217" w:name="opus_25060"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>WuB - Entscheidungsanmerkungen zum Wirtschafts- und Bankrecht, ab 1995</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="214"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="215" w:name="opus_172320"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:hyperlink r:id="rId441" w:anchor="opus_detail_25060" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId442" w:tgtFrame="_self" w:tooltip="ZfIR" w:history="1">
+        <w:bookmarkStart w:id="218" w:name="opus_172320"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZfIR - Zeitschrift für Immobilienrecht, ab 2008</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="215"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="216" w:name="opus_174958"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:hyperlink r:id="rId443" w:anchor="opus_detail_172320" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId444" w:tgtFrame="_self" w:tooltip="ZfIR" w:history="1">
+        <w:bookmarkStart w:id="219" w:name="opus_174958"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZfIR - Zeitschrift für Immobilienrecht, ab 2008</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="216"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="217" w:name="opus_164772"/>
+      <w:bookmarkEnd w:id="219"/>
+      <w:hyperlink r:id="rId445" w:anchor="opus_detail_174958" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId446" w:tgtFrame="_self" w:tooltip="ZfPC" w:history="1">
+        <w:bookmarkStart w:id="220" w:name="opus_164772"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZfPC - Zeitschrift für Product Compliance</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="217"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="218" w:name="opus_77361"/>
+      <w:bookmarkEnd w:id="220"/>
+      <w:hyperlink r:id="rId447" w:anchor="opus_detail_164772" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId448" w:tgtFrame="_self" w:tooltip="ZfU" w:history="1">
+        <w:bookmarkStart w:id="221" w:name="opus_77361"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZfU - Zeitschrift für Umweltpolitik &amp; Umweltrecht, ab 2011</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="218"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="219" w:name="opus_77365"/>
+      <w:bookmarkEnd w:id="221"/>
+      <w:hyperlink r:id="rId449" w:anchor="opus_detail_77361" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId450" w:tgtFrame="_self" w:tooltip="ZfWG" w:history="1">
+        <w:bookmarkStart w:id="222" w:name="opus_77365"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZfWG - Zeitschrift für Wett- und Glücksspielrecht, ab 2006</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="219"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="220" w:name="opus_77313"/>
+      <w:bookmarkEnd w:id="222"/>
+      <w:hyperlink r:id="rId451" w:anchor="opus_detail_77365" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId452" w:tgtFrame="_self" w:tooltip="ZHR" w:history="1">
+        <w:bookmarkStart w:id="223" w:name="opus_77313"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZHR - Zeitschrift für das gesamte Handelsrecht und Wirtschaftsrecht, ab 1996</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="220"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="221" w:name="opus_200047"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:hyperlink r:id="rId453" w:anchor="opus_detail_77313" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId454" w:tgtFrame="_self" w:tooltip="ZNER" w:history="1">
+        <w:bookmarkStart w:id="224" w:name="opus_200047"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZNER - Zeitschrift für Neues Energierecht, ab 2010</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="221"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="222" w:name="opus_203464"/>
+      <w:bookmarkEnd w:id="224"/>
+      <w:hyperlink r:id="rId455" w:anchor="opus_detail_200047" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId456" w:tgtFrame="_self" w:tooltip="ZNER" w:history="1">
+        <w:bookmarkStart w:id="225" w:name="opus_203464"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZNER - Zeitschrift für Neues Energierecht, ab 2010</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="222"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="223" w:name="opus_156673"/>
+      <w:bookmarkEnd w:id="225"/>
+      <w:hyperlink r:id="rId457" w:anchor="opus_detail_203464" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId458" w:tgtFrame="_self" w:tooltip="ZRI" w:history="1">
+        <w:bookmarkStart w:id="226" w:name="opus_156673"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZRI - Zeitschrift für Restrukturierung und Insolvenz, ab 2021</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="223"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="224" w:name="opus_77383"/>
+      <w:bookmarkEnd w:id="226"/>
+      <w:hyperlink r:id="rId459" w:anchor="opus_detail_156673" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId460" w:tgtFrame="_self" w:tooltip="ZVglRWiss" w:history="1">
+        <w:bookmarkStart w:id="227" w:name="opus_77383"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZVglRWiss - Zeitschrift für Vergleichende Rechtswissenschaft, ab 1996</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="224"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="225" w:name="opus_156671"/>
+      <w:bookmarkEnd w:id="227"/>
+      <w:hyperlink r:id="rId461" w:anchor="opus_detail_77383" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId462" w:tgtFrame="_self" w:tooltip="ZVI" w:history="1">
+        <w:bookmarkStart w:id="228" w:name="opus_156671"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZVI - Zeitschrift für Verbraucher-, Privat- und Nachlassinsolvenz, ab 2000</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="225"/>
-      <w:hyperlink r:id="rId458" w:anchor="opus_detail_156671" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="228"/>
+      <w:hyperlink r:id="rId463" w:anchor="opus_detail_156671" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Normen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId459" w:tgtFrame="_self" w:tooltip="DINNormen" w:history="1">
-        <w:bookmarkStart w:id="226" w:name="opus_156109"/>
+      <w:hyperlink r:id="rId464" w:tgtFrame="_self" w:tooltip="DINNormen" w:history="1">
+        <w:bookmarkStart w:id="229" w:name="opus_156109"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ATV DIN Normen (VOB/​C)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="226"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="227" w:name="opus_76136"/>
+      <w:bookmarkEnd w:id="229"/>
+      <w:hyperlink r:id="rId465" w:anchor="opus_detail_156109" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId466" w:tgtFrame="_self" w:tooltip="AVB" w:history="1">
+        <w:bookmarkStart w:id="230" w:name="opus_76136"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Versicherungsbedingungen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="227"/>
-      <w:hyperlink r:id="rId462" w:anchor="opus_detail_76136" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="230"/>
+      <w:hyperlink r:id="rId467" w:anchor="opus_detail_76136" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId463"/>
-      <w:footerReference w:type="default" r:id="rId464"/>
+      <w:headerReference w:type="default" r:id="rId468"/>
+      <w:footerReference w:type="default" r:id="rId469"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -7780,85 +7896,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>12/05/2025</w:t>
+                  <w:t>01/30/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 05.12.2025 13:14 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 30.01.2026 17:17 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -21417,69 +21533,50 @@
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivopusline">
     <w:name w:val="bo_center_div_opusline"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
     <w:name w:val="bo-badge"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:shd w:val="clear" w:color="auto" w:fill="C8000A"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bocenterdivboopusspanopusinvorbereitung">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
     <w:name w:val="div_DetailledContentView"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="8" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
@@ -21703,51 +21800,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22204?opusTitle=Beckervordersandfort+Familienverm%c3%b6gen" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22044?opusTitle=SWK-ArbR" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17017?opusTitle=Grziwotz" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21229?opusTitle=Habersack+GmbHG" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12813?opusTitle=Habersack+GmbHG" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19794?opusTitle=Halaczinsky" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15593?opusTitle=H%c3%a4nlein%2fSchuler" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10170?opusTitle=Haug" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13214?opusTitle=Heinz%2c+SGB+III" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20912?opusTitle=Hoffmann%2c+Personensorge" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19889?opusTitle=Horn+AnwForm+Vorsorgevollmachten" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17365?opusTitle=NK-ArbR" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16700?opusTitle=H%c3%bcmmerichArbR" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/593?opusTitle=IBRMat" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/24987?cat=coll&amp;xml=komm%2Fibr&amp;coll=IBR%20Mustertexte&amp;listtype=ol&amp;opusTitle=IBRMuster" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22048?opusTitle=Jans" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5716?opusTitle=Kemper%2fSchreiber" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7617?opusTitle=Kessler%2c+Unternehmensfinanzierung" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15300?opusTitle=Kimmich" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21747?opusTitle=KniffkaBauV" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22163?opusTitle=KPB" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17786?opusTitle=KrugErbrecht" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19837?opusTitle=Bonefeld%2c+Fachanwalt+Erbrecht" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16893" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14756?opusTitle=Krumm" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17849?opusTitle=HRI+I" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17848?opusTitle=K%c3%bcblerHRI+II" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21173?opusTitle=Lauterbach" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19818?opusTitle=Lehner%2fNolte%2fPutzke" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15588?opusTitle=Leitner%2fRosenau" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19787?opusTitle=Mankowski%2c+Commercial+Law" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20622?opusTitle=Mayer+Pflichtteil" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3418?opusTitle=Meier" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19930?opusTitle=Bork%2fH%c3%b6lzle" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22135?opusTitle=Mergler%2fZink" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22169?opusTitle=MerglerSGBXII" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5147?opusTitle=Meysen%2fBeckmann" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5173?opusTitle=Meysen%2fBeckmann%2fRei%c3%9f%2fSchindler" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6714?opusTitle=Minoggio+Unternehmensverteidigung" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14629?opusTitle=Morgen%2c+StaRUG" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5441?opusTitle=M%c3%bcnder%2fWiesner%2fMeysen" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21313?opusTitle=Natter%2fGross" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22317" TargetMode="External" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8520?opusTitle=Erbrecht+und+Banken" TargetMode="External" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16785?opusTitle=Bork%2fSch%c3%a4fer" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13276?opusTitle=Paschke%2fBerlit%2fMeyer" TargetMode="External" /><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7307?opusTitle=Patzner%2fD%c3%b6ser%2fKempf" TargetMode="External" /><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22051?opusTitle=Peters%2fSautter" TargetMode="External" /><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/450?opusTitle=PdK-BW" TargetMode="External" /><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/451?opusTitle=PdK-Bay" TargetMode="External" /><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/452?opusTitle=PdK-Br" TargetMode="External" /><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/453?opusTitle=PdK-He" TargetMode="External" /><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/454" TargetMode="External" /><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/455?opusTitle=PdK-Nds" TargetMode="External" /><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/448?opusTitle=PdK-NRW" TargetMode="External" /><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14250?opusTitle=Bornemann" TargetMode="External" /><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/456?opusTitle=Pdk-RhPf" TargetMode="External" /><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/457?opusTitle=PdK-Sa" TargetMode="External" /><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/458?opusTitle=PdK-San" TargetMode="External" /><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/459?opusTitle=PdK-SH" TargetMode="External" /><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/460?opusTitle=PdK-Th" TargetMode="External" /><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14992?opusTitle=RedekerVwGO" TargetMode="External" /><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14430?opusTitle=Riedel" TargetMode="External" /><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20975?opusTitle=Ri%c3%9fmann" TargetMode="External" /><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8480?opusTitle=Rompf%2fSchr%c3%b6der%2fWillaschek" TargetMode="External" /><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1153?opusTitle=Roos" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21595" TargetMode="External" /><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5613?opusTitle=Rotsch" TargetMode="External" /><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8777?opusTitle=Ruby" TargetMode="External" /><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20261?opusTitle=Rudolf+Vorsorgevollmacht" TargetMode="External" /><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7342?opusTitle=Rudolf+Testamentsauslegung" TargetMode="External" /><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16889?opusTitle=Saalfrank" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10530?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17394?opusTitle=S%c3%a4cker%2fK%c3%b6rber" TargetMode="External" /><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15307?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15603?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14994?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22120?opusTitle=Br%c3%bcgelmann" TargetMode="External" /><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3081?opusTitle=Saenger%2fAderhold" TargetMode="External" /><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14502?opusTitle=Sander+Arzneimittelrecht+Kommentar" TargetMode="External" /><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22121?opusTitle=SauterLBO" TargetMode="External" /><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6331?opusTitle=Schiffer" TargetMode="External" /><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14664?opusTitle=SchmitzInsO" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8968?opusTitle=SchmitzBau" TargetMode="External" /><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20006?opusTitle=Schr%c3%b6ter%2fJakob%2fKlotz%2fMederer" TargetMode="External" /><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20260?opusTitle=Schulze%2fGrziwotz%2fLauda" TargetMode="External" /><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5172?opusTitle=Sieber" TargetMode="External" /><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7193?opusTitle=Sommer+Korruptionsstrafrecht" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12509?opusTitle=Br%c3%bcnkmans" TargetMode="External" /><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20913?opusTitle=Staudinger%2c+FluggastrechteVO" TargetMode="External" /><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19917?opusTitle=Sturmberg" TargetMode="External" /><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20808?opusTitle=S%c3%bc%c3%9f+Erbrecht" TargetMode="External" /><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13785?opusTitle=S%c3%bc%c3%9f%2fWachter" TargetMode="External" /><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14737?opusTitle=Taeger%2fGabel" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22025?opusTitle=Roglmeier%2fSikora%2fKrug%2c+AnwForm+Testamente" TargetMode="External" /><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7688?opusTitle=Ulrici" TargetMode="External" /><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17878?opusTitle=Uricher" TargetMode="External" /><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20829?opusTitle=Wellensiek" TargetMode="External" /><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20832?opusTitle=Denkhaus" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20805?opusTitle=Burhoff+Ermittlungsverfahren" TargetMode="External" /><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21797?opusTitle=Frind+Best+Practice" TargetMode="External" /><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20830?opusTitle=Roth%2fPfeuffer" TargetMode="External" /><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20834?opusTitle=W%c3%a4chter" TargetMode="External" /><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20833?opusTitle=Holzapfel%2fP%c3%b6llath" TargetMode="External" /><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20831?opusTitle=d%27Avoine" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20828?opusTitle=Zimmer%2c+Insolvenzbuchhaltung" TargetMode="External" /><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20823?opusTitle=M%c3%b6nning" TargetMode="External" /><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20574?opusTitle=Vallender" TargetMode="External" /><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18605?opusTitle=Winheller" TargetMode="External" /><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13207?opusTitle=Winkler" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20820?opusTitle=Burhoff+Hauptverhandlung" TargetMode="External" /><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21767?opusTitle=Zentes" TargetMode="External" /><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12041?opusTitle=Ziekow" TargetMode="External" /><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14249?opusTitle=ZimmerInsVV" TargetMode="External" /><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21659?opusTitle=Zweng" TargetMode="External" /><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22064?opusTitle=Gescher" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22066?opusTitle=MAVO-Kommentar" TargetMode="External" /><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22168" TargetMode="External" /><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3288?opusTitle=FD-SozVR" TargetMode="External" /><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3290?opusTitle=FD-ZVR" TargetMode="External" /><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/803?opusTitle=FD-ArbR" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6712?opusTitle=Burhoff%2fKotz+Nachsorge" TargetMode="External" /><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1446?opusTitle=FD-DSTR" TargetMode="External" /><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/681?opusTitle=FD-ErbR" TargetMode="External" /><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/638?opusTitle=FD-FamR" TargetMode="External" /><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/637?opusTitle=FD-GewRS" TargetMode="External" /><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/709?opusTitle=FD-HGR" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/636?opusTitle=FD-InsR" TargetMode="External" /><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/812?opusTitle=FD-MA" TargetMode="External" /><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/635?opusTitle=FD-MietR" TargetMode="External" /><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/653?opusTitle=FD-StR" TargetMode="External" /><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/682?opusTitle=FD-StrafR" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20843?opusTitle=Burhoff+Rechtsmittel" TargetMode="External" /><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/708?opusTitle=FD-StrVR" TargetMode="External" /><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/634?opusTitle=FD-RVG" TargetMode="External" /><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/707?opusTitle=FD-VersR" TargetMode="External" /><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2108?opusTitle=MMR-Aktuell" TargetMode="External" /><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3068?opusTitle=ZD-Aktuell" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=IBRRS&amp;query=spubtyp0:%22ent%22 AND spub0:%22IBR, ab 1990%22&amp;rbSort=date&amp;opusTitle=IBRRS" TargetMode="External" /><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5492?opusTitle=AGS" TargetMode="External" /><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3351?opusTitle=A%26R" TargetMode="External" /><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9765?opusTitle=ASAB" TargetMode="External" /><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12339?opusTitle=ASR" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13948?opusTitle=Burhoff%2fVolpert+RVG" TargetMode="External" /><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/228?opusTitle=BB" TargetMode="External" /><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7412?opusTitle=BB-Bei" TargetMode="External" /><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9435?opusTitle=BVerfGE" TargetMode="External" /><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6113?opusTitle=CB" TargetMode="External" /><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2558?opusTitle=DAR" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4882?opusTitle=DAR-Extra" TargetMode="External" /><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4991?opusTitle=JAmt" TargetMode="External" /><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21492?opusTitle=Polizei" TargetMode="External" /><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1087?opusTitle=D%c3%96V" TargetMode="External" /><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3415?opusTitle=DSRI-Tagungsband" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21780?opusTitle=Damrau%2c+Minderj%c3%a4hrige" TargetMode="External" /><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4750?opusTitle=euvr" TargetMode="External" /><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6109?opusTitle=EWS" TargetMode="External" /><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1216?opusTitle=GewArch" TargetMode="External" /><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/592?opusTitle=IBR" TargetMode="External" /><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/726?opusTitle=IMR" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20967?opusTitle=INDat+Report" TargetMode="External" /><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19745?opusTitle=MigRI" TargetMode="External" /><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6118?opusTitle=InTeR" TargetMode="External" /><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16950?opusTitle=IVR" TargetMode="External" /><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1770?opusTitle=LKRZ" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11900?opusTitle=Damrau%2fTanck" TargetMode="External" /><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1409?opusTitle=MedR" TargetMode="External" /><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6821?opusTitle=N%26R" TargetMode="External" /><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21505?opusTitle=Wehrrecht" TargetMode="External" /><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8695?opusTitle=NLMR" TargetMode="External" /><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1791?opusTitle=Nord%c3%96R" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6117?opusTitle=RAW" TargetMode="External" /><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21480?opusTitle=RdE" TargetMode="External" /><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6112?opusTitle=RdF" TargetMode="External" /><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6108?opusTitle=RIW" TargetMode="External" /><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1694?opusTitle=SRa" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17023?opusTitle=Daragan" TargetMode="External" /><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12011?opusTitle=SRa-Sh" TargetMode="External" /><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6114?opusTitle=StB" TargetMode="External" /><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4982?opusTitle=vr" TargetMode="External" /><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6024?opusTitle=VuR" TargetMode="External" /><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1217?opusTitle=WiVerw" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/605?opusTitle=WM" TargetMode="External" /><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3920?opusTitle=WM-Beil." TargetMode="External" /><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2348?opusTitle=WuB" TargetMode="External" /><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16997?opusTitle=ZfIR" TargetMode="External" /><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16997?opusTitle=ZfIR" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15238?opusTitle=D%c3%a4ublerTVG" TargetMode="External" /><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15287?opusTitle=ZfPC" TargetMode="External" /><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6115?opusTitle=ZfU" TargetMode="External" /><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6116?opusTitle=ZfWG" TargetMode="External" /><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6110?opusTitle=ZHR" TargetMode="External" /><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20433?opusTitle=ZNER" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20433?opusTitle=ZNER" TargetMode="External" /><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14533?opusTitle=ZRI" TargetMode="External" /><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6119?opusTitle=ZVglRWiss" TargetMode="External" /><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14532?opusTitle=ZVI" TargetMode="External" /><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14440?opusTitle=DINNormen" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15656?opusTitle=D%c3%a4ublerArbR" TargetMode="External" /><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2370?opusTitle=AVB" TargetMode="External" /><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21312?opusTitle=Buchner%2fKipker%2fReinhardt" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7789?opusTitle=Debus+IZR+BW" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15590?opusTitle=SWK-BR" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19804?opusTitle=Depr%c3%a9" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5920?opusTitle=Dietz%2fBofinger" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14934?opusTitle=DIJuF" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15569?opusTitle=Althaus%2fBartsch%2fKattenbusch" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20136?opusTitle=DIJuF+UVGRL" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5229?opusTitle=DIJuF" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12489?opusTitle=Dochow%2fD%c3%b6rfer%2fHalbe" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19886?opusTitle=Doering-Striening" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15118?opusTitle=EMRK%2fGG" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20460?opusTitle=Dressel%2fBaureis" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13689?opusTitle=Drittler" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7131?opusTitle=D%c3%bcwell+MiLoG" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17122?opusTitle=Ehlers%2c+Seeverkehr" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6201?opusTitle=Eichmann%2fKur%2c+Designrecht" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13210?opusTitle=Balke%2fReisert%2fQuarch" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18425?opusTitle=Enzensberger" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18590?opusTitle=EppingNHG" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22043?opusTitle=ErnstSGB" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6894?opusTitle=Fichte%2fPlagemann" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18430?opusTitle=Fickert" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18193?opusTitle=Fritz%2fSchmittmann" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6877?opusTitle=Fuchs%2fCornelissen" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13013?opusTitle=FuhrmannAMR" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7194?opusTitle=Geipel+Beweisw%c3%bcrdigung" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14628?opusTitle=Graf-Schlicker" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22204?opusTitle=Beckervordersandfort+Familienverm%c3%b6gen" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22497?opusTitle=SWK-ArbR" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17017?opusTitle=Grziwotz" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21229?opusTitle=Habersack+GmbHG" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12813?opusTitle=Habersack+GmbHG" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19794?opusTitle=Halaczinsky" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15593?opusTitle=H%c3%a4nlein%2fSchuler" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10170?opusTitle=Haug" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13214?opusTitle=Heinz%2c+SGB+III" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20912?opusTitle=Hoffmann%2c+Personensorge" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19889?opusTitle=Horn+AnwForm+Vorsorgevollmachten" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17365?opusTitle=NK-ArbR" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16700?opusTitle=H%c3%bcmmerichArbR" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/593?opusTitle=IBRMat" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/24987?cat=coll&amp;xml=komm%2Fibr&amp;coll=IBR%20Mustertexte&amp;listtype=ol&amp;opusTitle=IBRMuster" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22342?opusTitle=Jans" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5716?opusTitle=Kemper%2fSchreiber" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7617?opusTitle=Kessler%2c+Unternehmensfinanzierung" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15300?opusTitle=Kimmich" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22491?opusTitle=KniffkaBauV" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22506?opusTitle=KPB" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17786?opusTitle=KrugErbrecht" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19837?opusTitle=Bonefeld%2c+Fachanwalt+Erbrecht" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22619" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14756?opusTitle=Krumm" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17849?opusTitle=HRI+I" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17848?opusTitle=K%c3%bcblerHRI+II" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22508?opusTitle=Lauterbach" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19818?opusTitle=Lehner%2fNolte%2fPutzke" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15588?opusTitle=Leitner%2fRosenau" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19787?opusTitle=Mankowski%2c+Commercial+Law" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20622?opusTitle=Mayer+Pflichtteil" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3418?opusTitle=Meier" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19930?opusTitle=Bork%2fH%c3%b6lzle" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22601?opusTitle=Mergler%2fZink" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22350?opusTitle=MerglerSGBXII" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5147?opusTitle=Meysen%2fBeckmann" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5173?opusTitle=Meysen%2fBeckmann%2fRei%c3%9f%2fSchindler" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6714?opusTitle=Minoggio+Unternehmensverteidigung" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14629?opusTitle=Morgen%2c+StaRUG" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5441?opusTitle=M%c3%bcnder%2fWiesner%2fMeysen" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21313?opusTitle=Natter%2fGross" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22317" TargetMode="External" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8520?opusTitle=Erbrecht+und+Banken" TargetMode="External" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16785?opusTitle=Bork%2fSch%c3%a4fer" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13276?opusTitle=Paschke%2fBerlit%2fMeyer" TargetMode="External" /><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7307?opusTitle=Patzner%2fD%c3%b6ser%2fKempf" TargetMode="External" /><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22051?opusTitle=Peters%2fSautter" TargetMode="External" /><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/450?opusTitle=PdK-BW" TargetMode="External" /><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/451?opusTitle=PdK-Bay" TargetMode="External" /><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/452?opusTitle=PdK-Br" TargetMode="External" /><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/453?opusTitle=PdK-He" TargetMode="External" /><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/454" TargetMode="External" /><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/455?opusTitle=PdK-Nds" TargetMode="External" /><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/448?opusTitle=PdK-NRW" TargetMode="External" /><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14250?opusTitle=Bornemann" TargetMode="External" /><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/456?opusTitle=Pdk-RhPf" TargetMode="External" /><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/457?opusTitle=PdK-Sa" TargetMode="External" /><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/458?opusTitle=PdK-San" TargetMode="External" /><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/459?opusTitle=PdK-SH" TargetMode="External" /><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/460?opusTitle=PdK-Th" TargetMode="External" /><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14992?opusTitle=RedekerVwGO" TargetMode="External" /><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19892?opusTitle=Riedel+Immobilien" TargetMode="External" /><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14430?opusTitle=Riedel" TargetMode="External" /><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20975?opusTitle=Ri%c3%9fmann" TargetMode="External" /><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8480?opusTitle=Rompf%2fSchr%c3%b6der%2fWillaschek" TargetMode="External" /><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21595" TargetMode="External" /><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1153?opusTitle=Roos" TargetMode="External" /><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5613?opusTitle=Rotsch" TargetMode="External" /><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8777?opusTitle=Ruby" TargetMode="External" /><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20261?opusTitle=Rudolf+Vorsorgevollmacht" TargetMode="External" /><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7342?opusTitle=Rudolf+Testamentsauslegung" TargetMode="External" /><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16889?opusTitle=Saalfrank" TargetMode="External" /><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10530?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17394?opusTitle=S%c3%a4cker%2fK%c3%b6rber" TargetMode="External" /><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15307?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15603?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22507?opusTitle=Br%c3%bcgelmann" TargetMode="External" /><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14994?opusTitle=S%c3%a4cker+EnergieR" TargetMode="External" /><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3081?opusTitle=Saenger%2fAderhold" TargetMode="External" /><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14502?opusTitle=Sander+Arzneimittelrecht+Kommentar" TargetMode="External" /><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22475?opusTitle=SauterLBO" TargetMode="External" /><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6331?opusTitle=Schiffer" TargetMode="External" /><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14664?opusTitle=SchmitzInsO" TargetMode="External" /><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8968?opusTitle=SchmitzBau" TargetMode="External" /><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20006?opusTitle=Schr%c3%b6ter%2fJakob%2fKlotz%2fMederer" TargetMode="External" /><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20260?opusTitle=Schulze%2fGrziwotz%2fLauda" TargetMode="External" /><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5172?opusTitle=Sieber" TargetMode="External" /><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22485?opusTitle=Br%c3%bcnkmans" TargetMode="External" /><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7193?opusTitle=Sommer+Korruptionsstrafrecht" TargetMode="External" /><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20913?opusTitle=Staudinger%2c+FluggastrechteVO" TargetMode="External" /><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19917?opusTitle=Sturmberg" TargetMode="External" /><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20808?opusTitle=S%c3%bc%c3%9f+Erbrecht" TargetMode="External" /><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13785?opusTitle=S%c3%bc%c3%9f%2fWachter" TargetMode="External" /><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22319?opusTitle=Taeger%2fGabel" TargetMode="External" /><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22025?opusTitle=Roglmeier%2fSikora%2fKrug%2c+AnwForm+Testamente" TargetMode="External" /><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7688?opusTitle=Ulrici" TargetMode="External" /><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17878?opusTitle=Uricher" TargetMode="External" /><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20829?opusTitle=Wellensiek" TargetMode="External" /><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20805?opusTitle=Burhoff+Ermittlungsverfahren" TargetMode="External" /><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20832?opusTitle=Denkhaus" TargetMode="External" /><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21797?opusTitle=Frind+Best+Practice" TargetMode="External" /><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20830?opusTitle=Roth%2fPfeuffer" TargetMode="External" /><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20834?opusTitle=W%c3%a4chter" TargetMode="External" /><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20833?opusTitle=Holzapfel%2fP%c3%b6llath" TargetMode="External" /><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20831?opusTitle=d%27Avoine" TargetMode="External" /><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20828?opusTitle=Zimmer%2c+Insolvenzbuchhaltung" TargetMode="External" /><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20823?opusTitle=M%c3%b6nning" TargetMode="External" /><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20574?opusTitle=Vallender" TargetMode="External" /><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18605?opusTitle=Winheller" TargetMode="External" /><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20820?opusTitle=Burhoff+Hauptverhandlung" TargetMode="External" /><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13207?opusTitle=Winkler" TargetMode="External" /><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21767?opusTitle=Zentes" TargetMode="External" /><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12041?opusTitle=Ziekow" TargetMode="External" /><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14249?opusTitle=ZimmerInsVV" TargetMode="External" /><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22359?opusTitle=Zweng" TargetMode="External" /><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22064?opusTitle=Gescher" TargetMode="External" /><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22066?opusTitle=MAVO-Kommentar" TargetMode="External" /><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22168" TargetMode="External" /><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3288?opusTitle=FD-SozVR" TargetMode="External" /><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3290?opusTitle=FD-ZVR" TargetMode="External" /><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6712?opusTitle=Burhoff%2fKotz+Nachsorge" TargetMode="External" /><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/803?opusTitle=FD-ArbR" TargetMode="External" /><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1446?opusTitle=FD-DSTR" TargetMode="External" /><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/681?opusTitle=FD-ErbR" TargetMode="External" /><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/638?opusTitle=FD-FamR" TargetMode="External" /><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/637?opusTitle=FD-GewRS" TargetMode="External" /><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/709?opusTitle=FD-HGR" TargetMode="External" /><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/636?opusTitle=FD-InsR" TargetMode="External" /><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/812?opusTitle=FD-MA" TargetMode="External" /><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/635?opusTitle=FD-MietR" TargetMode="External" /><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/653?opusTitle=FD-StR" TargetMode="External" /><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20843?opusTitle=Burhoff+Rechtsmittel" TargetMode="External" /><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/682?opusTitle=FD-StrafR" TargetMode="External" /><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/708?opusTitle=FD-StrVR" TargetMode="External" /><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/634?opusTitle=FD-RVG" TargetMode="External" /><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/707?opusTitle=FD-VersR" TargetMode="External" /><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2108?opusTitle=MMR-Aktuell" TargetMode="External" /><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3068?opusTitle=ZD-Aktuell" TargetMode="External" /><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=IBRRS&amp;query=spubtyp0:%22ent%22 AND spub0:%22IBR, ab 1990%22&amp;rbSort=date&amp;opusTitle=IBRRS" TargetMode="External" /><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5492?opusTitle=AGS" TargetMode="External" /><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3351?opusTitle=A%26R" TargetMode="External" /><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9765?opusTitle=ASAB" TargetMode="External" /><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13948?opusTitle=Burhoff%2fVolpert+RVG" TargetMode="External" /><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12339?opusTitle=ASR" TargetMode="External" /><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/228?opusTitle=BB" TargetMode="External" /><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7412?opusTitle=BB-Bei" TargetMode="External" /><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9435?opusTitle=BVerfGE" TargetMode="External" /><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6113?opusTitle=CB" TargetMode="External" /><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2558?opusTitle=DAR" TargetMode="External" /><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4882?opusTitle=DAR-Extra" TargetMode="External" /><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4991?opusTitle=JAmt" TargetMode="External" /><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21508?opusTitle=Juristische+B%c3%bcro" TargetMode="External" /><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21492?opusTitle=Polizei" TargetMode="External" /><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21780?opusTitle=Damrau%2c+Minderj%c3%a4hrige" TargetMode="External" /><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1087?opusTitle=D%c3%96V" TargetMode="External" /><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3415?opusTitle=DSRI-Tagungsband" TargetMode="External" /><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4750?opusTitle=euvr" TargetMode="External" /><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6109?opusTitle=EWS" TargetMode="External" /><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1216?opusTitle=GewArch" TargetMode="External" /><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/592?opusTitle=IBR" TargetMode="External" /><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/726?opusTitle=IMR" TargetMode="External" /><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20967?opusTitle=INDat+Report" TargetMode="External" /><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19745?opusTitle=MigRI" TargetMode="External" /><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6118?opusTitle=InTeR" TargetMode="External" /><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22495?opusTitle=Damrau%2fTanck" TargetMode="External" /><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16950?opusTitle=IVR" TargetMode="External" /><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1770?opusTitle=LKRZ" TargetMode="External" /><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17353?opusTitle=MPJ" TargetMode="External" /><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1409?opusTitle=MedR" TargetMode="External" /><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6821?opusTitle=N%26R" TargetMode="External" /><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21505?opusTitle=Wehrrecht" TargetMode="External" /><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8695?opusTitle=NLMR" TargetMode="External" /><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1791?opusTitle=Nord%c3%96R" TargetMode="External" /><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6117?opusTitle=RAW" TargetMode="External" /><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21480?opusTitle=RdE" TargetMode="External" /><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17023?opusTitle=Daragan" TargetMode="External" /><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6112?opusTitle=RdF" TargetMode="External" /><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6108?opusTitle=RIW" TargetMode="External" /><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1694?opusTitle=SRa" TargetMode="External" /><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12011?opusTitle=SRa-Sh" TargetMode="External" /><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6114?opusTitle=StB" TargetMode="External" /><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4982?opusTitle=vr" TargetMode="External" /><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6024?opusTitle=VuR" TargetMode="External" /><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1217?opusTitle=WiVerw" TargetMode="External" /><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/605?opusTitle=WM" TargetMode="External" /><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3920?opusTitle=WM-Beil." TargetMode="External" /><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15238?opusTitle=D%c3%a4ublerTVG" TargetMode="External" /><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2348?opusTitle=WuB" TargetMode="External" /><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16997?opusTitle=ZfIR" TargetMode="External" /><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16997?opusTitle=ZfIR" TargetMode="External" /><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15287?opusTitle=ZfPC" TargetMode="External" /><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6115?opusTitle=ZfU" TargetMode="External" /><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6116?opusTitle=ZfWG" TargetMode="External" /><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6110?opusTitle=ZHR" TargetMode="External" /><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20433?opusTitle=ZNER" TargetMode="External" /><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20433?opusTitle=ZNER" TargetMode="External" /><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14533?opusTitle=ZRI" TargetMode="External" /><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15656?opusTitle=D%c3%a4ublerArbR" TargetMode="External" /><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6119?opusTitle=ZVglRWiss" TargetMode="External" /><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14532?opusTitle=ZVI" TargetMode="External" /><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14440?opusTitle=DINNormen" TargetMode="External" /><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2370?opusTitle=AVB" TargetMode="External" /><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21312?opusTitle=Buchner%2fKipker%2fReinhardt" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7789?opusTitle=Debus+IZR+BW" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15590?opusTitle=SWK-BR" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19804?opusTitle=Depr%c3%a9" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5920?opusTitle=Dietz%2fBofinger" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14934?opusTitle=DIJuF" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15569?opusTitle=Althaus%2fBartsch%2fKattenbusch" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20136?opusTitle=DIJuF+UVGRL" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5229?opusTitle=DIJuF" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12489?opusTitle=Dochow%2fD%c3%b6rfer%2fHalbe" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19886?opusTitle=Doering-Striening" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15118?opusTitle=EMRK%2fGG" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20460?opusTitle=Dressel%2fBaureis" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13689?opusTitle=Drittler" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7131?opusTitle=D%c3%bcwell+MiLoG" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17122?opusTitle=Ehlers%2c+Seeverkehr" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6201?opusTitle=Eichmann%2fKur%2c+Designrecht" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13210?opusTitle=Balke%2fReisert%2fQuarch" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18425?opusTitle=Enzensberger" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18590?opusTitle=EppingNHG" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22043?opusTitle=ErnstSGB" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6894?opusTitle=Fichte%2fPlagemann" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18430?opusTitle=Fickert" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18193?opusTitle=Fritz%2fSchmittmann" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6877?opusTitle=Fuchs%2fCornelissen" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13013?opusTitle=FuhrmannAMR" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7194?opusTitle=Geipel+Beweisw%c3%bcrdigung" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14628?opusTitle=Graf-Schlicker" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>