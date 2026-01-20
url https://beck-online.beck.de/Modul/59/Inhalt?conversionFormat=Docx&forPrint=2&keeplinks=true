--- v0 (2025-10-30)
+++ v1 (2026-01-20)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -3353,64 +3353,64 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>NotfallsanitäterAusbV</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="97"/>
       <w:hyperlink r:id="rId201" w:anchor="opus_detail_85201" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId202" w:tgtFrame="_self" w:tooltip="HaageNotSanG" w:history="1">
-        <w:bookmarkStart w:id="98" w:name="opus_85190"/>
+        <w:bookmarkStart w:id="98" w:name="opus_220446"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Notfallsanitätergesetz</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="98"/>
-      <w:hyperlink r:id="rId203" w:anchor="opus_detail_85190" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId203" w:anchor="opus_detail_220446" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId204" w:tgtFrame="_self" w:tooltip="Saenger/Kessler, NaStraG" w:history="1">
         <w:bookmarkStart w:id="99" w:name="opus_40029"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4312,1695 +4312,1759 @@
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rinderregistrierungsdurchführungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="127"/>
       <w:hyperlink r:id="rId261" w:anchor="opus_detail_90330" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId262" w:tgtFrame="_self" w:tooltip="Ehlers, SchSG" w:history="1">
-        <w:bookmarkStart w:id="128" w:name="opus_185559"/>
+      <w:hyperlink r:id="rId262" w:tgtFrame="_self" w:tooltip="Ehlers, SchSV" w:history="1">
+        <w:bookmarkStart w:id="128" w:name="opus_220519"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Schiffssicherheitsverordnung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="128"/>
+      <w:hyperlink r:id="rId263" w:anchor="opus_detail_220519" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId264" w:tgtFrame="_self" w:tooltip="Ehlers, SchSG" w:history="1">
+        <w:bookmarkStart w:id="129" w:name="opus_185559"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schiffssicherheitsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="128"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="129" w:name="opus_40361"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:hyperlink r:id="rId265" w:anchor="opus_detail_185559" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId266" w:tgtFrame="_self" w:tooltip="Dörner/Staudinger, SchRModG" w:history="1">
+        <w:bookmarkStart w:id="130" w:name="opus_40361"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schuldrechtsmodernisierungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="129"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="130" w:name="opus_130004"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:hyperlink r:id="rId267" w:anchor="opus_detail_40361" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId268" w:tgtFrame="_self" w:tooltip="Borowski, SchVG" w:history="1">
+        <w:bookmarkStart w:id="131" w:name="opus_130004"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schuldverschreibungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="130"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="131" w:name="opus_40367"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:hyperlink r:id="rId269" w:anchor="opus_detail_130004" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId270" w:tgtFrame="_self" w:tooltip="Timm-Wagner, SEAG" w:history="1">
+        <w:bookmarkStart w:id="132" w:name="opus_40367"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>SE-Ausführungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="131"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="132" w:name="opus_40373"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:hyperlink r:id="rId271" w:anchor="opus_detail_40367" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId272" w:tgtFrame="_self" w:tooltip="Kleinsorge/Freis, SEBG" w:history="1">
+        <w:bookmarkStart w:id="133" w:name="opus_40373"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>SE-Beteiligungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="132"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="133" w:name="opus_90288"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:hyperlink r:id="rId273" w:anchor="opus_detail_40373" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId274" w:tgtFrame="_self" w:tooltip="Bubenzer/Peetz/Mallach" w:history="1">
+        <w:bookmarkStart w:id="134" w:name="opus_90288"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Seearbeitsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="133"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="134" w:name="opus_185573"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:hyperlink r:id="rId275" w:anchor="opus_detail_90288" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId276" w:tgtFrame="_self" w:tooltip="Ehlers, SeeaufgG" w:history="1">
+        <w:bookmarkStart w:id="135" w:name="opus_185573"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Seeaufgabengesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="134"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="135" w:name="opus_91304"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:hyperlink r:id="rId277" w:anchor="opus_detail_185573" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId278" w:tgtFrame="_self" w:tooltip="Markus, SeefiG" w:history="1">
+        <w:bookmarkStart w:id="136" w:name="opus_91304"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Seefischereigesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="135"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="136" w:name="opus_157226"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:hyperlink r:id="rId279" w:anchor="opus_detail_91304" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId280" w:tgtFrame="_self" w:tooltip="Ehlers, SeeLG" w:history="1">
+        <w:bookmarkStart w:id="137" w:name="opus_157226"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Seelotsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="136"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="137" w:name="opus_157246"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:hyperlink r:id="rId281" w:anchor="opus_detail_157226" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId282" w:tgtFrame="_self" w:tooltip="Ehlers, SUG" w:history="1">
+        <w:bookmarkStart w:id="138" w:name="opus_157246"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Seesicherheits-Untersuchungs-Gesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="137"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="138" w:name="opus_40418"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:hyperlink r:id="rId283" w:anchor="opus_detail_157246" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId284" w:tgtFrame="_self" w:tooltip="Eichen, SoldGG" w:history="1">
+        <w:bookmarkStart w:id="139" w:name="opus_40418"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Soldatinnen- und Soldaten-Gleichbehandlungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="138"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="139" w:name="opus_134936"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:hyperlink r:id="rId285" w:anchor="opus_detail_40418" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId286" w:tgtFrame="_self" w:tooltip="Fabritius, Sozialschutz-Paket" w:history="1">
+        <w:bookmarkStart w:id="140" w:name="opus_134936"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sozialschutz-Paket</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="139"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="140" w:name="opus_204919"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:hyperlink r:id="rId287" w:anchor="opus_detail_134936" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId288" w:tgtFrame="_self" w:tooltip="Hesselbarth, 18. BImSchV" w:history="1">
+        <w:bookmarkStart w:id="141" w:name="opus_204919"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sportanlagenlärmschutzverordnung</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="140"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="141" w:name="opus_85223"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:hyperlink r:id="rId289" w:anchor="opus_detail_204919" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId290" w:tgtFrame="_self" w:tooltip="von Lewinski, StabiRatG" w:history="1">
+        <w:bookmarkStart w:id="142" w:name="opus_85223"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Stabilitätsratsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="141"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="142" w:name="opus_40444"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:hyperlink r:id="rId291" w:anchor="opus_detail_85223" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId292" w:tgtFrame="_self" w:tooltip="Dederer, StZG" w:history="1">
+        <w:bookmarkStart w:id="143" w:name="opus_40444"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Stammzellgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="142"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="143" w:name="opus_43083"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:hyperlink r:id="rId293" w:anchor="opus_detail_40444" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId294" w:tgtFrame="_self" w:tooltip="Stoltenberg/Bossack, StUG" w:history="1">
+        <w:bookmarkStart w:id="144" w:name="opus_43083"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Stasi-Unterlagen-Gesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="143"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="144" w:name="opus_40452"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:hyperlink r:id="rId295" w:anchor="opus_detail_43083" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId296" w:tgtFrame="_self" w:tooltip="Heyde, GeldWStiftG" w:history="1">
+        <w:bookmarkStart w:id="145" w:name="opus_40452"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Stiftung „Geld und Währung“-Gesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="144"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="145" w:name="opus_40458"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:hyperlink r:id="rId297" w:anchor="opus_detail_40452" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId298" w:tgtFrame="_self" w:tooltip="Stauf, PersStruktG-Streitkräfte" w:history="1">
+        <w:bookmarkStart w:id="146" w:name="opus_40458"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Streitkräfte-Personalstrukturgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="145"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="146" w:name="opus_40464"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:hyperlink r:id="rId299" w:anchor="opus_detail_40458" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId300" w:tgtFrame="_self" w:tooltip="Müller-Broich, TMG" w:history="1">
+        <w:bookmarkStart w:id="147" w:name="opus_40464"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Telemediengesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="146"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="147" w:name="opus_157262"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:hyperlink r:id="rId301" w:anchor="opus_detail_40464" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId302" w:tgtFrame="_self" w:tooltip="Haage, TAppV" w:history="1">
+        <w:bookmarkStart w:id="148" w:name="opus_157262"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Tierärzte-ApprobationsVO</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="147"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="148" w:name="opus_40485"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:hyperlink r:id="rId303" w:anchor="opus_detail_157262" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId304" w:tgtFrame="_self" w:tooltip="Augstein, TSG" w:history="1">
+        <w:bookmarkStart w:id="149" w:name="opus_40485"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Transsexuellengesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="148"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="149" w:name="opus_40493"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:hyperlink r:id="rId305" w:anchor="opus_detail_40485" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId306" w:tgtFrame="_self" w:tooltip="Weiß, VerschwSchÜ" w:history="1">
+        <w:bookmarkStart w:id="150" w:name="opus_40493"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Übereinkommen zum Schutz vor Verschwindenlassen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="149"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="150" w:name="opus_49238"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:hyperlink r:id="rId307" w:anchor="opus_detail_40493" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId308" w:tgtFrame="_self" w:tooltip="Balensiefen, UmwRG" w:history="1">
+        <w:bookmarkStart w:id="151" w:name="opus_49238"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Umwelt-Rechtsbehelfsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="150"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="151" w:name="opus_105348"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:hyperlink r:id="rId309" w:anchor="opus_detail_49238" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId310" w:tgtFrame="_self" w:tooltip="Ehlers, MeerVerG" w:history="1">
+        <w:bookmarkStart w:id="152" w:name="opus_105348"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Übersicht über die die Meeresverschmutzung betreffenden Vorschriften</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="151"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="152" w:name="opus_157176"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:hyperlink r:id="rId311" w:anchor="opus_detail_105348" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId312" w:tgtFrame="_self" w:tooltip="Balensiefen, Umwelthaftungsgesetz" w:history="1">
+        <w:bookmarkStart w:id="153" w:name="opus_157176"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Umwelthaftungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="152"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="153" w:name="opus_49241"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:hyperlink r:id="rId313" w:anchor="opus_detail_157176" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId314" w:tgtFrame="_self" w:tooltip="Balensiefen, USchadG" w:history="1">
+        <w:bookmarkStart w:id="154" w:name="opus_49241"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Umweltschadensgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="153"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="154" w:name="opus_85072"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:hyperlink r:id="rId315" w:anchor="opus_detail_49241" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId316" w:tgtFrame="_self" w:tooltip="Wehr, UZwG" w:history="1">
+        <w:bookmarkStart w:id="155" w:name="opus_85072"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Unmittelbarer Zwang-Gesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="154"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="155" w:name="opus_40502"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:hyperlink r:id="rId317" w:anchor="opus_detail_85072" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId318" w:tgtFrame="_self" w:tooltip="Stauf, UZwGBw" w:history="1">
+        <w:bookmarkStart w:id="156" w:name="opus_40502"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Unmittelbarer Zwang-Gesetz Bundeswehr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="155"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="156" w:name="opus_44013"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:hyperlink r:id="rId319" w:anchor="opus_detail_40502" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId320" w:tgtFrame="_self" w:tooltip="Pieper/Spoerhase, PUAG" w:history="1">
+        <w:bookmarkStart w:id="157" w:name="opus_44013"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Untersuchungsausschussgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="156"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="157" w:name="opus_185472"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:hyperlink r:id="rId321" w:anchor="opus_detail_44013" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId322" w:tgtFrame="_self" w:tooltip="Mehle, Außenwirtschaftsgesetz" w:history="1">
+        <w:bookmarkStart w:id="158" w:name="opus_185472"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Außenwirtschaftsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="157"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="158" w:name="opus_160793"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:hyperlink r:id="rId323" w:anchor="opus_detail_185472" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId324" w:tgtFrame="_self" w:tooltip="Groh, VereinsG" w:history="1">
+        <w:bookmarkStart w:id="159" w:name="opus_160793"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Vereinsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="158"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="159" w:name="opus_90302"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:hyperlink r:id="rId325" w:anchor="opus_detail_160793" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId326" w:tgtFrame="_self" w:tooltip="ZumpeVIFGG" w:history="1">
+        <w:bookmarkStart w:id="160" w:name="opus_90302"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Verkehrsinfrastrukturfinanzierungsgesellschaftsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="159"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="160" w:name="opus_134966"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:hyperlink r:id="rId327" w:anchor="opus_detail_90302" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId328" w:tgtFrame="_self" w:tooltip="von Lewinski, Verkehrsleistungsgesetz" w:history="1">
+        <w:bookmarkStart w:id="161" w:name="opus_134966"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Verkehrsleistungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="160"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="161" w:name="opus_40520"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:hyperlink r:id="rId329" w:anchor="opus_detail_134966" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId330" w:tgtFrame="_self" w:tooltip="Hirschinger, VermRErgG" w:history="1">
+        <w:bookmarkStart w:id="162" w:name="opus_40520"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Vermögensrechtsergänzungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="161"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="162" w:name="opus_40526"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:hyperlink r:id="rId331" w:anchor="opus_detail_40520" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId332" w:tgtFrame="_self" w:tooltip="Feldhaus, 9. BImSchV" w:history="1">
+        <w:bookmarkStart w:id="163" w:name="opus_40526"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Verordnung über das Genehmigungsverfahren</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="162"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="163" w:name="opus_40533"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:hyperlink r:id="rId333" w:anchor="opus_detail_40526" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId334" w:tgtFrame="_self" w:tooltip="Feldhaus, 26. BImSchV" w:history="1">
+        <w:bookmarkStart w:id="164" w:name="opus_40533"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Verordnung über elektromagnetische Felder</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="163"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="164" w:name="opus_185530"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:hyperlink r:id="rId335" w:anchor="opus_detail_40533" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId336" w:tgtFrame="_self" w:tooltip="Laars, VAG" w:history="1">
+        <w:bookmarkStart w:id="165" w:name="opus_185530"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Versicherungsaufsichtsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="164"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="165" w:name="opus_40545"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:hyperlink r:id="rId337" w:anchor="opus_detail_185530" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId338" w:tgtFrame="_self" w:tooltip="Schönleiter, VerstV" w:history="1">
+        <w:bookmarkStart w:id="166" w:name="opus_40545"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Versteigererverordnung</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="165"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="166" w:name="opus_40562"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:hyperlink r:id="rId339" w:anchor="opus_detail_40545" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId340" w:tgtFrame="_self" w:tooltip="Fischer, VW-Gesetz" w:history="1">
+        <w:bookmarkStart w:id="167" w:name="opus_40562"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Volkswagenwerk-Anteilsrechteüberführungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="166"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="167" w:name="opus_51074"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:hyperlink r:id="rId341" w:anchor="opus_detail_40562" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId342" w:tgtFrame="_self" w:tooltip="König/Papsthart, WaffG" w:history="1">
+        <w:bookmarkStart w:id="168" w:name="opus_51074"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Waffengesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="167"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="168" w:name="opus_40576"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:hyperlink r:id="rId343" w:anchor="opus_detail_51074" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId344" w:tgtFrame="_self" w:tooltip="Winkelmann, WahlPrüfG" w:history="1">
+        <w:bookmarkStart w:id="169" w:name="opus_40576"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wahlprüfungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="168"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="169" w:name="opus_157184"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:hyperlink r:id="rId345" w:anchor="opus_detail_40576" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId346" w:tgtFrame="_self" w:tooltip="Boch, WeinG" w:history="1">
+        <w:bookmarkStart w:id="170" w:name="opus_220508"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Weingesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="169"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="170" w:name="opus_95136"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:hyperlink r:id="rId347" w:anchor="opus_detail_220508" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId348" w:tgtFrame="_self" w:tooltip="Boch, WeinG" w:history="1">
+        <w:bookmarkStart w:id="171" w:name="opus_157184"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Weingesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="171"/>
+      <w:hyperlink r:id="rId349" w:anchor="opus_detail_157184" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId350" w:tgtFrame="_self" w:tooltip="Thaeter/Abbas, WpÜG" w:history="1">
+        <w:bookmarkStart w:id="172" w:name="opus_95136"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wertpapiererwerbs- und Übernahmegesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="170"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="171" w:name="opus_95130"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:hyperlink r:id="rId351" w:anchor="opus_detail_95136" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId352" w:tgtFrame="_self" w:tooltip="Müller, WpPG" w:history="1">
+        <w:bookmarkStart w:id="173" w:name="opus_95130"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wertpapierprospektgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="171"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="172" w:name="opus_121316"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:hyperlink r:id="rId353" w:anchor="opus_detail_95130" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId354" w:tgtFrame="_self" w:tooltip="Joussen, WissZeitVG" w:history="1">
+        <w:bookmarkStart w:id="174" w:name="opus_121316"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wissenschaftszeitvertragsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="172"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="173" w:name="opus_72952"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:hyperlink r:id="rId355" w:anchor="opus_detail_121316" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId356" w:tgtFrame="_self" w:tooltip="Haage, Berufsrecht Zahnärzte" w:history="1">
+        <w:bookmarkStart w:id="175" w:name="opus_72952"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Einführung in das Berufsrecht der Zahnärzte</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="173"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="174" w:name="opus_72217"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:hyperlink r:id="rId357" w:anchor="opus_detail_72952" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId358" w:tgtFrame="_self" w:tooltip="Heyn, WEG" w:history="1">
+        <w:bookmarkStart w:id="176" w:name="opus_72217"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wohnungseigentumsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="174"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="175" w:name="opus_105251"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:hyperlink r:id="rId359" w:anchor="opus_detail_72217" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId360" w:tgtFrame="_self" w:tooltip="Haage, ZahnheilkG" w:history="1">
+        <w:bookmarkStart w:id="177" w:name="opus_105251"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Zahnheilkundegesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="175"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="176" w:name="opus_81081"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:hyperlink r:id="rId361" w:anchor="opus_detail_105251" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId362" w:tgtFrame="_self" w:tooltip="Hidien, ZerlG" w:history="1">
+        <w:bookmarkStart w:id="178" w:name="opus_81081"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Zerlegungsgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="176"/>
-[...19 lines deleted...]
-        <w:bookmarkStart w:id="177" w:name="opus_39992"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:hyperlink r:id="rId363" w:anchor="opus_detail_81081" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId364" w:tgtFrame="_self" w:tooltip="von Stralendorff, ZweckVG" w:history="1">
+        <w:bookmarkStart w:id="179" w:name="opus_39992"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Zweckvermögengesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="177"/>
-      <w:hyperlink r:id="rId361" w:anchor="opus_detail_39992" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:hyperlink r:id="rId365" w:anchor="opus_detail_39992" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Archivierte Erläuterungen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId362" w:tgtFrame="_self" w:tooltip="Nomos-BR-Erl" w:history="1">
-        <w:bookmarkStart w:id="178" w:name="opus_43885"/>
+      <w:hyperlink r:id="rId366" w:tgtFrame="_self" w:tooltip="Nomos-BR-Erl" w:history="1">
+        <w:bookmarkStart w:id="180" w:name="opus_43885"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Nomos Bundesrecht Erläuterungen (archiviert)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="178"/>
-      <w:hyperlink r:id="rId363" w:anchor="opus_detail_43885" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:hyperlink r:id="rId367" w:anchor="opus_detail_43885" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId364"/>
-      <w:footerReference w:type="default" r:id="rId365"/>
+      <w:headerReference w:type="default" r:id="rId368"/>
+      <w:footerReference w:type="default" r:id="rId369"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -6039,85 +6103,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/30/2025</w:t>
+                  <w:t>01/20/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 30.10.2025 02:38 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 20.01.2026 03:47 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -7015,82 +7079,88 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icon">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icona">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon_a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-indicatoriconwrapper">
     <w:name w:val="toolleiste_toolleiste-indicatoriconwrapper"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="main">
     <w:name w:val="main"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapper">
     <w:name w:val="div_bo_contentwrapper"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftbohideleftcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboleft">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_left"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftborder">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftalink">
     <w:name w:val="bo_left_a_link"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkdiv">
     <w:name w:val="beck-tabs_beck-tabs-link_div"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linki">
     <w:name w:val="beck-tabs_beck-tabs-link_i"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkbeck-tabs-info">
-    <w:name w:val="beck-tabs_beck-tabs-link_beck-tabs-info"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="divboshowleftcontentbeck-tabsbeck-tabs-linkspanbeck-tabs-info">
+    <w:name w:val="div_bo_show_left_content_beck-tabs_beck-tabs-link_span_beck-tabs-info"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidget">
     <w:name w:val="div_mvcWidget"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidgetkastenTitle">
     <w:name w:val="div_mvcWidget &gt; kastenTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="345" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -7388,53 +7458,59 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="nosee">
     <w:name w:val="nosee"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivColumnRight">
     <w:name w:val="bo_center_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:right w:val="none" w:sz="0" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="out-of-viewport">
     <w:name w:val="out-of-viewport"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightbohiderightcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboright">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_right"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightborder">
     <w:name w:val="bo_contentwrapper_bo_right &gt; bo_right_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_right &gt; bo_right_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreeting">
     <w:name w:val="div_ipgreeting"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreetingdivloginheader">
     <w:name w:val="div_ipgreeting_div_loginheader"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
@@ -7531,51 +7607,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20952?opusTitle=Reinhardt%2c+AdVermiG" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5694?opusTitle=Haage%2c+ErgThAPrV" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6514?opusTitle=Bieber%2fHaag%2c+EuAbgG" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10455?opusTitle=Lenz%2fGerhard%2c+EuWG" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6513?opusTitle=Bieber%2fHaag%2c+EuWO" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5634?opusTitle=Kugelmann%2c+EuropolG" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5628?opusTitle=Vennemann%2c+FernUSG" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6516?opusTitle=Hidien%2c+FAG" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20951?opusTitle=Laars%2c+FinDAG" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18528?opusTitle=Ehlers%2c+FlRG" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3510?opusTitle=Fritz%2c+Fl&#252;HG" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4917?opusTitle=Weitzel%2c+AdWirkG" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3511?opusTitle=Ekardt%2c+Flugl&#228;rmG" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3512?opusTitle=Steinhauser%2c+FoVG" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10448?opusTitle=Roggan%2c+G+10" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3642?opusTitle=Zuck%2c+GOZ" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3515?opusTitle=Hidien%2c+GFRG" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3516?opusTitle=Winkler%2c+GPatG" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9432?opusTitle=Busse%2c+GO-BReg" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3517?opusTitle=Heinke%2c+GewSchG" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4924?opusTitle=Maa&#223;%2fVogt%2c+FStrAbG" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9357?opusTitle=Knorre%2c+G&#252;KG" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3371?opusTitle=Kramer%2c+AEG" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7390?opusTitle=Detterbeck%2c+HwO" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4460?opusTitle=von+Lewinski%2fBurbat%2c+HGrG" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3520?opusTitle=Zimmermann%2c+HWG" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4461?opusTitle=Haage%2c+HeilPraktG" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3523?opusTitle=Fritz%2c+HKStG" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10451?opusTitle=Gra&#223;%2c+H&#246;feO" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3524?opusTitle=Hartmann%2c+HOAI" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3525?opusTitle=Hartmann%2c+IngALG" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4463?opusTitle=Wei&#223;%2c+VN-AntiFolt&#220;bG" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3526?opusTitle=Hofmann%2fBoldt%2c+IPB&#252;rgR" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4918?opusTitle=Ernst%2fBraunroth%2fFranke%2fWascher" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18529?opusTitle=Wagner%2c+IntFamRVG" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6909?opusTitle=Patzner%2fKempf%2c+InvStG" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7397?opusTitle=Weyand%2c+JArbSchG" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3532?opusTitle=Weyand%2c+JArbSchUV" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3533?opusTitle=Wilkitzki%2c+StrafgG-Jugosl" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3534?opusTitle=Golbs%2c+KastrG" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3536?opusTitle=Weyand%2c+KindArbSchV" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3537?opusTitle=von+Lewinski%2c+KonsHilfG" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3539?opusTitle=Becker%2fOldenhage%2c+KFolgenArchG" TargetMode="External" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3540?opusTitle=Becker%2fOldenhage%2c+KgSchKonvAusfG" TargetMode="External" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17872?opusTitle=Bauer%2fGehring%2fGottwein%2c+ATG" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12808?opusTitle=Fabritius%2c+Kurzarbeitergeldverordnung" TargetMode="External" /><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14641?opusTitle=Pewestorf%2c+2.+KugBeV" TargetMode="External" /><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5635?opusTitle=Klein-Blenkers%2c+LPachtVG" TargetMode="External" /><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20038?opusTitle=Boch%2c+TabakerzG" TargetMode="External" /><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20950?opusTitle=Boch%2c+LFGB" TargetMode="External" /><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12806?opusTitle=Hoppe%2c+LuftVStG" TargetMode="External" /><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14902?opusTitle=Haage%2c+MPhG" TargetMode="External" /><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14903?opusTitle=Haage%2c+MB-APrV" TargetMode="External" /><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10445?opusTitle=HaageMTA-APrV" TargetMode="External" /><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9359?opusTitle=Liesching%2c+NetzDG" TargetMode="External" /><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3463?opusTitle=Kopp%2c+AltfahrzeugG" TargetMode="External" /><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6905?opusTitle=HaageNotSan-APrV" TargetMode="External" /><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6904?opusTitle=HaageNotSanG" TargetMode="External" /><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3548?opusTitle=Saenger%2fKessler%2c+NaStraG" TargetMode="External" /><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12802?opusTitle=Berstermann%2c+PreisV" TargetMode="External" /><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3550?opusTitle=Haniel%2c+&#214;koKennzG" TargetMode="External" /><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3551?opusTitle=Leier%2c+OASG" TargetMode="External" /><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5618?opusTitle=Busse%2c+ParlStG" TargetMode="External" /><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3554?opusTitle=Burkiczak%2c+ParlBetG" TargetMode="External" /><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4462?opusTitle=Morlok" TargetMode="External" /><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3556?opusTitle=Kilian%2c+PartGG" TargetMode="External" /><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7465?opusTitle=Haage%2c+AAppO" TargetMode="External" /><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3559?opusTitle=Stauf%2c+PersAnpassG" TargetMode="External" /><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3560?opusTitle=Stauf%2c+PersSt&#228;rkeG" TargetMode="External" /><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8748?opusTitle=Burkiczak%2c+PetitionsAG" TargetMode="External" /><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6897?opusTitle=B&#246;hm%2c+PflegeZG" TargetMode="External" /><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10496?opusTitle=Haage%2c+PflAPrV" TargetMode="External" /><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10495?opusTitle=Haage%2c+PflBG" TargetMode="External" /><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14901?opusTitle=Haage%2c+PhysTh-APrV" TargetMode="External" /><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12804?opusTitle=Haage%2c+PodG" TargetMode="External" /><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12805?opusTitle=Haage%2c+PodAPrV" TargetMode="External" /><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3566?opusTitle=Bredendiek%2c+ProfBesReformG" TargetMode="External" /><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8739?opusTitle=Haage%2c+ZAppO" TargetMode="External" /><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8751?opusTitle=HaagePsychThGEG" TargetMode="External" /><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22062?opusTitle=HaagePsychThApprO" TargetMode="External" /><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20948?opusTitle=HaagePsychThG" TargetMode="External" /><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20949?opusTitle=Schatz%2fBartmann%2c+SeeAnlG" TargetMode="External" /><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14899?opusTitle=Schatz%2c+HSEG" TargetMode="External" /><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6913?opusTitle=Sch&#228;fer%2c+PublG" TargetMode="External" /><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3569?opusTitle=Nissel%2c+RGModG" TargetMode="External" /><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3575?opusTitle=Schmid%2c+RPflG" TargetMode="External" /><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3576?opusTitle=Schmid%2c+RelKErzG" TargetMode="External" /><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13285?opusTitle=Staats%2c+RiWG" TargetMode="External" /><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10449?opusTitle=Nomos-BR+ArbNErfG" TargetMode="External" /><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7393?opusTitle=Gehrmann%2c+RiRegDG" TargetMode="External" /><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18531?opusTitle=Ehlers%2c+SchSG" TargetMode="External" /><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3593?opusTitle=D&#246;rner%2fStaudinger%2c+SchRModG" TargetMode="External" /><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12250?opusTitle=Borowski%2c+SchVG" TargetMode="External" /><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3595?opusTitle=Timm-Wagner%2c+SEAG" TargetMode="External" /><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3596?opusTitle=Kleinsorge%2fFreis%2c+SEBG" TargetMode="External" /><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7388?opusTitle=Bubenzer%2fPeetz%2fMallach" TargetMode="External" /><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18532?opusTitle=Ehlers%2c+SeeaufgG" TargetMode="External" /><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7466?opusTitle=Markus%2c+SeefiG" TargetMode="External" /><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14637?opusTitle=Ehlers%2c+SeeLG" TargetMode="External" /><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5620?opusTitle=Hohmann%2c+ArbGG" TargetMode="External" /><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14638?opusTitle=Ehlers%2c+SUG" TargetMode="External" /><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3602?opusTitle=Eichen%2c+SoldGG" TargetMode="External" /><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12807?opusTitle=Fabritius%2c+Sozialschutz-Paket" TargetMode="External" /><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20947?opusTitle=Hesselbarth%2c+18.+BImSchV" TargetMode="External" /><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6908?opusTitle=von+Lewinski%2c+StabiRatG" TargetMode="External" /><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3607?opusTitle=Dederer%2c+StZG" TargetMode="External" /><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3846?opusTitle=Stoltenberg%2fBossack%2c+StUG" TargetMode="External" /><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3608?opusTitle=Heyde%2c+GeldWStiftG" TargetMode="External" /><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3609?opusTitle=Stauf%2c+PersStruktG-Streitkr&#228;fte" TargetMode="External" /><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3610?opusTitle=M&#252;ller-Broich%2c+TMG" TargetMode="External" /><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14640?opusTitle=Pewestorf%2c+Alg+II-V" TargetMode="External" /><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14639?opusTitle=Haage%2c+TAppV" TargetMode="External" /><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3613?opusTitle=Augstein%2c+TSG" TargetMode="External" /><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3614?opusTitle=Wei&#223;%2c+VerschwSch&#220;" TargetMode="External" /><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4280?opusTitle=Balensiefen%2c+UmwRG" TargetMode="External" /><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8753?opusTitle=Ehlers%2c+MeerVerG" TargetMode="External" /><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14632?opusTitle=Balensiefen%2c+Umwelthaftungsgesetz" TargetMode="External" /><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4281?opusTitle=Balensiefen%2c+USchadG" TargetMode="External" /><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6899?opusTitle=Wehr%2c+UZwG" TargetMode="External" /><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3615?opusTitle=Stauf%2c+UZwGBw" TargetMode="External" /><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3935?opusTitle=Pieper%2fSpoerhase%2c+PUAG" TargetMode="External" /><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3531?opusTitle=von+Lewinski%2c+G+115" TargetMode="External" /><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18522?opusTitle=Mehle%2c+Au&#223;enwirtschaftsgesetz" TargetMode="External" /><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14896?opusTitle=Groh%2c+VereinsG" TargetMode="External" /><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7389?opusTitle=ZumpeVIFGG" TargetMode="External" /><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12811?opusTitle=von+Lewinski%2c+Verkehrsleistungsgesetz" TargetMode="External" /><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3618?opusTitle=Hirschinger%2c+VermRErgG" TargetMode="External" /><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3619?opusTitle=Feldhaus%2c+9.+BImSchV" TargetMode="External" /><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3620?opusTitle=Feldhaus%2c+26.+BImSchV" TargetMode="External" /><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18527?opusTitle=Laars%2c+VAG" TargetMode="External" /><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3622?opusTitle=Sch&#246;nleiter%2c+VerstV" TargetMode="External" /><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3624?opusTitle=Fischer%2c+VW-Gesetz" TargetMode="External" /><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7387?opusTitle=Haage%2c+&#196;AppO" TargetMode="External" /><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4502?opusTitle=K&#246;nig%2fPapsthart%2c+WaffG" TargetMode="External" /><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3626?opusTitle=Winkelmann%2c+WahlPr&#252;fG" TargetMode="External" /><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14633?opusTitle=Boch%2c+WeinG" TargetMode="External" /><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7854?opusTitle=Thaeter%2fAbbas%2c+Wp&#220;G" TargetMode="External" /><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7853?opusTitle=M&#252;ller%2c+WpPG" TargetMode="External" /><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10452?opusTitle=Joussen%2c+WissZeitVG" TargetMode="External" /><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5693?opusTitle=Haage%2c+Berufsrecht+Zahn&#228;rzte" TargetMode="External" /><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5631?opusTitle=Heyn%2c+WEG" TargetMode="External" /><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8744?opusTitle=Haage%2c+ZahnheilkG" TargetMode="External" /><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6517?opusTitle=Hidien%2c+ZerlG" TargetMode="External" /><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3845?opusTitle=Schmidt%2c+AStG" TargetMode="External" /><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3542?opusTitle=von+Stralendorff%2c+ZweckVG" TargetMode="External" /><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/811" TargetMode="External" /><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3471?opusTitle=Pauli%2c+RB&#220;" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8027?opusTitle=Sch&#246;nleiter%2c+BewachV" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3831?opusTitle=Ring%2c+BodSch&#228;tzG" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7467?opusTitle=Haage%2c+BApO" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7395?opusTitle=Haage%2c+B&#196;O" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14900?opusTitle=Schepers%2c+BAf&#246;G" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5630?opusTitle=Berger%2fR&#252;bsamen%2c+BBankG" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3479?opusTitle=Kullmann%2c+BBergG" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3480?opusTitle=Schwartmann%2c+BBodSchG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3481?opusTitle=Schwartmann%2c+BBodSchV" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4457?opusTitle=von+Lewinski%2fBurbat%2c+BHO" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/74967?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Nomos Bundesrecht - Normen nach Sachgebieten" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3486?opusTitle=Mainczyk%2c+BKleingG" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9431?opusTitle=Busse%2c+BMinG" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6911?opusTitle=ReichBNichtrSchG" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10484?opusTitle=Wehr%2c+BPolBG" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14898?opusTitle=Wehr%2c+BPolG" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3488?opusTitle=Erb%2c+BRHG" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14904?opusTitle=Haage%2c+BT&#196;O" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22060?opusTitle=Herzog%2fWestphal%2c+BVFG" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8745?opusTitle=Reinhardt%2fSch&#228;fer%2c+WaStrG" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5696?opusTitle=Laars%2c+DeckRV" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20953?opusTitle=Reinhardt%2c+Ad&#220;bAG" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3493?opusTitle=B&#246;ttcher%2c+DepotG" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6914?opusTitle=WalkerUKlaG" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3495?opusTitle=Staats%2c+DRiG" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4923?opusTitle=Haage%2c+Di&#228;tAssG" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3498?opusTitle=Rieck%2c+VO+(EG)+2201%2f2003" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3500?opusTitle=Br&#246;hl%2c+EGG" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18524?opusTitle=Haage%2c+ATA-OTA-APrV" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18525?opusTitle=Haage%2c+HebG" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18523?opusTitle=Haage%2c+ATA-OTA-G" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5695?opusTitle=Haage%2c+ErgThG" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20952?opusTitle=Reinhardt%2c+AdVermiG" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5694?opusTitle=Haage%2c+ErgThAPrV" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6514?opusTitle=Bieber%2fHaag%2c+EuAbgG" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10455?opusTitle=Lenz%2fGerhard%2c+EuWG" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6513?opusTitle=Bieber%2fHaag%2c+EuWO" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5634?opusTitle=Kugelmann%2c+EuropolG" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5628?opusTitle=Vennemann%2c+FernUSG" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6516?opusTitle=Hidien%2c+FAG" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20951?opusTitle=Laars%2c+FinDAG" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18528?opusTitle=Ehlers%2c+FlRG" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3510?opusTitle=Fritz%2c+Fl%c3%bcHG" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4917?opusTitle=Weitzel%2c+AdWirkG" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3511?opusTitle=Ekardt%2c+Flugl%c3%a4rmG" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3512?opusTitle=Steinhauser%2c+FoVG" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10448?opusTitle=Roggan%2c+G+10" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3642?opusTitle=Zuck%2c+GOZ" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3515?opusTitle=Hidien%2c+GFRG" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3516?opusTitle=Winkler%2c+GPatG" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9432?opusTitle=Busse%2c+GO-BReg" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3517?opusTitle=Heinke%2c+GewSchG" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4924?opusTitle=Maa%c3%9f%2fVogt%2c+FStrAbG" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9357?opusTitle=Knorre%2c+G%c3%bcKG" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3371?opusTitle=Kramer%2c+AEG" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7390?opusTitle=Detterbeck%2c+HwO" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4460?opusTitle=von+Lewinski%2fBurbat%2c+HGrG" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3520?opusTitle=Zimmermann%2c+HWG" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4461?opusTitle=Haage%2c+HeilPraktG" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3523?opusTitle=Fritz%2c+HKStG" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10451?opusTitle=Gra%c3%9f%2c+H%c3%b6feO" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3524?opusTitle=Hartmann%2c+HOAI" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3525?opusTitle=Hartmann%2c+IngALG" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4463?opusTitle=Wei%c3%9f%2c+VN-AntiFolt%c3%9cbG" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3526?opusTitle=Hofmann%2fBoldt%2c+IPB%c3%bcrgR" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4918?opusTitle=Ernst%2fBraunroth%2fFranke%2fWascher" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18529?opusTitle=Wagner%2c+IntFamRVG" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6909?opusTitle=Patzner%2fKempf%2c+InvStG" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7397?opusTitle=Weyand%2c+JArbSchG" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3532?opusTitle=Weyand%2c+JArbSchUV" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3533?opusTitle=Wilkitzki%2c+StrafgG-Jugosl" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3534?opusTitle=Golbs%2c+KastrG" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3536?opusTitle=Weyand%2c+KindArbSchV" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3537?opusTitle=von+Lewinski%2c+KonsHilfG" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3539?opusTitle=Becker%2fOldenhage%2c+KFolgenArchG" TargetMode="External" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3540?opusTitle=Becker%2fOldenhage%2c+KgSchKonvAusfG" TargetMode="External" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17872?opusTitle=Bauer%2fGehring%2fGottwein%2c+ATG" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12808?opusTitle=Fabritius%2c+Kurzarbeitergeldverordnung" TargetMode="External" /><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14641?opusTitle=Pewestorf%2c+2.+KugBeV" TargetMode="External" /><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5635?opusTitle=Klein-Blenkers%2c+LPachtVG" TargetMode="External" /><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20038?opusTitle=Boch%2c+TabakerzG" TargetMode="External" /><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20950?opusTitle=Boch%2c+LFGB" TargetMode="External" /><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12806?opusTitle=Hoppe%2c+LuftVStG" TargetMode="External" /><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14902?opusTitle=Haage%2c+MPhG" TargetMode="External" /><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14903?opusTitle=Haage%2c+MB-APrV" TargetMode="External" /><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10445?opusTitle=HaageMTA-APrV" TargetMode="External" /><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9359?opusTitle=Liesching%2c+NetzDG" TargetMode="External" /><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3463?opusTitle=Kopp%2c+AltfahrzeugG" TargetMode="External" /><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6905?opusTitle=HaageNotSan-APrV" TargetMode="External" /><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22471?opusTitle=HaageNotSanG" TargetMode="External" /><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3548?opusTitle=Saenger%2fKessler%2c+NaStraG" TargetMode="External" /><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12802?opusTitle=Berstermann%2c+PreisV" TargetMode="External" /><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3550?opusTitle=Haniel%2c+%c3%96koKennzG" TargetMode="External" /><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3551?opusTitle=Leier%2c+OASG" TargetMode="External" /><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5618?opusTitle=Busse%2c+ParlStG" TargetMode="External" /><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3554?opusTitle=Burkiczak%2c+ParlBetG" TargetMode="External" /><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4462?opusTitle=Morlok" TargetMode="External" /><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3556?opusTitle=Kilian%2c+PartGG" TargetMode="External" /><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7465?opusTitle=Haage%2c+AAppO" TargetMode="External" /><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3559?opusTitle=Stauf%2c+PersAnpassG" TargetMode="External" /><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3560?opusTitle=Stauf%2c+PersSt%c3%a4rkeG" TargetMode="External" /><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8748?opusTitle=Burkiczak%2c+PetitionsAG" TargetMode="External" /><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6897?opusTitle=B%c3%b6hm%2c+PflegeZG" TargetMode="External" /><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10496?opusTitle=Haage%2c+PflAPrV" TargetMode="External" /><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10495?opusTitle=Haage%2c+PflBG" TargetMode="External" /><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14901?opusTitle=Haage%2c+PhysTh-APrV" TargetMode="External" /><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12804?opusTitle=Haage%2c+PodG" TargetMode="External" /><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12805?opusTitle=Haage%2c+PodAPrV" TargetMode="External" /><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3566?opusTitle=Bredendiek%2c+ProfBesReformG" TargetMode="External" /><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8739?opusTitle=Haage%2c+ZAppO" TargetMode="External" /><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8751?opusTitle=HaagePsychThGEG" TargetMode="External" /><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22062?opusTitle=HaagePsychThApprO" TargetMode="External" /><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20948?opusTitle=HaagePsychThG" TargetMode="External" /><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20949?opusTitle=Schatz%2fBartmann%2c+SeeAnlG" TargetMode="External" /><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14899?opusTitle=Schatz%2c+HSEG" TargetMode="External" /><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6913?opusTitle=Sch%c3%a4fer%2c+PublG" TargetMode="External" /><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3569?opusTitle=Nissel%2c+RGModG" TargetMode="External" /><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3575?opusTitle=Schmid%2c+RPflG" TargetMode="External" /><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3576?opusTitle=Schmid%2c+RelKErzG" TargetMode="External" /><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13285?opusTitle=Staats%2c+RiWG" TargetMode="External" /><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10449?opusTitle=Nomos-BR+ArbNErfG" TargetMode="External" /><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7393?opusTitle=Gehrmann%2c+RiRegDG" TargetMode="External" /><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22482?opusTitle=Ehlers%2c+SchSV" TargetMode="External" /><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18531?opusTitle=Ehlers%2c+SchSG" TargetMode="External" /><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3593?opusTitle=D%c3%b6rner%2fStaudinger%2c+SchRModG" TargetMode="External" /><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12250?opusTitle=Borowski%2c+SchVG" TargetMode="External" /><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3595?opusTitle=Timm-Wagner%2c+SEAG" TargetMode="External" /><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3596?opusTitle=Kleinsorge%2fFreis%2c+SEBG" TargetMode="External" /><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7388?opusTitle=Bubenzer%2fPeetz%2fMallach" TargetMode="External" /><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18532?opusTitle=Ehlers%2c+SeeaufgG" TargetMode="External" /><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7466?opusTitle=Markus%2c+SeefiG" TargetMode="External" /><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5620?opusTitle=Hohmann%2c+ArbGG" TargetMode="External" /><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14637?opusTitle=Ehlers%2c+SeeLG" TargetMode="External" /><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14638?opusTitle=Ehlers%2c+SUG" TargetMode="External" /><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3602?opusTitle=Eichen%2c+SoldGG" TargetMode="External" /><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12807?opusTitle=Fabritius%2c+Sozialschutz-Paket" TargetMode="External" /><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20947?opusTitle=Hesselbarth%2c+18.+BImSchV" TargetMode="External" /><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6908?opusTitle=von+Lewinski%2c+StabiRatG" TargetMode="External" /><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3607?opusTitle=Dederer%2c+StZG" TargetMode="External" /><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3846?opusTitle=Stoltenberg%2fBossack%2c+StUG" TargetMode="External" /><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3608?opusTitle=Heyde%2c+GeldWStiftG" TargetMode="External" /><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3609?opusTitle=Stauf%2c+PersStruktG-Streitkr%c3%a4fte" TargetMode="External" /><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14640?opusTitle=Pewestorf%2c+Alg+II-V" TargetMode="External" /><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3610?opusTitle=M%c3%bcller-Broich%2c+TMG" TargetMode="External" /><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14639?opusTitle=Haage%2c+TAppV" TargetMode="External" /><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3613?opusTitle=Augstein%2c+TSG" TargetMode="External" /><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3614?opusTitle=Wei%c3%9f%2c+VerschwSch%c3%9c" TargetMode="External" /><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4280?opusTitle=Balensiefen%2c+UmwRG" TargetMode="External" /><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8753?opusTitle=Ehlers%2c+MeerVerG" TargetMode="External" /><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14632?opusTitle=Balensiefen%2c+Umwelthaftungsgesetz" TargetMode="External" /><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4281?opusTitle=Balensiefen%2c+USchadG" TargetMode="External" /><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6899?opusTitle=Wehr%2c+UZwG" TargetMode="External" /><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3615?opusTitle=Stauf%2c+UZwGBw" TargetMode="External" /><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3531?opusTitle=von+Lewinski%2c+G+115" TargetMode="External" /><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3935?opusTitle=Pieper%2fSpoerhase%2c+PUAG" TargetMode="External" /><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18522?opusTitle=Mehle%2c+Au%c3%9fenwirtschaftsgesetz" TargetMode="External" /><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14896?opusTitle=Groh%2c+VereinsG" TargetMode="External" /><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7389?opusTitle=ZumpeVIFGG" TargetMode="External" /><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12811?opusTitle=von+Lewinski%2c+Verkehrsleistungsgesetz" TargetMode="External" /><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3618?opusTitle=Hirschinger%2c+VermRErgG" TargetMode="External" /><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3619?opusTitle=Feldhaus%2c+9.+BImSchV" TargetMode="External" /><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3620?opusTitle=Feldhaus%2c+26.+BImSchV" TargetMode="External" /><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18527?opusTitle=Laars%2c+VAG" TargetMode="External" /><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3622?opusTitle=Sch%c3%b6nleiter%2c+VerstV" TargetMode="External" /><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7387?opusTitle=Haage%2c+%c3%84AppO" TargetMode="External" /><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3624?opusTitle=Fischer%2c+VW-Gesetz" TargetMode="External" /><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4502?opusTitle=K%c3%b6nig%2fPapsthart%2c+WaffG" TargetMode="External" /><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3626?opusTitle=Winkelmann%2c+WahlPr%c3%bcfG" TargetMode="External" /><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22481?opusTitle=Boch%2c+WeinG" TargetMode="External" /><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14633?opusTitle=Boch%2c+WeinG" TargetMode="External" /><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7854?opusTitle=Thaeter%2fAbbas%2c+Wp%c3%9cG" TargetMode="External" /><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7853?opusTitle=M%c3%bcller%2c+WpPG" TargetMode="External" /><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10452?opusTitle=Joussen%2c+WissZeitVG" TargetMode="External" /><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5693?opusTitle=Haage%2c+Berufsrecht+Zahn%c3%a4rzte" TargetMode="External" /><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5631?opusTitle=Heyn%2c+WEG" TargetMode="External" /><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3845?opusTitle=Schmidt%2c+AStG" TargetMode="External" /><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8744?opusTitle=Haage%2c+ZahnheilkG" TargetMode="External" /><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6517?opusTitle=Hidien%2c+ZerlG" TargetMode="External" /><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3542?opusTitle=von+Stralendorff%2c+ZweckVG" TargetMode="External" /><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/811" TargetMode="External" /><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3471?opusTitle=Pauli%2c+RB%c3%9c" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8027?opusTitle=Sch%c3%b6nleiter%2c+BewachV" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3831?opusTitle=Ring%2c+BodSch%c3%a4tzG" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7467?opusTitle=Haage%2c+BApO" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7395?opusTitle=Haage%2c+B%c3%84O" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14900?opusTitle=Schepers%2c+BAf%c3%b6G" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5630?opusTitle=Berger%2fR%c3%bcbsamen%2c+BBankG" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3479?opusTitle=Kullmann%2c+BBergG" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3480?opusTitle=Schwartmann%2c+BBodSchG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3481?opusTitle=Schwartmann%2c+BBodSchV" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4457?opusTitle=von+Lewinski%2fBurbat%2c+BHO" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/74967?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Nomos%20Bundesrecht%20-%20Normen%20nach%20Sachgebieten" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3486?opusTitle=Mainczyk%2c+BKleingG" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9431?opusTitle=Busse%2c+BMinG" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6911?opusTitle=ReichBNichtrSchG" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10484?opusTitle=Wehr%2c+BPolBG" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14898?opusTitle=Wehr%2c+BPolG" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3488?opusTitle=Erb%2c+BRHG" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14904?opusTitle=Haage%2c+BT%c3%84O" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22060?opusTitle=Herzog%2fWestphal%2c+BVFG" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8745?opusTitle=Reinhardt%2fSch%c3%a4fer%2c+WaStrG" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5696?opusTitle=Laars%2c+DeckRV" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20953?opusTitle=Reinhardt%2c+Ad%c3%9cbAG" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3493?opusTitle=B%c3%b6ttcher%2c+DepotG" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6914?opusTitle=WalkerUKlaG" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3495?opusTitle=Staats%2c+DRiG" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4923?opusTitle=Haage%2c+Di%c3%a4tAssG" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3498?opusTitle=Rieck%2c+VO+(EG)+2201%2f2003" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3500?opusTitle=Br%c3%b6hl%2c+EGG" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18524?opusTitle=Haage%2c+ATA-OTA-APrV" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18525?opusTitle=Haage%2c+HebG" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18523?opusTitle=Haage%2c+ATA-OTA-G" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5695?opusTitle=Haage%2c+ErgThG" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7840,28 +7916,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul NomosOnline Bundesrecht - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>