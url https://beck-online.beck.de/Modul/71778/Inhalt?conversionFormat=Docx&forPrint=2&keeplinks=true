--- v0 (2025-10-04)
+++ v1 (2025-12-04)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -291,86 +291,86 @@
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Lexika </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="BeStLex" w:history="1">
-        <w:bookmarkStart w:id="2" w:name="opus_211503"/>
+        <w:bookmarkStart w:id="2" w:name="opus_219447"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Beck'sches Steuer- und Bilanzrechtslexikon Edition 3/​2025</w:t>
+          <w:t>Beck'sches Steuer- und Bilanzrechtslexikon Edition 4/​2025</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="2"/>
-      <w:hyperlink r:id="rId11" w:anchor="opus_detail_211503" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId11" w:anchor="opus_detail_219447" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="675" w:right="585"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -412,86 +412,64 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Beck'scher Bilanz-Kommentar</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="3"/>
       <w:hyperlink r:id="rId13" w:anchor="opus_detail_194157" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="Brandis/Heuermann" w:history="1">
-        <w:bookmarkStart w:id="4" w:name="opus_215476"/>
+        <w:bookmarkStart w:id="4" w:name="opus_216082"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Brandis/​Heuermann, Ertragsteuerrecht</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="4"/>
-      <w:hyperlink r:id="rId15" w:anchor="opus_detail_215476" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId15" w:anchor="opus_detail_216082" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:tgtFrame="_self" w:tooltip="BraunInsO" w:history="1">
         <w:bookmarkStart w:id="5" w:name="opus_196796"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1215,2407 +1193,2439 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId56" w:tgtFrame="_self" w:tooltip="IFRS-Handbuch" w:history="1">
         <w:bookmarkStart w:id="25" w:name="opus_214457"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Senger/​Driesch/​Brune/​Schulz-Danso, Beck'sches IFRS-Handbuch</w:t>
         </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="25"/>
+      <w:hyperlink r:id="rId57" w:anchor="opus_detail_214457" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId58" w:tgtFrame="_self" w:tooltip="Drukarczyk/Schüler" w:history="1">
+        <w:bookmarkStart w:id="26" w:name="opus_86104"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Drukarczyk/​Schüler, Unternehmensbewertung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="26"/>
+      <w:hyperlink r:id="rId59" w:anchor="opus_detail_86104" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId60" w:tgtFrame="_self" w:tooltip="Petersen" w:history="1">
+        <w:bookmarkStart w:id="27" w:name="opus_178419"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Petersen/​Bansbach/​Dornbach, IFRS Praxishandbuch</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="27"/>
+      <w:hyperlink r:id="rId61" w:anchor="opus_detail_178419" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Rechtsprechung</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId62" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="28" w:name="opus_68122"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Entscheidungen</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="28"/>
+      <w:hyperlink r:id="rId63" w:anchor="opus_detail_68122" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId64" w:tgtFrame="_self" w:tooltip="BeckVerf" w:history="1">
+        <w:bookmarkStart w:id="29" w:name="opus_154383"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Anhängige Verfahren</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="29"/>
+      <w:hyperlink r:id="rId65" w:anchor="opus_detail_154383" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Normen und Rechnungslegungsstandards</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Steuergesetze </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId66" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="30" w:name="opus_68126"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Einkommensteuer</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="30"/>
+      <w:hyperlink r:id="rId67" w:anchor="opus_detail_68126" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId68" w:tgtFrame="_self" w:tooltip="Lohnsteuer" w:history="1">
+        <w:bookmarkStart w:id="31" w:name="opus_68127"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Lohnsteuer</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="31"/>
+      <w:hyperlink r:id="rId69" w:anchor="opus_detail_68127" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId70" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="32" w:name="opus_68128"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Körperschaftsteuer, Umwandlungsteuer, Kapitalerhöhung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="32"/>
+      <w:hyperlink r:id="rId71" w:anchor="opus_detail_68128" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId72" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="33" w:name="opus_68129"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Gewerbesteuer, Grundsteuer</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="33"/>
+      <w:hyperlink r:id="rId73" w:anchor="opus_detail_68129" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId74" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="34" w:name="opus_68130"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Umsatzsteuer, Zölle</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="34"/>
+      <w:hyperlink r:id="rId75" w:anchor="opus_detail_68130" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId76" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="35" w:name="opus_68131"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Erbschaftsteuer, Bewertung, Grunderwerbsteuer, Vermögensteuer, Sonstige Verkehr-/​Verbrauchsteuern</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="35"/>
+      <w:hyperlink r:id="rId77" w:anchor="opus_detail_68131" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId78" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="36" w:name="opus_68132"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Verfahrensrecht (AO, FGO, Gemeinnützigkeitsrecht)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="36"/>
+      <w:hyperlink r:id="rId79" w:anchor="opus_detail_68132" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId80" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="37" w:name="opus_68133"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Berufs- und Haftungsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="37"/>
+      <w:hyperlink r:id="rId81" w:anchor="opus_detail_68133" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId82" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="38" w:name="opus_68134"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Förderungsgesetze, sonstiges Steuerrecht (Kirchensteuern)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="38"/>
+      <w:hyperlink r:id="rId83" w:anchor="opus_detail_68134" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Doppelbesteuerungsabkommen </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId84" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="39" w:name="opus_68136"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DBA, Internationales Steuerrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="39"/>
+      <w:hyperlink r:id="rId85" w:anchor="opus_detail_68136" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Internationale Rechnungslegungsstandards </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId86" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="40" w:name="opus_68138"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Bilanzrecht, Internationale Rechnungslegungsstandards</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="40"/>
+      <w:hyperlink r:id="rId87" w:anchor="opus_detail_68138" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wirtschaftsgesetze, sonstige Normen </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId88" w:tgtFrame="_self" w:history="1">
+        <w:bookmarkStart w:id="41" w:name="opus_68140"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Wirtschaftsgesetze</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="41"/>
+      <w:hyperlink r:id="rId89" w:anchor="opus_detail_68140" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId90" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
+        <w:bookmarkStart w:id="42" w:name="opus_68141"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Wichtigste Normen (rechtsgebietsübergreifend)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="42"/>
+      <w:hyperlink r:id="rId91" w:anchor="opus_detail_68141" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Zeitschriften</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DStR </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId92" w:tgtFrame="_self" w:tooltip="DStR" w:history="1">
+        <w:bookmarkStart w:id="43" w:name="opus_72244"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DStR - Deutsches Steuerrecht, ab 1991</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="43"/>
+      <w:hyperlink r:id="rId93" w:anchor="opus_detail_72244" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId94" w:tgtFrame="_self" w:tooltip="DStR-Beih" w:history="1">
+        <w:bookmarkStart w:id="44" w:name="opus_72245"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DStR - Beihefter, ab 1991</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="44"/>
+      <w:hyperlink r:id="rId95" w:anchor="opus_detail_72245" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId96" w:tgtFrame="_self" w:tooltip="DStRE" w:history="1">
+        <w:bookmarkStart w:id="45" w:name="opus_72246"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DStRE - DStR-Entscheidungsdienst, ab 1997</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="45"/>
+      <w:hyperlink r:id="rId97" w:anchor="opus_detail_72246" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId98" w:tgtFrame="_self" w:tooltip="DStRK" w:history="1">
+        <w:bookmarkStart w:id="46" w:name="opus_89926"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DStRK - DStR kurzgefaßt, ab 2017</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="46"/>
+      <w:hyperlink r:id="rId99" w:anchor="opus_detail_89926" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId100" w:tgtFrame="_self" w:tooltip="DStR-KR" w:history="1">
+        <w:bookmarkStart w:id="47" w:name="opus_72247"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DStR-KR - Kammer-Report, ab 2002 bis 2018</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="47"/>
+      <w:hyperlink r:id="rId101" w:anchor="opus_detail_72247" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId102" w:tgtFrame="_self" w:tooltip="BStBKR" w:history="1">
+        <w:bookmarkStart w:id="48" w:name="opus_115175"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>DStR-BStBKR - Bundessteuerberaterkammer-Report, ab 2019</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="48"/>
+      <w:hyperlink r:id="rId103" w:anchor="opus_detail_115175" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SteuK (Archiv) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId104" w:tgtFrame="_self" w:tooltip="SteuK" w:history="1">
+        <w:bookmarkStart w:id="49" w:name="opus_90256"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>SteuK - Steuerrecht kurzgefaßt - Gesetzgebung, Rechtsprechung und Verwaltung im Fokus der Praxis, 2009 bis 2016</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="49"/>
+      <w:hyperlink r:id="rId105" w:anchor="opus_detail_90256" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Veranlagung</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId106" w:tgtFrame="_self" w:tooltip="VZ 2024" w:history="1">
+        <w:bookmarkStart w:id="50" w:name="opus_218158"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2024</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="50"/>
+      <w:hyperlink r:id="rId107" w:anchor="opus_detail_218158" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId108" w:tgtFrame="_self" w:tooltip="VZ 2023" w:history="1">
+        <w:bookmarkStart w:id="51" w:name="opus_197273"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2023</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="51"/>
+      <w:hyperlink r:id="rId109" w:anchor="opus_detail_197273" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId110" w:tgtFrame="_self" w:tooltip="VZ 2022" w:history="1">
+        <w:bookmarkStart w:id="52" w:name="opus_181624"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2022</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="52"/>
+      <w:hyperlink r:id="rId111" w:anchor="opus_detail_181624" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId112" w:tgtFrame="_self" w:tooltip="VZ 2021" w:history="1">
+        <w:bookmarkStart w:id="53" w:name="opus_165344"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2021</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="53"/>
+      <w:hyperlink r:id="rId113" w:anchor="opus_detail_165344" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId114" w:tgtFrame="_self" w:tooltip="VZ 2020" w:history="1">
+        <w:bookmarkStart w:id="54" w:name="opus_148607"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2020</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="54"/>
+      <w:hyperlink r:id="rId115" w:anchor="opus_detail_148607" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId116" w:tgtFrame="_self" w:tooltip="VZ 2019" w:history="1">
+        <w:bookmarkStart w:id="55" w:name="opus_128561"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2019</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="55"/>
+      <w:hyperlink r:id="rId117" w:anchor="opus_detail_128561" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId118" w:tgtFrame="_self" w:tooltip="VZ 2018" w:history="1">
+        <w:bookmarkStart w:id="56" w:name="opus_113932"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2018</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="56"/>
+      <w:hyperlink r:id="rId119" w:anchor="opus_detail_113932" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId120" w:tgtFrame="_self" w:tooltip="VZ 2017" w:history="1">
+        <w:bookmarkStart w:id="57" w:name="opus_107132"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2017</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="57"/>
+      <w:hyperlink r:id="rId121" w:anchor="opus_detail_107132" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId122" w:tgtFrame="_self" w:tooltip="VZ 2016" w:history="1">
+        <w:bookmarkStart w:id="58" w:name="opus_96053"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2016</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="58"/>
+      <w:hyperlink r:id="rId123" w:anchor="opus_detail_96053" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId124" w:tgtFrame="_self" w:tooltip="VZ 2015" w:history="1">
+        <w:bookmarkStart w:id="59" w:name="opus_84350"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2015</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="59"/>
+      <w:hyperlink r:id="rId125" w:anchor="opus_detail_84350" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId126" w:tgtFrame="_self" w:tooltip="VZ 2014" w:history="1">
+        <w:bookmarkStart w:id="60" w:name="opus_76524"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2014</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="60"/>
+      <w:hyperlink r:id="rId127" w:anchor="opus_detail_76524" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId128" w:tgtFrame="_self" w:tooltip="VZ 2013" w:history="1">
+        <w:bookmarkStart w:id="61" w:name="opus_68144"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2013</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="61"/>
+      <w:hyperlink r:id="rId129" w:anchor="opus_detail_68144" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId130" w:tgtFrame="_self" w:tooltip="VZ 2012" w:history="1">
+        <w:bookmarkStart w:id="62" w:name="opus_68145"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2012</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="62"/>
+      <w:hyperlink r:id="rId131" w:anchor="opus_detail_68145" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId132" w:tgtFrame="_self" w:tooltip="VZ 2011" w:history="1">
+        <w:bookmarkStart w:id="63" w:name="opus_68146"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2011</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="63"/>
+      <w:hyperlink r:id="rId133" w:anchor="opus_detail_68146" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId134" w:tgtFrame="_self" w:tooltip="VZ 2010" w:history="1">
+        <w:bookmarkStart w:id="64" w:name="opus_68147"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2010</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="64"/>
+      <w:hyperlink r:id="rId135" w:anchor="opus_detail_68147" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId136" w:tgtFrame="_self" w:tooltip="VZ 2009" w:history="1">
+        <w:bookmarkStart w:id="65" w:name="opus_68148"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2009</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="65"/>
+      <w:hyperlink r:id="rId137" w:anchor="opus_detail_68148" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId138" w:tgtFrame="_self" w:tooltip="VZ 2008" w:history="1">
+        <w:bookmarkStart w:id="66" w:name="opus_68149"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2008</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="66"/>
+      <w:hyperlink r:id="rId139" w:anchor="opus_detail_68149" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId140" w:tgtFrame="_self" w:tooltip="VZ 2007" w:history="1">
+        <w:bookmarkStart w:id="67" w:name="opus_68150"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2007</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="67"/>
+      <w:hyperlink r:id="rId141" w:anchor="opus_detail_68150" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId142" w:tgtFrame="_self" w:tooltip="VZ 2006" w:history="1">
+        <w:bookmarkStart w:id="68" w:name="opus_68151"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2006</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="68"/>
+      <w:hyperlink r:id="rId143" w:anchor="opus_detail_68151" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId144" w:tgtFrame="_self" w:tooltip="VZ 2005" w:history="1">
+        <w:bookmarkStart w:id="69" w:name="opus_68152"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2005</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="69"/>
+      <w:hyperlink r:id="rId145" w:anchor="opus_detail_68152" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId146" w:tgtFrame="_self" w:tooltip="VZ 2004" w:history="1">
+        <w:bookmarkStart w:id="70" w:name="opus_68153"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2004</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="70"/>
+      <w:hyperlink r:id="rId147" w:anchor="opus_detail_68153" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId148" w:tgtFrame="_self" w:tooltip="VZ 2003" w:history="1">
+        <w:bookmarkStart w:id="71" w:name="opus_68154"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2003</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="71"/>
+      <w:hyperlink r:id="rId149" w:anchor="opus_detail_68154" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId150" w:tgtFrame="_self" w:tooltip="VZ 2002" w:history="1">
+        <w:bookmarkStart w:id="72" w:name="opus_68155"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2002</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="72"/>
+      <w:hyperlink r:id="rId151" w:anchor="opus_detail_68155" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId152" w:tgtFrame="_self" w:tooltip="VZ 2001" w:history="1">
+        <w:bookmarkStart w:id="73" w:name="opus_68156"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2001</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="73"/>
+      <w:hyperlink r:id="rId153" w:anchor="opus_detail_68156" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId154" w:tgtFrame="_self" w:tooltip="VZ 2000" w:history="1">
+        <w:bookmarkStart w:id="74" w:name="opus_68157"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Veranlagung 2000</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="74"/>
+      <w:hyperlink r:id="rId155" w:anchor="opus_detail_68157" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Verwaltung</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId156" w:tgtFrame="_self" w:tooltip="Steuerrichtlinien" w:history="1">
+        <w:bookmarkStart w:id="75" w:name="opus_68159"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Steuerrichtlinien</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="75"/>
+      <w:hyperlink r:id="rId157" w:anchor="opus_detail_68159" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId158" w:tgtFrame="_self" w:tooltip="BeckVerw" w:history="1">
+        <w:bookmarkStart w:id="76" w:name="opus_68161"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Steuererlasse</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="76"/>
+      <w:hyperlink r:id="rId159" w:anchor="opus_detail_68161" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId160" w:tgtFrame="_self" w:tooltip="Top 50 Steuererlasse" w:history="1">
+        <w:bookmarkStart w:id="77" w:name="opus_68162"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Die 50 meistgenutzten Steuererlasse</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="77"/>
+      <w:hyperlink r:id="rId161" w:anchor="opus_detail_68162" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Arbeitshilfen</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Formularhandbücher </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId162" w:tgtFrame="_self" w:tooltip="FormRS" w:history="1">
+        <w:bookmarkStart w:id="78" w:name="opus_68185"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Formularbuch Recht und Steuern | A. Gesellschaftsverträge</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="78"/>
+      <w:hyperlink r:id="rId163" w:anchor="opus_detail_68185" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId164" w:tgtFrame="_self" w:tooltip="FormRS" w:history="1">
+        <w:bookmarkStart w:id="79" w:name="opus_68186"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Formularbuch Recht und Steuern | B. Sonstige Verträge</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="79"/>
+      <w:hyperlink r:id="rId165" w:anchor="opus_detail_68186" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId166" w:tgtFrame="_self" w:tooltip="FormRS" w:history="1">
+        <w:bookmarkStart w:id="80" w:name="opus_68187"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Formularbuch Recht und Steuern | C. Anträge im Besteuerungsverfahren</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="80"/>
+      <w:hyperlink r:id="rId167" w:anchor="opus_detail_68187" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId168" w:tgtFrame="_self" w:tooltip="FormRS" w:history="1">
+        <w:bookmarkStart w:id="81" w:name="opus_68188"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Formularbuch Recht und Steuern | D. Rechtsmittelverfahren</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="81"/>
+      <w:hyperlink r:id="rId169" w:anchor="opus_detail_68188" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId170" w:tgtFrame="_self" w:tooltip="FormRS" w:history="1">
+        <w:bookmarkStart w:id="82" w:name="opus_68189"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Formularbuch Recht und Steuern | E. Steuerstrafverfahren</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="82"/>
+      <w:hyperlink r:id="rId171" w:anchor="opus_detail_68189" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId172" w:tgtFrame="_self" w:tooltip="FormRS" w:history="1">
+        <w:bookmarkStart w:id="83" w:name="opus_68190"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Formularbuch Recht und Steuern | F. Mandatsbezogene Verträge</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="83"/>
+      <w:hyperlink r:id="rId173" w:anchor="opus_detail_68190" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tabellen </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId174" w:tgtFrame="_self" w:tooltip="Steuertabellen" w:history="1">
+        <w:bookmarkStart w:id="84" w:name="opus_214280"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Steuertabellen</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Neuauflage</w:t>
+          <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="25"/>
-[...2328 lines deleted...]
-      <w:hyperlink r:id="rId173" w:anchor="opus_detail_212001" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:hyperlink r:id="rId175" w:anchor="opus_detail_214280" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId174"/>
-      <w:footerReference w:type="default" r:id="rId175"/>
+      <w:headerReference w:type="default" r:id="rId176"/>
+      <w:footerReference w:type="default" r:id="rId177"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -3654,85 +3664,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/04/2025</w:t>
+                  <w:t>12/04/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 04.10.2025 21:37 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 04.12.2025 15:06 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -9535,82 +9545,88 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icon">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icona">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon_a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-indicatoriconwrapper">
     <w:name w:val="toolleiste_toolleiste-indicatoriconwrapper"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="main">
     <w:name w:val="main"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapper">
     <w:name w:val="div_bo_contentwrapper"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftbohideleftcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboleft">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_left"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftborder">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftalink">
     <w:name w:val="bo_left_a_link"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkdiv">
     <w:name w:val="beck-tabs_beck-tabs-link_div"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linki">
     <w:name w:val="beck-tabs_beck-tabs-link_i"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkbeck-tabs-info">
-    <w:name w:val="beck-tabs_beck-tabs-link_beck-tabs-info"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="divboshowleftcontentbeck-tabsbeck-tabs-linkspanbeck-tabs-info">
+    <w:name w:val="div_bo_show_left_content_beck-tabs_beck-tabs-link_span_beck-tabs-info"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidget">
     <w:name w:val="div_mvcWidget"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidgetkastenTitle">
     <w:name w:val="div_mvcWidget &gt; kastenTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="345" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -9992,53 +10008,59 @@
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperbocenteranotbeck-btnParagraph">
     <w:name w:val="bo_contentwrapper_bo_center_a_not(.beck-btn) Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="C8000A"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivColumnRight">
     <w:name w:val="bo_center_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:right w:val="none" w:sz="0" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="out-of-viewport">
     <w:name w:val="out-of-viewport"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:vanish/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightbohiderightcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboright">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_right"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightborder">
     <w:name w:val="bo_contentwrapper_bo_right &gt; bo_right_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperborightborightcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_right &gt; bo_right_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreeting">
     <w:name w:val="div_ipgreeting"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="13" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divipgreetingdivloginheader">
     <w:name w:val="div_ipgreeting_div_loginheader"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
@@ -10135,51 +10157,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21608?opusTitle=BeStLex" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/305?opusTitle=DStR-KR" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9846?opusTitle=BStBKR" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1583?opusTitle=SteuK" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2023" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2022" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2021" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2020" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2019" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/113932?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2018.htm" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/107132?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2017.htm" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19796?opusTitle=BeBiKo" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/96053?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2016.htm" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/84350?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2015.htm" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/76524?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2014.htm" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68144?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2013.htm" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68145?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2012.htm" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68146?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2011.htm" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68147?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2010.htm" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68148?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2009.htm" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68149?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2008.htm" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68150?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2007.htm" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22004?opusTitle=Brandis%2fHeuermann" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68151?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2006.htm" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68152?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2005.htm" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68153?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2004.htm" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68154?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2003.htm" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68155?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2002.htm" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68156?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2001.htm" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68157?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2000.htm" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68159?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Richtlinien&amp;opusTitle=Steuerrichtlinien" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Verwaltungsanweisungen&amp;query=spubtyp0:%22verwan%22&amp;opusTitle=287_opus_Name&amp;Addfilter=staxrechtsgebiet0:SteuR&amp;opusTitle=BeckVerw" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68162?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Top 50 Steuererlasse" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20101?opusTitle=BraunInsO" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4411?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4415?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4418?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4419?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4420?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5434?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21632?opusTitle=Steuertabellen" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12818?opusTitle=Handbuch+Sonderbilanzen" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20496?opusTitle=Fellenberg%2fKment" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15528?opusTitle=Glander%2fL&#252;hmann%2fKropf" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12687?opusTitle=Gosch" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20923?opusTitle=Hopt" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8958?opusTitle=Kessler" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20711?opusTitle=Klein" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21086" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20880?opusTitle=Noack" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20265?opusTitle=Reichert+GCK" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21244?opusTitle=R&#246;ssler%2fTroll" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18403?opusTitle=Schmitt%2fH&#246;rtnagl" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19971?opusTitle=Schulze" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21773?opusTitle=S&#246;lch" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21586?opusTitle=Troll" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13747?opusTitle=Vogel%2fLehner" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18431?opusTitle=V&#246;gele%2fBorstell%2fvan+der+Ham" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13404?opusTitle=Hdb+GmbH" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11984?opusTitle=Hdb+PersG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21862?opusTitle=IFRS-Handbuch" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6241?opusTitle=Drukarczyk%2fSch&#252;ler" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1446?opusTitle=FD-DSTR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17709?opusTitle=Petersen" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Entscheidungen&amp;query=spubtyp0:%22ent%22" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;PAGENR=1&amp;top=par&amp;WORDS=anhverf&amp;TXTGERICHT=BFH%2C BVerfG%2C EuGH&amp;CHKANHVERF=on&amp;RBSORT=Date&amp;opusTitle=BeckVerf" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68126?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Einkommensteuer" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68127?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Lohnsteuer&amp;opusTitle=Lohnsteuer" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68128?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=K&#246;rperschaftsteuer%2C Umwandlungssteuer%2C Kapitalerh&#246;hung" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68129?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Gewerbesteuer%2C Grundsteuer" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68130?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Umsatzsteuer%2C Z&#246;lle" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68131?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Erbschaftsteuer%2C Bewertung%2C Grunderwerbsteuer%2C Verm&#246;gensteuer%2C Sonstige Verkehr-%2FVerbrauchsteuern" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68132?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Verfahrensrecht %28AO%2C FGO%2C Gemeinn&#252;tzigkeitsrecht%29" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Steuerrecht&amp;query=(staxrechtsgebiet0:%22SteuR%22 AND werk-id:becklink)&amp;rbSort=Date" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68133?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Berufs- und Haftungsrecht" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68134?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=F&#246;rderungsgesetze%2C Sonstiges Steuerrecht %28Kirchensteuern%29" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68136?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=DBA%2C Internationales Steuerrecht" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68138?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Bilanzrecht%2C Internationale Rechnungslegungsstandards" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68140?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Wirtschaftsgesetze" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68141?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste Normen %28rechtsgebiets&#252;bergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/27?opusTitle=DStR" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/999?opusTitle=DStR-Beih" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/28?opusTitle=DStRE" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7360?opusTitle=DStRK" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22367?opusTitle=BeStLex" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/305?opusTitle=DStR-KR" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9846?opusTitle=BStBKR" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1583?opusTitle=SteuK" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2024" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2023" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2022" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2021" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2020" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2019" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/113932?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2018.htm" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19796?opusTitle=BeBiKo" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/107132?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2017.htm" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/96053?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2016.htm" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/84350?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2015.htm" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/76524?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2014.htm" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68144?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2013.htm" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68145?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2012.htm" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68146?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2011.htm" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68147?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2010.htm" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68148?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2009.htm" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68149?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2008.htm" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22070?opusTitle=Brandis%2fHeuermann" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68150?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2007.htm" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68151?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2006.htm" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68152?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2005.htm" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68153?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2004.htm" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68154?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2003.htm" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68155?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2002.htm" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68156?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2001.htm" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68157?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2000.htm" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68159?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Richtlinien&amp;opusTitle=Steuerrichtlinien" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Verwaltungsanweisungen&amp;query=spubtyp0:%22verwan%22&amp;opusTitle=287_opus_Name&amp;Addfilter=staxrechtsgebiet0:SteuR&amp;opusTitle=BeckVerw" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20101?opusTitle=BraunInsO" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68162?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Top%2050%20Steuererlasse" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4411?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4415?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4418?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4419?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4420?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5434?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21845?opusTitle=Steuertabellen" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12818?opusTitle=Handbuch+Sonderbilanzen" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20496?opusTitle=Fellenberg%2fKment" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15528?opusTitle=Glander%2fL%c3%bchmann%2fKropf" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12687?opusTitle=Gosch" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20923?opusTitle=Hopt" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8958?opusTitle=Kessler" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20711?opusTitle=Klein" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21086" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20880?opusTitle=Noack" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20265?opusTitle=Reichert+GCK" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21244?opusTitle=R%c3%b6ssler%2fTroll" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18403?opusTitle=Schmitt%2fH%c3%b6rtnagl" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19971?opusTitle=Schulze" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21773?opusTitle=S%c3%b6lch" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21586?opusTitle=Troll" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13747?opusTitle=Vogel%2fLehner" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18431?opusTitle=V%c3%b6gele%2fBorstell%2fvan+der+Ham" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13404?opusTitle=Hdb+GmbH" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11984?opusTitle=Hdb+PersG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21862?opusTitle=IFRS-Handbuch" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6241?opusTitle=Drukarczyk%2fSch%c3%bcler" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1446?opusTitle=FD-DSTR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17709?opusTitle=Petersen" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Entscheidungen&amp;query=spubtyp0:%22ent%22" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;PAGENR=1&amp;top=par&amp;WORDS=anhverf&amp;TXTGERICHT=BFH%2C%20BVerfG%2C%20EuGH&amp;CHKANHVERF=on&amp;RBSORT=Date&amp;opusTitle=BeckVerf" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68126?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Einkommensteuer" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68127?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Lohnsteuer&amp;opusTitle=Lohnsteuer" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68128?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=K%C3%B6rperschaftsteuer%2C%20Umwandlungssteuer%2C%20Kapitalerh%C3%B6hung" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68129?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Gewerbesteuer%2C%20Grundsteuer" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68130?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Umsatzsteuer%2C%20Z%C3%B6lle" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68131?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Erbschaftsteuer%2C%20Bewertung%2C%20Grunderwerbsteuer%2C%20Verm%C3%B6gensteuer%2C%20Sonstige%20Verkehr-%2FVerbrauchsteuern" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68132?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Verfahrensrecht%20%28AO%2C%20FGO%2C%20Gemeinn%C3%BCtzigkeitsrecht%29" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Steuerrecht&amp;query=(staxrechtsgebiet0:%22SteuR%22 AND werk-id:becklink)&amp;rbSort=Date" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68133?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Berufs-%20und%20Haftungsrecht" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68134?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=F%C3%B6rderungsgesetze%2C%20Sonstiges%20Steuerrecht%20%28Kirchensteuern%29" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68136?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=DBA%2C%20Internationales%20Steuerrecht" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68138?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Bilanzrecht%2C%20Internationale%20Rechnungslegungsstandards" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68140?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Wirtschaftsgesetze" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68141?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/27?opusTitle=DStR" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/999?opusTitle=DStR-Beih" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/28?opusTitle=DStRE" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7360?opusTitle=DStRK" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10444,28 +10466,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul Wirtschaftsprüfer und Steuerberater PREMIUM - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>