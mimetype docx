--- v1 (2025-12-04)
+++ v2 (2026-02-04)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -302,174 +302,174 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="BeStLex" w:history="1">
         <w:bookmarkStart w:id="2" w:name="opus_219447"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Beck'sches Steuer- und Bilanzrechtslexikon Edition 4/​2025</w:t>
         </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="2"/>
+      <w:hyperlink r:id="rId11" w:anchor="opus_detail_219447" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kommentare </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="BeBiKo" w:history="1">
+        <w:bookmarkStart w:id="3" w:name="opus_194157"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Beck'scher Bilanz-Kommentar</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="3"/>
+      <w:hyperlink r:id="rId13" w:anchor="opus_detail_194157" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="Brandis/Heuermann" w:history="1">
+        <w:bookmarkStart w:id="4" w:name="opus_219186"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Brandis/​Heuermann, Ertragsteuerrecht</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="2"/>
-[...97 lines deleted...]
-      </w:hyperlink>
       <w:bookmarkEnd w:id="4"/>
-      <w:hyperlink r:id="rId15" w:anchor="opus_detail_216082" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId15" w:anchor="opus_detail_219186" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:tgtFrame="_self" w:tooltip="BraunInsO" w:history="1">
         <w:bookmarkStart w:id="5" w:name="opus_196796"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -604,64 +604,64 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Gosch, KStG</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="9"/>
       <w:hyperlink r:id="rId25" w:anchor="opus_detail_133772" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="Hopt" w:history="1">
-        <w:bookmarkStart w:id="10" w:name="opus_204754"/>
+        <w:bookmarkStart w:id="10" w:name="opus_218274"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Hopt, Handelsgesetzbuch</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="10"/>
-      <w:hyperlink r:id="rId27" w:anchor="opus_detail_204754" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId27" w:anchor="opus_detail_218274" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:tgtFrame="_self" w:tooltip="Kessler" w:history="1">
         <w:bookmarkStart w:id="11" w:name="opus_107173"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -689,64 +689,64 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="11"/>
       <w:hyperlink r:id="rId29" w:anchor="opus_detail_107173" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId30" w:tgtFrame="_self" w:tooltip="Klein" w:history="1">
-        <w:bookmarkStart w:id="12" w:name="opus_202911"/>
+        <w:bookmarkStart w:id="12" w:name="opus_217256"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Klein, Abgabenordnung</w:t>
+          <w:t>Klein, AO</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="12"/>
-      <w:hyperlink r:id="rId31" w:anchor="opus_detail_202911" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId31" w:anchor="opus_detail_217256" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId32" w:tgtFrame="_self" w:tooltip="Koch, Aktiengesetz" w:history="1">
         <w:bookmarkStart w:id="13" w:name="opus_206767"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -817,64 +817,86 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Reichert, GmbH &amp; Co. KG</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="15"/>
       <w:hyperlink r:id="rId37" w:anchor="opus_detail_198365" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId38" w:tgtFrame="_self" w:tooltip="Rössler/Troll" w:history="1">
-        <w:bookmarkStart w:id="16" w:name="opus_208121"/>
+        <w:bookmarkStart w:id="16" w:name="opus_218759"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rössler/​Troll, Bewertungsgesetz</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="16"/>
-      <w:hyperlink r:id="rId39" w:anchor="opus_detail_208121" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId39" w:anchor="opus_detail_218759" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="Schmitt/Hörtnagl" w:history="1">
         <w:bookmarkStart w:id="17" w:name="opus_184498"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -913,64 +935,64 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schulze u.a., Bürgerliches Gesetzbuch</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="18"/>
       <w:hyperlink r:id="rId43" w:anchor="opus_detail_195674" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:tooltip="Sölch" w:history="1">
-        <w:bookmarkStart w:id="19" w:name="opus_213723"/>
+        <w:bookmarkStart w:id="19" w:name="opus_219506"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sölch/​Ringleb, UStG</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="19"/>
-      <w:hyperlink r:id="rId45" w:anchor="opus_detail_213723" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId45" w:anchor="opus_detail_219506" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="Troll" w:history="1">
         <w:bookmarkStart w:id="20" w:name="opus_211356"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3552,72 +3574,50 @@
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId174" w:tgtFrame="_self" w:tooltip="Steuertabellen" w:history="1">
         <w:bookmarkStart w:id="84" w:name="opus_214280"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Steuertabellen</w:t>
-        </w:r>
-[...20 lines deleted...]
-          <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="84"/>
       <w:hyperlink r:id="rId175" w:anchor="opus_detail_214280" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId176"/>
       <w:footerReference w:type="default" r:id="rId177"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
@@ -3664,85 +3664,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>12/04/2025</w:t>
+                  <w:t>02/04/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 04.12.2025 15:06 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 04.02.2026 07:40 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -10157,51 +10157,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22367?opusTitle=BeStLex" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/305?opusTitle=DStR-KR" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9846?opusTitle=BStBKR" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1583?opusTitle=SteuK" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2024" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2023" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2022" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2021" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2020" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2019" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/113932?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2018.htm" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19796?opusTitle=BeBiKo" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/107132?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2017.htm" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/96053?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2016.htm" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/84350?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2015.htm" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/76524?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2014.htm" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68144?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2013.htm" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68145?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2012.htm" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68146?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2011.htm" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68147?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2010.htm" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68148?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2009.htm" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68149?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2008.htm" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22070?opusTitle=Brandis%2fHeuermann" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68150?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2007.htm" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68151?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2006.htm" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68152?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2005.htm" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68153?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2004.htm" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68154?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2003.htm" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68155?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2002.htm" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68156?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2001.htm" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68157?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2000.htm" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68159?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Richtlinien&amp;opusTitle=Steuerrichtlinien" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Verwaltungsanweisungen&amp;query=spubtyp0:%22verwan%22&amp;opusTitle=287_opus_Name&amp;Addfilter=staxrechtsgebiet0:SteuR&amp;opusTitle=BeckVerw" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20101?opusTitle=BraunInsO" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68162?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Top%2050%20Steuererlasse" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4411?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4415?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4418?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4419?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4420?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5434?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21845?opusTitle=Steuertabellen" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12818?opusTitle=Handbuch+Sonderbilanzen" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20496?opusTitle=Fellenberg%2fKment" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15528?opusTitle=Glander%2fL%c3%bchmann%2fKropf" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12687?opusTitle=Gosch" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20923?opusTitle=Hopt" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8958?opusTitle=Kessler" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20711?opusTitle=Klein" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21086" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20880?opusTitle=Noack" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20265?opusTitle=Reichert+GCK" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21244?opusTitle=R%c3%b6ssler%2fTroll" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18403?opusTitle=Schmitt%2fH%c3%b6rtnagl" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19971?opusTitle=Schulze" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21773?opusTitle=S%c3%b6lch" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21586?opusTitle=Troll" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13747?opusTitle=Vogel%2fLehner" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18431?opusTitle=V%c3%b6gele%2fBorstell%2fvan+der+Ham" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13404?opusTitle=Hdb+GmbH" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11984?opusTitle=Hdb+PersG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21862?opusTitle=IFRS-Handbuch" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6241?opusTitle=Drukarczyk%2fSch%c3%bcler" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1446?opusTitle=FD-DSTR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17709?opusTitle=Petersen" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Entscheidungen&amp;query=spubtyp0:%22ent%22" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;PAGENR=1&amp;top=par&amp;WORDS=anhverf&amp;TXTGERICHT=BFH%2C%20BVerfG%2C%20EuGH&amp;CHKANHVERF=on&amp;RBSORT=Date&amp;opusTitle=BeckVerf" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68126?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Einkommensteuer" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68127?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Lohnsteuer&amp;opusTitle=Lohnsteuer" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68128?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=K%C3%B6rperschaftsteuer%2C%20Umwandlungssteuer%2C%20Kapitalerh%C3%B6hung" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68129?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Gewerbesteuer%2C%20Grundsteuer" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68130?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Umsatzsteuer%2C%20Z%C3%B6lle" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68131?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Erbschaftsteuer%2C%20Bewertung%2C%20Grunderwerbsteuer%2C%20Verm%C3%B6gensteuer%2C%20Sonstige%20Verkehr-%2FVerbrauchsteuern" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68132?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Verfahrensrecht%20%28AO%2C%20FGO%2C%20Gemeinn%C3%BCtzigkeitsrecht%29" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Steuerrecht&amp;query=(staxrechtsgebiet0:%22SteuR%22 AND werk-id:becklink)&amp;rbSort=Date" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68133?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Berufs-%20und%20Haftungsrecht" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68134?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=F%C3%B6rderungsgesetze%2C%20Sonstiges%20Steuerrecht%20%28Kirchensteuern%29" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68136?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=DBA%2C%20Internationales%20Steuerrecht" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68138?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Bilanzrecht%2C%20Internationale%20Rechnungslegungsstandards" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68140?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Wirtschaftsgesetze" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68141?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/27?opusTitle=DStR" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/999?opusTitle=DStR-Beih" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/28?opusTitle=DStRE" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7360?opusTitle=DStRK" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22367?opusTitle=BeStLex" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/305?opusTitle=DStR-KR" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9846?opusTitle=BStBKR" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1583?opusTitle=SteuK" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2024" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2023" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2022" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2021" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2020" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2019" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/113932?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2018.htm" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19796?opusTitle=BeBiKo" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/107132?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2017.htm" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/96053?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2016.htm" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/84350?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2015.htm" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/76524?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2014.htm" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68144?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2013.htm" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68145?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2012.htm" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68146?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2011.htm" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68147?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2010.htm" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68148?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2009.htm" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68149?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2008.htm" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22339?opusTitle=Brandis%2fHeuermann" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68150?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2007.htm" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68151?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2006.htm" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68152?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2005.htm" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68153?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2004.htm" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68154?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2003.htm" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68155?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2002.htm" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68156?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2001.htm" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68157?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2000.htm" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68159?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Richtlinien&amp;opusTitle=Steuerrichtlinien" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Verwaltungsanweisungen&amp;query=spubtyp0:%22verwan%22&amp;opusTitle=287_opus_Name&amp;Addfilter=staxrechtsgebiet0:SteuR&amp;opusTitle=BeckVerw" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20101?opusTitle=BraunInsO" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68162?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Top%2050%20Steuererlasse" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4411?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4415?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4418?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4419?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4420?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5434?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21845?opusTitle=Steuertabellen" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12818?opusTitle=Handbuch+Sonderbilanzen" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20496?opusTitle=Fellenberg%2fKment" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15528?opusTitle=Glander%2fL%c3%bchmann%2fKropf" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12687?opusTitle=Gosch" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22248?opusTitle=Hopt" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8958?opusTitle=Kessler" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22134?opusTitle=Klein" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21086" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20880?opusTitle=Noack" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20265?opusTitle=Reichert+GCK" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22312?opusTitle=R%c3%b6ssler%2fTroll" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18403?opusTitle=Schmitt%2fH%c3%b6rtnagl" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19971?opusTitle=Schulze" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22370?opusTitle=S%c3%b6lch" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21586?opusTitle=Troll" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13747?opusTitle=Vogel%2fLehner" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18431?opusTitle=V%c3%b6gele%2fBorstell%2fvan+der+Ham" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13404?opusTitle=Hdb+GmbH" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11984?opusTitle=Hdb+PersG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21862?opusTitle=IFRS-Handbuch" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6241?opusTitle=Drukarczyk%2fSch%c3%bcler" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1446?opusTitle=FD-DSTR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17709?opusTitle=Petersen" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Entscheidungen&amp;query=spubtyp0:%22ent%22" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;PAGENR=1&amp;top=par&amp;WORDS=anhverf&amp;TXTGERICHT=BFH%2C%20BVerfG%2C%20EuGH&amp;CHKANHVERF=on&amp;RBSORT=Date&amp;opusTitle=BeckVerf" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68126?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Einkommensteuer" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68127?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Lohnsteuer&amp;opusTitle=Lohnsteuer" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68128?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=K%C3%B6rperschaftsteuer%2C%20Umwandlungssteuer%2C%20Kapitalerh%C3%B6hung" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68129?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Gewerbesteuer%2C%20Grundsteuer" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68130?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Umsatzsteuer%2C%20Z%C3%B6lle" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68131?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Erbschaftsteuer%2C%20Bewertung%2C%20Grunderwerbsteuer%2C%20Verm%C3%B6gensteuer%2C%20Sonstige%20Verkehr-%2FVerbrauchsteuern" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68132?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Verfahrensrecht%20%28AO%2C%20FGO%2C%20Gemeinn%C3%BCtzigkeitsrecht%29" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Steuerrecht&amp;query=(staxrechtsgebiet0:%22SteuR%22 AND werk-id:becklink)&amp;rbSort=Date" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68133?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Berufs-%20und%20Haftungsrecht" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68134?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=F%C3%B6rderungsgesetze%2C%20Sonstiges%20Steuerrecht%20%28Kirchensteuern%29" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68136?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=DBA%2C%20Internationales%20Steuerrecht" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68138?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Bilanzrecht%2C%20Internationale%20Rechnungslegungsstandards" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68140?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Wirtschaftsgesetze" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68141?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/27?opusTitle=DStR" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/999?opusTitle=DStR-Beih" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/28?opusTitle=DStRE" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7360?opusTitle=DStRK" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>