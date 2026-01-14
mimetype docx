--- v0 (2025-11-28)
+++ v1 (2026-01-14)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -302,174 +302,174 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="BeStLex" w:history="1">
         <w:bookmarkStart w:id="2" w:name="opus_219447"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Beck'sches Steuer- und Bilanzrechtslexikon Edition 4/​2025</w:t>
         </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="2"/>
+      <w:hyperlink r:id="rId11" w:anchor="opus_detail_219447" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbomodulinhaltbozwischenueberschrifth6"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="7" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="3" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="2" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="675" w:right="585"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kommentare </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="BeBiKo" w:history="1">
+        <w:bookmarkStart w:id="3" w:name="opus_194157"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Beck'scher Bilanz-Kommentar</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="3"/>
+      <w:hyperlink r:id="rId13" w:anchor="opus_detail_194157" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="Brandis/Heuermann" w:history="1">
+        <w:bookmarkStart w:id="4" w:name="opus_219186"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Brandis/​Heuermann, Ertragsteuerrecht</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="2"/>
-[...97 lines deleted...]
-      </w:hyperlink>
       <w:bookmarkEnd w:id="4"/>
-      <w:hyperlink r:id="rId15" w:anchor="opus_detail_216082" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId15" w:anchor="opus_detail_219186" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:tgtFrame="_self" w:tooltip="BraunInsO" w:history="1">
         <w:bookmarkStart w:id="5" w:name="opus_196796"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -604,64 +604,64 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Gosch, KStG</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="9"/>
       <w:hyperlink r:id="rId25" w:anchor="opus_detail_133772" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="Hopt" w:history="1">
-        <w:bookmarkStart w:id="10" w:name="opus_204754"/>
+        <w:bookmarkStart w:id="10" w:name="opus_218274"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Hopt, Handelsgesetzbuch</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="10"/>
-      <w:hyperlink r:id="rId27" w:anchor="opus_detail_204754" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId27" w:anchor="opus_detail_218274" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:tgtFrame="_self" w:tooltip="Kessler" w:history="1">
         <w:bookmarkStart w:id="11" w:name="opus_107173"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -689,64 +689,64 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="11"/>
       <w:hyperlink r:id="rId29" w:anchor="opus_detail_107173" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId30" w:tgtFrame="_self" w:tooltip="Klein" w:history="1">
-        <w:bookmarkStart w:id="12" w:name="opus_202911"/>
+        <w:bookmarkStart w:id="12" w:name="opus_217256"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Klein, Abgabenordnung</w:t>
+          <w:t>Klein, AO</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="12"/>
-      <w:hyperlink r:id="rId31" w:anchor="opus_detail_202911" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId31" w:anchor="opus_detail_217256" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId32" w:tgtFrame="_self" w:tooltip="Koch, Aktiengesetz" w:history="1">
         <w:bookmarkStart w:id="13" w:name="opus_206767"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -817,64 +817,86 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Reichert, GmbH &amp; Co. KG</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="15"/>
       <w:hyperlink r:id="rId37" w:anchor="opus_detail_198365" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId38" w:tgtFrame="_self" w:tooltip="Rössler/Troll" w:history="1">
-        <w:bookmarkStart w:id="16" w:name="opus_208121"/>
+        <w:bookmarkStart w:id="16" w:name="opus_218759"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rössler/​Troll, Bewertungsgesetz</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="16"/>
-      <w:hyperlink r:id="rId39" w:anchor="opus_detail_208121" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId39" w:anchor="opus_detail_218759" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="Schmitt/Hörtnagl" w:history="1">
         <w:bookmarkStart w:id="17" w:name="opus_184498"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -913,64 +935,86 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schulze u.a., Bürgerliches Gesetzbuch</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="18"/>
       <w:hyperlink r:id="rId43" w:anchor="opus_detail_195674" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:tooltip="Sölch" w:history="1">
-        <w:bookmarkStart w:id="19" w:name="opus_213723"/>
+        <w:bookmarkStart w:id="19" w:name="opus_219506"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sölch/​Ringleb, UStG</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="19"/>
-      <w:hyperlink r:id="rId45" w:anchor="opus_detail_213723" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId45" w:anchor="opus_detail_219506" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="Troll" w:history="1">
         <w:bookmarkStart w:id="20" w:name="opus_211356"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3552,72 +3596,50 @@
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId174" w:tgtFrame="_self" w:tooltip="Steuertabellen" w:history="1">
         <w:bookmarkStart w:id="84" w:name="opus_214280"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Steuertabellen</w:t>
-        </w:r>
-[...20 lines deleted...]
-          <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="84"/>
       <w:hyperlink r:id="rId175" w:anchor="opus_detail_214280" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId176"/>
       <w:footerReference w:type="default" r:id="rId177"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
@@ -3664,85 +3686,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>11/28/2025</w:t>
+                  <w:t>01/14/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 28.11.2025 07:15 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 14.01.2026 21:41 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -10157,51 +10179,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22367?opusTitle=BeStLex" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/305?opusTitle=DStR-KR" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9846?opusTitle=BStBKR" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1583?opusTitle=SteuK" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2024" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2023" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2022" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2021" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2020" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2019" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/113932?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2018.htm" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19796?opusTitle=BeBiKo" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/107132?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2017.htm" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/96053?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2016.htm" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/84350?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2015.htm" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/76524?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2014.htm" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68144?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2013.htm" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68145?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2012.htm" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68146?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2011.htm" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68147?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2010.htm" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68148?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2009.htm" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68149?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2008.htm" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22070?opusTitle=Brandis%2fHeuermann" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68150?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2007.htm" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68151?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2006.htm" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68152?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2005.htm" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68153?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2004.htm" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68154?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2003.htm" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68155?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2002.htm" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68156?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2001.htm" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68157?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2000.htm" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68159?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Richtlinien&amp;opusTitle=Steuerrichtlinien" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Verwaltungsanweisungen&amp;query=spubtyp0:%22verwan%22&amp;opusTitle=287_opus_Name&amp;Addfilter=staxrechtsgebiet0:SteuR&amp;opusTitle=BeckVerw" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20101?opusTitle=BraunInsO" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68162?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Top%2050%20Steuererlasse" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4411?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4415?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4418?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4419?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4420?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5434?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21845?opusTitle=Steuertabellen" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12818?opusTitle=Handbuch+Sonderbilanzen" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20496?opusTitle=Fellenberg%2fKment" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15528?opusTitle=Glander%2fL%c3%bchmann%2fKropf" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12687?opusTitle=Gosch" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20923?opusTitle=Hopt" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8958?opusTitle=Kessler" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20711?opusTitle=Klein" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21086" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20880?opusTitle=Noack" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20265?opusTitle=Reichert+GCK" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21244?opusTitle=R%c3%b6ssler%2fTroll" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18403?opusTitle=Schmitt%2fH%c3%b6rtnagl" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19971?opusTitle=Schulze" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21773?opusTitle=S%c3%b6lch" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21586?opusTitle=Troll" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13747?opusTitle=Vogel%2fLehner" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18431?opusTitle=V%c3%b6gele%2fBorstell%2fvan+der+Ham" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13404?opusTitle=Hdb+GmbH" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11984?opusTitle=Hdb+PersG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21862?opusTitle=IFRS-Handbuch" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6241?opusTitle=Drukarczyk%2fSch%c3%bcler" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1446?opusTitle=FD-DSTR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17709?opusTitle=Petersen" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Entscheidungen&amp;query=spubtyp0:%22ent%22" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;PAGENR=1&amp;top=par&amp;WORDS=anhverf&amp;TXTGERICHT=BFH%2C%20BVerfG%2C%20EuGH&amp;CHKANHVERF=on&amp;RBSORT=Date&amp;opusTitle=BeckVerf" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68126?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Einkommensteuer" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68127?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Lohnsteuer&amp;opusTitle=Lohnsteuer" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68128?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=K%C3%B6rperschaftsteuer%2C%20Umwandlungssteuer%2C%20Kapitalerh%C3%B6hung" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68129?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Gewerbesteuer%2C%20Grundsteuer" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68130?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Umsatzsteuer%2C%20Z%C3%B6lle" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68131?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Erbschaftsteuer%2C%20Bewertung%2C%20Grunderwerbsteuer%2C%20Verm%C3%B6gensteuer%2C%20Sonstige%20Verkehr-%2FVerbrauchsteuern" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68132?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Verfahrensrecht%20%28AO%2C%20FGO%2C%20Gemeinn%C3%BCtzigkeitsrecht%29" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Steuerrecht&amp;query=(staxrechtsgebiet0:%22SteuR%22 AND werk-id:becklink)&amp;rbSort=Date" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68133?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Berufs-%20und%20Haftungsrecht" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68134?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=F%C3%B6rderungsgesetze%2C%20Sonstiges%20Steuerrecht%20%28Kirchensteuern%29" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68136?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=DBA%2C%20Internationales%20Steuerrecht" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68138?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Bilanzrecht%2C%20Internationale%20Rechnungslegungsstandards" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68140?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Wirtschaftsgesetze" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68141?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/27?opusTitle=DStR" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/999?opusTitle=DStR-Beih" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/28?opusTitle=DStRE" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7360?opusTitle=DStRK" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22367?opusTitle=BeStLex" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/305?opusTitle=DStR-KR" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9846?opusTitle=BStBKR" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1583?opusTitle=SteuK" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2024" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2023" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2022" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2021" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2020" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?pubtyp=none&amp;cat=colls&amp;xml=komm/ibrvz2019" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/113932?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2018.htm" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19796?opusTitle=BeBiKo" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/107132?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2017.htm" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/96053?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2016.htm" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/84350?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2015.htm" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/76524?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2014.htm" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68144?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2013.htm" TargetMode="External" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68145?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2012.htm" TargetMode="External" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68146?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2011.htm" TargetMode="External" /><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68147?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2010.htm" TargetMode="External" /><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68148?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2009.htm" TargetMode="External" /><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68149?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2008.htm" TargetMode="External" /><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22339?opusTitle=Brandis%2fHeuermann" TargetMode="External" /><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68150?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2007.htm" TargetMode="External" /><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68151?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2006.htm" TargetMode="External" /><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68152?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2005.htm" TargetMode="External" /><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68153?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2004.htm" TargetMode="External" /><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68154?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2003.htm" TargetMode="External" /><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68155?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2002.htm" TargetMode="External" /><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68156?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2001.htm" TargetMode="External" /><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68157?pubtyp=none&amp;htm=%2Fbib%2Finhalt%2Fgesetze%2Fstva_2000.htm" TargetMode="External" /><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68159?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Richtlinien&amp;opusTitle=Steuerrichtlinien" TargetMode="External" /><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Verwaltungsanweisungen&amp;query=spubtyp0:%22verwan%22&amp;opusTitle=287_opus_Name&amp;Addfilter=staxrechtsgebiet0:SteuR&amp;opusTitle=BeckVerw" TargetMode="External" /><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20101?opusTitle=BraunInsO" TargetMode="External" /><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68162?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Top%2050%20Steuererlasse" TargetMode="External" /><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4411?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4415?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4418?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4419?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4420?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/5434?opusTitle=FormRS" TargetMode="External" /><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21845?opusTitle=Steuertabellen" TargetMode="External" /><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12818?opusTitle=Handbuch+Sonderbilanzen" TargetMode="External" /><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20496?opusTitle=Fellenberg%2fKment" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15528?opusTitle=Glander%2fL%c3%bchmann%2fKropf" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12687?opusTitle=Gosch" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22248?opusTitle=Hopt" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8958?opusTitle=Kessler" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22134?opusTitle=Klein" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21086" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20880?opusTitle=Noack" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20265?opusTitle=Reichert+GCK" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22312?opusTitle=R%c3%b6ssler%2fTroll" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18403?opusTitle=Schmitt%2fH%c3%b6rtnagl" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19971?opusTitle=Schulze" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22370?opusTitle=S%c3%b6lch" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21586?opusTitle=Troll" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13747?opusTitle=Vogel%2fLehner" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18431?opusTitle=V%c3%b6gele%2fBorstell%2fvan+der+Ham" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13404?opusTitle=Hdb+GmbH" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11984?opusTitle=Hdb+PersG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21862?opusTitle=IFRS-Handbuch" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6241?opusTitle=Drukarczyk%2fSch%c3%bcler" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1446?opusTitle=FD-DSTR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17709?opusTitle=Petersen" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Entscheidungen&amp;query=spubtyp0:%22ent%22" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;PAGENR=1&amp;top=par&amp;WORDS=anhverf&amp;TXTGERICHT=BFH%2C%20BVerfG%2C%20EuGH&amp;CHKANHVERF=on&amp;RBSORT=Date&amp;opusTitle=BeckVerf" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68126?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Einkommensteuer" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68127?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Lohnsteuer&amp;opusTitle=Lohnsteuer" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68128?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=K%C3%B6rperschaftsteuer%2C%20Umwandlungssteuer%2C%20Kapitalerh%C3%B6hung" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68129?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Gewerbesteuer%2C%20Grundsteuer" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68130?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Umsatzsteuer%2C%20Z%C3%B6lle" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68131?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Erbschaftsteuer%2C%20Bewertung%2C%20Grunderwerbsteuer%2C%20Verm%C3%B6gensteuer%2C%20Sonstige%20Verkehr-%2FVerbrauchsteuern" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68132?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Verfahrensrecht%20%28AO%2C%20FGO%2C%20Gemeinn%C3%BCtzigkeitsrecht%29" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Steuerrecht&amp;query=(staxrechtsgebiet0:%22SteuR%22 AND werk-id:becklink)&amp;rbSort=Date" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68133?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Berufs-%20und%20Haftungsrecht" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68134?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=F%C3%B6rderungsgesetze%2C%20Sonstiges%20Steuerrecht%20%28Kirchensteuern%29" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68136?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=DBA%2C%20Internationales%20Steuerrecht" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68138?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Bilanzrecht%2C%20Internationale%20Rechnungslegungsstandards" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68140?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Wirtschaftsgesetze" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/68141?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/27?opusTitle=DStR" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/999?opusTitle=DStR-Beih" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/28?opusTitle=DStRE" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7360?opusTitle=DStRK" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>