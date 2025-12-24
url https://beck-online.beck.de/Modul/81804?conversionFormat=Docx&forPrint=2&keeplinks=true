--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -224,85 +224,107 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Kniffka/​Koeble/​Jurgeleit/​Sacher, Kompendium des Baurechts</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
       <w:hyperlink r:id="rId9" w:anchor="opus_detail_208775" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="Messerschmidt/Voit" w:history="1">
-        <w:bookmarkStart w:id="2" w:name="opus_153624"/>
+        <w:bookmarkStart w:id="2" w:name="opus_218519"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Messerschmidt/​Voit, Privates Baurecht</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="bo-badge-highlight"/>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neuauflage</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge-highlight-aligned"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="2"/>
-      <w:hyperlink r:id="rId11" w:anchor="opus_detail_153624" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId11" w:anchor="opus_detail_218519" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="Musielak/Voit" w:history="1">
         <w:bookmarkStart w:id="3" w:name="opus_208240"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -373,96 +395,140 @@
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Bauvertrags- und Architektenrecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:tgtFrame="_self" w:tooltip="BeckOK BauvertrR" w:history="1">
-        <w:bookmarkStart w:id="5" w:name="opus_211955"/>
+        <w:bookmarkStart w:id="5" w:name="opus_216016"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Bauvertragsrecht, Leupertz/​Preussner/​Sienz</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="5"/>
-      <w:hyperlink r:id="rId17" w:anchor="opus_detail_211955" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId17" w:anchor="opus_detail_216016" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:tgtFrame="_self" w:tooltip="BeckOK VOB/B" w:history="1">
-        <w:bookmarkStart w:id="6" w:name="opus_211430"/>
+        <w:bookmarkStart w:id="6" w:name="opus_215558"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK VOB/​B, Cramer/​Kandel/​Preussner</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="6"/>
-      <w:hyperlink r:id="rId19" w:anchor="opus_detail_211430" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId19" w:anchor="opus_detail_215558" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="Jansen VOB/B" w:history="1">
         <w:bookmarkStart w:id="7" w:name="opus_206372"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -533,64 +599,86 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Korbion/​Mantscheff/​Vygen, HOAI</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="8"/>
       <w:hyperlink r:id="rId23" w:anchor="opus_detail_179148" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="BeckOKHOAI" w:history="1">
-        <w:bookmarkStart w:id="9" w:name="opus_211389"/>
+        <w:bookmarkStart w:id="9" w:name="opus_215517"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK HOAI, Messerschmidt/​Niemöller/​Preussner</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="9"/>
-      <w:hyperlink r:id="rId25" w:anchor="opus_detail_211389" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId25" w:anchor="opus_detail_215517" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="Lederer" w:history="1">
         <w:bookmarkStart w:id="10" w:name="opus_215984"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1465,85 +1553,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>11/08/2025</w:t>
+                  <w:t>12/24/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 08.11.2025 15:58 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 24.12.2025 19:45 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -3161,461 +3249,50 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="0000000D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0000000D"/>
-    <w:lvl w:ilvl="0">
-[...409 lines deleted...]
-    <w:tmpl w:val="00000010"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -3743,59 +3420,50 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="12"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
   </w:rsids>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
@@ -4949,52 +4617,66 @@
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltboopus">
     <w:name w:val="bo_center_bo_modul_inhalt_bo_opus"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="15" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterArrowMiddleColumnTop">
     <w:name w:val="bo_center_ArrowMiddleColumnTop"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivopusline">
     <w:name w:val="bo_center_div_opusline"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-highlight">
-    <w:name w:val="bo-badge-highlight"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
+    <w:name w:val="bo-badge"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="C8000A"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-highlight-aligned">
+    <w:name w:val="bo-badge-highlight-aligned"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="C8000A"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:bdr w:val="single" w:sz="6" w:space="0" w:color="C8000A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
     <w:name w:val="div_DetailledContentView"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5220,51 +4902,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14075?opusTitle=Messerschmidt%2fVoit" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21254?opusTitle=Musielak%2fVoit" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12418?opusTitle=Roquette" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21630?opusTitle=BeckOK+BauvertrR" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21597?opusTitle=BeckOK+VOB%2fB" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21047?opusTitle=Jansen+VOB%2fB" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17795?opusTitle=Korbion" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21591?opusTitle=BeckOKHOAI" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22061?opusTitle=Lederer" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21765?opusTitle=BattisBauGB" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21903?opusTitle=K%c3%b6nig%2fRoeser%2fStock" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21?opusTitle=NZBau" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1714?opusTitle=ZfBR" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3861?opusTitle=ZfBR-Beil." TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2112?opusTitle=BeckOF+Prozess+BauR" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2117?opusTitle=BeckOF+Prozess+VergabeR" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4116?opusTitle=BeckOF+BauR" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2116?opusTitle=BeckOF+Vertrag+BauR" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung (aus NJW, NJW-RR, NVwZ u.a.)&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOBAUPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/81839?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Normen%20zum%20Bau-%20und%20Vergaberecht" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/81840?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews%20aus%20dem%20Bereich%20Baurecht&amp;query=(srechtsgebiet1:%22PrBauR%22%20AND%20doktypesearch:%22zzreddok%22%20AND%20werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/81979" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/39261" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/74070" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21292?opusTitle=Kapellmann" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21294?opusTitle=Kniffka%2fKoeble" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22279?opusTitle=Messerschmidt%2fVoit" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21254?opusTitle=Musielak%2fVoit" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12418?opusTitle=Roquette" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22065?opusTitle=BeckOK+BauvertrR" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22013?opusTitle=BeckOK+VOB%2fB" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21047?opusTitle=Jansen+VOB%2fB" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17795?opusTitle=Korbion" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22010?opusTitle=BeckOKHOAI" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22061?opusTitle=Lederer" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21765?opusTitle=BattisBauGB" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21903?opusTitle=K%c3%b6nig%2fRoeser%2fStock" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21?opusTitle=NZBau" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/1714?opusTitle=ZfBR" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3861?opusTitle=ZfBR-Beil." TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2112?opusTitle=BeckOF+Prozess+BauR" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2117?opusTitle=BeckOF+Prozess+VergabeR" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4116?opusTitle=BeckOF+BauR" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2116?opusTitle=BeckOF+Vertrag+BauR" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung (aus NJW, NJW-RR, NVwZ u.a.)&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOBAUPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/81839?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Normen%20zum%20Bau-%20und%20Vergaberecht" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/81840?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews%20aus%20dem%20Bereich%20Baurecht&amp;query=(srechtsgebiet1:%22PrBauR%22%20AND%20doktypesearch:%22zzreddok%22%20AND%20werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/81979" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/39261" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/74070" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21292?opusTitle=Kapellmann" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21294?opusTitle=Kniffka%2fKoeble" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>