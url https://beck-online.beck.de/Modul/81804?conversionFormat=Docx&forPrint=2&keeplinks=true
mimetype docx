--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1587,51 +1587,51 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 24.12.2025 19:45 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 24.12.2025 22:23 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>