--- v0 (2025-11-08)
+++ v1 (2025-12-24)
@@ -256,417 +256,395 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="BeckOK IT-Recht" w:history="1">
         <w:bookmarkStart w:id="1" w:name="opus_214760"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK IT-Recht, Borges/​Hilber</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
       <w:hyperlink r:id="rId9" w:anchor="opus_detail_214760" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:tgtFrame="_self" w:tooltip="Ludwigs" w:history="1">
         <w:bookmarkStart w:id="2" w:name="opus_149543"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Ludwigs, EU-Wirtschaftsrecht (Auszug Kommunikations-, Medien- und Datenrecht)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="2"/>
+      <w:hyperlink r:id="rId11" w:anchor="opus_detail_149543" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:tooltip="Leupold" w:history="1">
+        <w:bookmarkStart w:id="3" w:name="opus_146762"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Leupold/​Wiebe/​Glossner, IT-Recht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="3"/>
+      <w:hyperlink r:id="rId13" w:anchor="opus_detail_146762" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="Marly" w:history="1">
+        <w:bookmarkStart w:id="4" w:name="opus_206404"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Marly, Praxishandbuch Softwarerecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="4"/>
+      <w:hyperlink r:id="rId15" w:anchor="opus_detail_206404" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:tgtFrame="_self" w:tooltip="RedekerITR" w:history="1">
+        <w:bookmarkStart w:id="5" w:name="opus_181845"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Redeker, IT-Recht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="5"/>
+      <w:hyperlink r:id="rId17" w:anchor="opus_detail_181845" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId18" w:tgtFrame="_self" w:tooltip="Taeger/Pohle, Computerrechts-Handbuch" w:history="1">
+        <w:bookmarkStart w:id="6" w:name="opus_210052"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Taeger/​Pohle, Computerrechts-Handbuch</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="6"/>
+      <w:hyperlink r:id="rId19" w:anchor="opus_detail_210052" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="930" w:right="900"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>IT im Unternehmen</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="Kramer IT-ArbR" w:history="1">
+        <w:bookmarkStart w:id="7" w:name="opus_176226"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kramer, IT-Arbeitsrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="7"/>
+      <w:hyperlink r:id="rId21" w:anchor="opus_detail_176226" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId22" w:tgtFrame="_self" w:tooltip="Thüsing/Wurth" w:history="1">
+        <w:bookmarkStart w:id="8" w:name="opus_129948"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Thüsing/​Wurth, Social Media im Betrieb</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="8"/>
+      <w:hyperlink r:id="rId23" w:anchor="opus_detail_129948" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="930" w:right="900"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Multimediarecht</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="BeckOK InfoMedienR" w:history="1">
+        <w:bookmarkStart w:id="9" w:name="opus_217123"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK Informations- und Medienrecht, Gersdorf/​Paal</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="2"/>
-[...286 lines deleted...]
-      </w:hyperlink>
       <w:bookmarkEnd w:id="9"/>
-      <w:hyperlink r:id="rId25" w:anchor="opus_detail_212240" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId25" w:anchor="opus_detail_217123" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="BeckOK JugendschutzR" w:history="1">
         <w:bookmarkStart w:id="10" w:name="opus_206659"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -885,65 +863,65 @@
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Spindler/​Schmitz, Telemediengesetz</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="16"/>
       <w:hyperlink r:id="rId39" w:anchor="opus_detail_100010" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="Spindler/Schuster" w:history="1">
-        <w:bookmarkStart w:id="17" w:name="opus_121743"/>
+      <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="Spindler/Schuster/Kaesling" w:history="1">
+        <w:bookmarkStart w:id="17" w:name="opus_214893"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Spindler/​Schuster, Recht der elektronischen Medien</w:t>
+          <w:t>Spindler/​Schuster/​Kaesling, Recht der elektronischen Medien</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="17"/>
-      <w:hyperlink r:id="rId41" w:anchor="opus_detail_121743" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId41" w:anchor="opus_detail_214893" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="930" w:right="900"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1110,146 +1088,146 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Gola/​Heckmann, Datenschutz-Grundverordnung - Bundesdatenschutzgesetz</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="21"/>
       <w:hyperlink r:id="rId49" w:anchor="opus_detail_170656" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId50" w:tgtFrame="_self" w:tooltip="Paal/Pauly" w:history="1">
-        <w:bookmarkStart w:id="22" w:name="opus_145617"/>
+        <w:bookmarkStart w:id="22" w:name="opus_219535"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Paal/​Pauly, DS-GVO BDSG</w:t>
-        </w:r>
-[...62 lines deleted...]
-          <w:t>Heckmann/​Paschke, Cyber Resilience Act</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Neu</w:t>
+          <w:t>Neuauflage</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="22"/>
+      <w:hyperlink r:id="rId51" w:anchor="opus_detail_219535" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId52" w:tgtFrame="_self" w:tooltip="Gierschmann" w:history="1">
+        <w:bookmarkStart w:id="23" w:name="opus_178820"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Gierschmann/​Baumgartner, Telekommunikation-Telemedien-Datenschutz-Gesetz: TTDSG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="23"/>
+      <w:hyperlink r:id="rId53" w:anchor="opus_detail_178820" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1710" w:right="930"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId54" w:tgtFrame="_self" w:tooltip="Heckmann/Paschke, Cyber Resilience Act" w:history="1">
+        <w:bookmarkStart w:id="24" w:name="opus_218842"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Heckmann/​Paschke, Cyber Resilience Act</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="24"/>
       <w:hyperlink r:id="rId55" w:anchor="opus_detail_218842" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId56" w:tgtFrame="_self" w:tooltip="Hornung/Schallbruch" w:history="1">
         <w:bookmarkStart w:id="25" w:name="opus_202663"/>
         <w:r>
           <w:rPr>
@@ -1850,64 +1828,86 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Remmertz/​Kast, Digital Escrow</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="40"/>
       <w:hyperlink r:id="rId88" w:anchor="opus_detail_179133" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId89" w:tgtFrame="_self" w:tooltip="Sassenberg" w:history="1">
-        <w:bookmarkStart w:id="41" w:name="opus_133809"/>
+        <w:bookmarkStart w:id="41" w:name="opus_220816"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Sassenberg/​Faber, Rechtshandbuch Industrie 4.0 und Internet of Things</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neuauflage</w:t>
+        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="41"/>
-      <w:hyperlink r:id="rId90" w:anchor="opus_detail_133809" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId90" w:anchor="opus_detail_220816" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1710" w:right="930"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId91" w:tgtFrame="_self" w:tooltip="Wagner/Holm-Hadulla/Ruttloff, Metaverse und Recht" w:history="1">
         <w:bookmarkStart w:id="42" w:name="opus_198142"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2240,341 +2240,373 @@
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId107" w:tgtFrame="_self" w:tooltip="DSRI-Tagungsband" w:history="1">
         <w:bookmarkStart w:id="50" w:name="opus_87319"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>DSRI-Tagungsband, 2010 bis 2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="50"/>
       <w:hyperlink r:id="rId108" w:anchor="opus_detail_87319" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId109" w:tgtFrame="_self" w:tooltip="ZfDR" w:history="1">
+        <w:bookmarkStart w:id="51" w:name="opus_219617"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>ZfDR - Zeitschrift für Digitalisierung und Recht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="51"/>
+      <w:hyperlink r:id="rId110" w:anchor="opus_detail_219617" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>DSRI Herbstakademie - Tagungsbände ab 2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId109" w:tgtFrame="_self" w:tooltip="Bernzen/Heinze/Steinrötter, DSRI Herbstakademie 2025" w:history="1">
-        <w:bookmarkStart w:id="51" w:name="opus_215584"/>
+      <w:hyperlink r:id="rId111" w:tgtFrame="_self" w:tooltip="Bernzen/Heinze/Steinrötter, DSRI Herbstakademie 2025" w:history="1">
+        <w:bookmarkStart w:id="52" w:name="opus_215584"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Bernzen/​Heinze/​Steinrötter, DSRI Herbstakademie 2025</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="51"/>
-      <w:hyperlink r:id="rId110" w:anchor="opus_detail_215584" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:hyperlink r:id="rId112" w:anchor="opus_detail_215584" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Aufsätze und Rechtsprechung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId111" w:tgtFrame="_self" w:tooltip="Aufsätze (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="52" w:name="opus_87321"/>
+      <w:hyperlink r:id="rId113" w:tgtFrame="_self" w:tooltip="Aufsätze (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="53" w:name="opus_87321"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aufsätze zum Multimediarecht auch aus NJW, GRUR etc.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="52"/>
-      <w:hyperlink r:id="rId112" w:anchor="opus_detail_87321" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:hyperlink r:id="rId114" w:anchor="opus_detail_87321" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId113" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="53" w:name="opus_87322"/>
+      <w:hyperlink r:id="rId115" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="54" w:name="opus_87322"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rechtsprechung zum Multimediarecht auch aus BeckRS, NJW, GRUR, GRUR-RR etc.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="53"/>
-      <w:hyperlink r:id="rId114" w:anchor="opus_detail_87322" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:hyperlink r:id="rId116" w:anchor="opus_detail_87322" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Normen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId115" w:tgtFrame="_self" w:tooltip="Multimediarecht Texte" w:history="1">
-        <w:bookmarkStart w:id="54" w:name="opus_87324"/>
+      <w:hyperlink r:id="rId117" w:tgtFrame="_self" w:tooltip="Multimediarecht Texte" w:history="1">
+        <w:bookmarkStart w:id="55" w:name="opus_87324"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Normen zum Multimediarecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="54"/>
-      <w:hyperlink r:id="rId116" w:anchor="opus_detail_87324" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:hyperlink r:id="rId118" w:anchor="opus_detail_87324" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId117" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
-        <w:bookmarkStart w:id="55" w:name="opus_87325"/>
+      <w:hyperlink r:id="rId119" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
+        <w:bookmarkStart w:id="56" w:name="opus_87325"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wichtigste Normen (rechtsgebietsübergreifend)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="55"/>
-      <w:hyperlink r:id="rId118" w:anchor="opus_detail_87325" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:hyperlink r:id="rId120" w:anchor="opus_detail_87325" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Externer Link</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="divbocontentwrapperbocenterdivbokastenrahmenp"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="225" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="600" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId119" w:history="1">
+      <w:hyperlink r:id="rId121" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Beschlussdatenbank der Bundesnetzagentur</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="60" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
@@ -2590,71 +2622,71 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="divbocontentwrapperbocenterdivbokastenrahmenp"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="450" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="600" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Bitte beachten Sie auch das Fachmodul </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120" w:history="1">
+      <w:hyperlink r:id="rId122" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Datenschutz- und Informationsfreiheitsrecht PLUS,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve"> das Sie günstig hinzubuchen können.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId121"/>
-      <w:footerReference w:type="default" r:id="rId122"/>
+      <w:headerReference w:type="default" r:id="rId123"/>
+      <w:footerReference w:type="default" r:id="rId124"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -2693,85 +2725,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>11/08/2025</w:t>
+                  <w:t>12/24/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 08.11.2025 15:58 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 24.12.2025 17:56 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -8773,50 +8805,187 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44">
     <w:nsid w:val="0000002D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0000002D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45">
+    <w:nsid w:val="0000002E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0000002E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -9040,50 +9209,53 @@
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="43">
     <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="46">
+    <w:abstractNumId w:val="45"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
   </w:rsids>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
@@ -10552,51 +10724,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13653?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17?opusTitle=MMR" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/906?opusTitle=MMR-Beil." TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2108?opusTitle=MMR-Aktuell" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3415?opusTitle=DSRI-Tagungsband" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22015" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze zum Multimediarecht auch aus NJW, GRUR etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOMMRP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum Multimediarecht auch aus BeckRS, NJW, GRUR, GRUR-RR etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOMMRP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/87324?cat=coll&amp;xml=gesetze%2Ftmmr&amp;coll=Multimediarecht" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/87325?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bundesnetzagentur.de/DE/Beschlusskammern/BDB/start.htm" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13390?opusTitle=Leupold" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://beck-online.beck.de/?modid=671" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20960?opusTitle=Marly" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18075?opusTitle=RedekerITR" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21477" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17453?opusTitle=Kramer+IT-ArbR" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12236?opusTitle=Th%c3%bcsing%2fWurth" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21668?opusTitle=BeckOK+InfoMedienR" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21075?opusTitle=BeckOK+JugendschutzR" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19722?opusTitle=Binder%2fVesting" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20587?opusTitle=Hoeren" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19779" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13276?opusTitle=Paschke%2fBerlit%2fMeyer" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7166?opusTitle=Ro%c3%9fnagel-TM" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8372?opusTitle=Spindler+TMG" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10514?opusTitle=Spindler%2fSchuster" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18077?opusTitle=BeckTKG" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8519" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17394?opusTitle=S%c3%a4cker%2fK%c3%b6rber" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16827?opusTitle=Gola" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13259?opusTitle=Paal%2fPauly" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17766?opusTitle=Gierschmann" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22145" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20684?opusTitle=Hornung%2fSchallbruch" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18051?opusTitle=Kipker" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11785?opusTitle=Auer-Reinsdorff" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17324?opusTitle=Kipker+Cybersecurity" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16926?opusTitle=Ohly" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18492?opusTitle=Harte-Bavendamm+GeschGehG" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16735" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15331?opusTitle=Wandtke" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7162?opusTitle=Borges" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7163?opusTitle=Br%c3%a4utigam%2fR%c3%bccker" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21431?opusTitle=Degen%2fEmmert" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14283" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12197?opusTitle=Jaeger%2fMetzger" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21895?opusTitle=BeckOK+IT-Recht" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14070" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22057?opusTitle=Kapoor%2c+Barrierefreiheitsst%c3%a4rkungsgesetz" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20204?opusTitle=Oppermann" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17791?opusTitle=Remmertz%2fKast" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12691?opusTitle=Sassenberg" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20242" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20744?opusTitle=BeckFormB+ITR" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2155?opusTitle=BeckOF+Vertrag+IT-R" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2767?opusTitle=BeckOF+Prozess+IT-R" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11861?opusTitle=BeckOF+IT" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13653?opusTitle=Ludwigs" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17?opusTitle=MMR" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/906?opusTitle=MMR-Beil." TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2108?opusTitle=MMR-Aktuell" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3415?opusTitle=DSRI-Tagungsband" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13540?opusTitle=ZfDR" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22015" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20Multimediarecht%20auch%20aus%20NJW,%20GRUR%20etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BOMMRP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Multimediarecht%20auch%20aus%20BeckRS,%20NJW,%20GRUR,%20GRUR-RR%20etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BOMMRP&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/87324?cat=coll&amp;xml=gesetze%2Ftmmr&amp;coll=Multimediarecht" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/87325?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13390?opusTitle=Leupold" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bundesnetzagentur.de/DE/Beschlusskammern/BDB/start.htm" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://beck-online.beck.de/?modid=671" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20960?opusTitle=Marly" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18075?opusTitle=RedekerITR" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21477" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17453?opusTitle=Kramer+IT-ArbR" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12236?opusTitle=Th%c3%bcsing%2fWurth" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22119?opusTitle=BeckOK+InfoMedienR" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21075?opusTitle=BeckOK+JugendschutzR" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19722?opusTitle=Binder%2fVesting" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20587?opusTitle=Hoeren" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19779" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13276?opusTitle=Paschke%2fBerlit%2fMeyer" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7166?opusTitle=Ro%c3%9fnagel-TM" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8372?opusTitle=Spindler+TMG" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21906?opusTitle=Spindler%2fSchuster%2fKaesling" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18077?opusTitle=BeckTKG" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8519" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17394?opusTitle=S%c3%a4cker%2fK%c3%b6rber" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16827?opusTitle=Gola" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22374?opusTitle=Paal%2fPauly" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17766?opusTitle=Gierschmann" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22145" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20684?opusTitle=Hornung%2fSchallbruch" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18051?opusTitle=Kipker" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11785?opusTitle=Auer-Reinsdorff" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17324?opusTitle=Kipker+Cybersecurity" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16926?opusTitle=Ohly" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18492?opusTitle=Harte-Bavendamm+GeschGehG" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16735" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15331?opusTitle=Wandtke" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7162?opusTitle=Borges" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7163?opusTitle=Br%c3%a4utigam%2fR%c3%bccker" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21431?opusTitle=Degen%2fEmmert" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14283" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12197?opusTitle=Jaeger%2fMetzger" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21895?opusTitle=BeckOK+IT-Recht" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14070" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22057?opusTitle=Kapoor%2c+Barrierefreiheitsst%c3%a4rkungsgesetz" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20204?opusTitle=Oppermann" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17791?opusTitle=Remmertz%2fKast" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22510?opusTitle=Sassenberg" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20242" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20744?opusTitle=BeckFormB+ITR" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2155?opusTitle=BeckOF+Vertrag+IT-R" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2767?opusTitle=BeckOF+Prozess+IT-R" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11861?opusTitle=BeckOF+IT" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>