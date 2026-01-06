--- v0 (2025-10-21)
+++ v1 (2026-01-06)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -198,51 +198,51 @@
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Zivilrecht </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:hyperlink r:id="rId6" w:anchor="opus_detail_97153" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:tgtFrame="_self" w:tooltip="BeckOK BGB" w:history="1">
-        <w:bookmarkStart w:id="1" w:name="opus_212169"/>
+        <w:bookmarkStart w:id="1" w:name="opus_215750"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK BGB, Hau/​Poseck</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
@@ -331,51 +331,51 @@
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Erbrecht </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:hyperlink r:id="rId10" w:anchor="opus_detail_97154" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:tgtFrame="_self" w:tooltip="MüKo" w:history="1">
-        <w:bookmarkStart w:id="5" w:name="opus_166927"/>
+        <w:bookmarkStart w:id="5" w:name="opus_217746"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Münchener Kommentar zum BGB, Bd. 11 Erbrecht §§ 1922-2385, §§ 27-35 BeurkG</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
@@ -426,61 +426,61 @@
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Damrau/​Tanck, Praxiskommentar Erbrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="NK-BGB ErbR" w:history="1">
-        <w:bookmarkStart w:id="8" w:name="opus_160781"/>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="NK-BGB" w:history="1">
+        <w:bookmarkStart w:id="8" w:name="opus_219021"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Kroiß/​Horn, NK-BGB, Bd. 5: Erbrecht</w:t>
+          <w:t>NomosKommentar zum BGB, Bd. 5: Erbrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:tgtFrame="_self" w:tooltip="Krätzschel Nachlassrecht" w:history="1">
         <w:bookmarkStart w:id="9" w:name="opus_162745"/>
         <w:r>
           <w:rPr>
@@ -790,72 +790,50 @@
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId25" w:tgtFrame="_self" w:tooltip="Beckervordersandfort Familienvermögen" w:history="1">
         <w:bookmarkStart w:id="19" w:name="opus_217764"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Beckervordersandfort, Gestaltungen zum Erhalt des Familienvermögens</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:tgtFrame="_self" w:tooltip="Erbrecht und Banken" w:history="1">
         <w:bookmarkStart w:id="20" w:name="opus_101975"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
@@ -1126,51 +1104,51 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Winkler/​Schlögel, Erbbaurecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId35" w:tgtFrame="_self" w:tooltip="BeckOK RVG" w:history="1">
-        <w:bookmarkStart w:id="29" w:name="opus_212873"/>
+        <w:bookmarkStart w:id="29" w:name="opus_216333"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK RVG, v. Seltmann</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
@@ -1243,116 +1221,116 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId38" w:tgtFrame="_self" w:tooltip="BeckOK GBO" w:history="1">
-        <w:bookmarkStart w:id="32" w:name="opus_212411"/>
+        <w:bookmarkStart w:id="32" w:name="opus_216103"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK GBO, Hügel</w:t>
-        </w:r>
-[...30 lines deleted...]
-          <w:t>BeckOK WEG, Hogenschurz</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1410" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId39" w:tgtFrame="_self" w:tooltip="BeckOK WEG" w:history="1">
+        <w:bookmarkStart w:id="33" w:name="opus_214130"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK WEG, Hogenschurz</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivwerksgruppierungline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="14" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="150" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1185" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="opus_97156"/>
       <w:r>
@@ -1366,51 +1344,51 @@
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Handels-, Gesellschafts- und Wirtschaftsrecht </w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:hyperlink r:id="rId40" w:anchor="opus_detail_97156" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId41" w:tgtFrame="_self" w:tooltip="Hopt" w:history="1">
-        <w:bookmarkStart w:id="35" w:name="opus_204756"/>
+        <w:bookmarkStart w:id="35" w:name="opus_218276"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Hopt, Handelsgesetzbuch</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
@@ -1658,61 +1636,61 @@
           <w:u w:val="single" w:color="C8000A"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t xml:space="preserve">Familienrecht und FamFG </w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:hyperlink r:id="rId49" w:anchor="opus_detail_97157" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId50" w:tgtFrame="_self" w:tooltip="NK-BGB FamR" w:history="1">
-        <w:bookmarkStart w:id="44" w:name="opus_148371"/>
+      <w:hyperlink r:id="rId50" w:tgtFrame="_self" w:tooltip="NK-BGB" w:history="1">
+        <w:bookmarkStart w:id="44" w:name="opus_219020"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Kaiser/​Schnitzler/​Schilling/​Sanders, NK-BGB, Bd. 4: Familienrecht</w:t>
+          <w:t>NomosKommentar zum BGB, Bd. 4: Familienrecht</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId51" w:tgtFrame="_self" w:tooltip="Rudolf Vorsorgevollmacht" w:history="1">
         <w:bookmarkStart w:id="45" w:name="opus_198274"/>
         <w:r>
           <w:rPr>
@@ -1723,51 +1701,51 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rudolf/​Bittler/​Roth, Vorsorgevollmacht, Betreuungsverfügung und Patientenverfügung</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId52" w:tgtFrame="_self" w:tooltip="BeckOK FamFG" w:history="1">
-        <w:bookmarkStart w:id="46" w:name="opus_212277"/>
+        <w:bookmarkStart w:id="46" w:name="opus_216142"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK FamFG, Hahne/​Schlögel/​Schlünder</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
@@ -2074,60 +2052,82 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="450" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1410" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId62" w:tgtFrame="_self" w:tooltip="Hausmann" w:history="1">
-        <w:bookmarkStart w:id="56" w:name="opus_214583"/>
+        <w:bookmarkStart w:id="56" w:name="opus_218555"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Hausmann, Internationales Erbrecht</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="60" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
@@ -2824,96 +2824,96 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Münchener Vertragshandbuch Bd. 6, Bürgerliches Recht II, Herrler</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="75"/>
       <w:hyperlink r:id="rId100" w:anchor="opus_detail_126369" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId101" w:tgtFrame="_self" w:tooltip="Hoffmann-Becking" w:history="1">
-        <w:bookmarkStart w:id="76" w:name="opus_159478"/>
+        <w:bookmarkStart w:id="76" w:name="opus_219265"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Beck'sches Formularbuch Bürgerliches, Handels- und Wirtschaftsrecht, Gebele/​Scholz</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="76"/>
-      <w:hyperlink r:id="rId102" w:anchor="opus_detail_159478" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId102" w:anchor="opus_detail_219265" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId103" w:tgtFrame="_self" w:tooltip="Prozessformularbuch" w:history="1">
-        <w:bookmarkStart w:id="77" w:name="opus_159496"/>
+        <w:bookmarkStart w:id="77" w:name="opus_219284"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Beck'sches Prozessformularbuch, Mes</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="77"/>
-      <w:hyperlink r:id="rId104" w:anchor="opus_detail_159496" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId104" w:anchor="opus_detail_219284" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3372,85 +3372,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/21/2025</w:t>
+                  <w:t>01/06/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 21.10.2025 08:02 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 06.01.2026 08:54 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -7534,50 +7534,461 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
     <w:nsid w:val="0000001F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0000001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31">
+    <w:nsid w:val="00000020"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000020"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32">
+    <w:nsid w:val="00000021"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000021"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33">
+    <w:nsid w:val="00000022"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00000022"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -7759,50 +8170,59 @@
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="33"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
   </w:rsids>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
@@ -8693,82 +9113,88 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icon">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="toolleistetoolleiste-iconwrapperdivtoolleiste-icona">
     <w:name w:val="toolleiste_toolleiste-iconwrapper_div_toolleiste-icon_a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="toolleistetoolleiste-indicatoriconwrapper">
     <w:name w:val="toolleiste_toolleiste-indicatoriconwrapper"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="main">
     <w:name w:val="main"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapper">
     <w:name w:val="div_bo_contentwrapper"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftbohideleftcol">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="divbocontentwrapperboleft">
+    <w:name w:val="div_bo_contentwrapper &gt; bo_left"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftborder">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_border"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocontentwrapperboleftboleftcontent">
     <w:name w:val="bo_contentwrapper &gt; bo_left &gt; bo_left_content"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="boleftalink">
     <w:name w:val="bo_left_a_link"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkdiv">
     <w:name w:val="beck-tabs_beck-tabs-link_div"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linki">
     <w:name w:val="beck-tabs_beck-tabs-link_i"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="beck-tabsbeck-tabs-linkbeck-tabs-info">
-    <w:name w:val="beck-tabs_beck-tabs-link_beck-tabs-info"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="divboshowleftcontentbeck-tabsbeck-tabs-linkspanbeck-tabs-info">
+    <w:name w:val="div_bo_show_left_content_beck-tabs_beck-tabs-link_span_beck-tabs-info"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidget">
     <w:name w:val="div_mvcWidget"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divmvcWidgetkastenTitle">
     <w:name w:val="div_mvcWidget &gt; kastenTitle"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="7" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="7" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="345" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
@@ -8984,77 +9410,77 @@
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltboopus">
     <w:name w:val="bo_center_bo_modul_inhalt_bo_opus"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="15" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterArrowMiddleColumnTop">
     <w:name w:val="bo_center_ArrowMiddleColumnTop"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivopusline">
     <w:name w:val="bo_center_div_opusline"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-highlight">
     <w:name w:val="bo-badge-highlight"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="C8000A"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:bdr w:val="single" w:sz="6" w:space="0" w:color="C8000A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
+    <w:name w:val="bo-badge"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="C8000A"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
     <w:name w:val="div_DetailledContentView"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="8" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
@@ -9273,51 +9699,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14747?opusTitle=Hoffmann-Becking" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14748?opusTitle=Prozessformularbuch" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91643?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste Normen %28rechtsgebiets&#252;bergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91644?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Texte zum Erbrecht" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91645?cat=coll&amp;xml=gesetze%2Fumwelt&amp;coll=Zivilrechtliche Vorschriften" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15564?opusTitle=M&#252;Ko" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91646?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Handels- und Gesellschaftsrecht" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91647?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=Bundesrecht" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91648?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Berufs- und Haftungsrecht" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/681?opusTitle=FD-ErbR" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Erbrecht&amp;query=(srechtsgebiet1:%22FamR%22 AND srechtsgebiet1:%22ErbR%22 AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18335?opusTitle=Scherer" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews Handels- und Gesellschaftsrecht &amp;query=((srechtsgebiet1:%22HandelsR%22 OR %22GesR%22 OR %22BankR%22) AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Notarrecht&amp;query=((srechtsgebiet1:%22ErbR%22 OR srechtsgebiet1:%22ZivVerfR%22OR srechtsgebiet1:%22FGR%22OR srechtsgebiet1:%22BerufsR%22OR srechtsgebiet1:%22BR%22) AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Zivilrecht&amp;query=((srechtsgebiet1:%22ZivilR%22 OR %22ErbR%22 OR %22ZiBeR%22 OR %22Allgemein%22) AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11900?opusTitle=Damrau%2fTanck" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14891?opusTitle=NK-BGB+ErbR" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15080?opusTitle=Kr&#228;tzschel+Nachlassrecht" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20975?opusTitle=Ri&#223;mann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7342?opusTitle=Rudolf+Testamentsauslegung" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20734?opusTitle=K&#246;ssinger" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18425?opusTitle=Enzensberger" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8777?opusTitle=Ruby" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18039?opusTitle=Bengel" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20622?opusTitle=Mayer+Pflichtteil" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17118?opusTitle=Dauner-Lieb%2fGrziwotz" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14889?opusTitle=Krug%2fHorn" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22204?opusTitle=Beckervordersandfort+Familienverm&#246;gen" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8520?opusTitle=Erbrecht+und+Banken" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21780?opusTitle=Damrau%2c+Minderj&#228;hrige" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17370?opusTitle=Bonefeld%2fKroi&#223;%2fTanck" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6546?opusTitle=H&#246;feordnung" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18439?opusTitle=Notar-Handbuch" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14749?opusTitle=Korintenberg" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21526?opusTitle=Binz%2fD&#246;rndorfer%2fZimmermann" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21067?opusTitle=Winkler%2fSchl&#246;gel" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21754?opusTitle=BeckOK+RVG" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21678?opusTitle=MayerRVG" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12609?opusTitle=Sch&#246;ner" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21681?opusTitle=BeckOK+GBO" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21832?opusTitle=BeckOK+WEG" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20923?opusTitle=Hopt" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20880?opusTitle=Noack" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13785?opusTitle=S&#252;&#223;%2fWachter" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20210?opusTitle=Feick" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6237?opusTitle=Schl&#252;ter" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6331?opusTitle=Schiffer" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14430?opusTitle=Riedel" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8390?opusTitle=Scherer" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13534?opusTitle=NK-BGB+FamR" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20261?opusTitle=Rudolf+Vorsorgevollmacht" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21672?opusTitle=BeckOK+FamFG" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15607?opusTitle=Bumiller%2fHarders%2fSchwamb" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16727?opusTitle=Musielak%2fBorth%2fFrank" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21861?opusTitle=Meincke%2fHannes%2fHoltz" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17023?opusTitle=Daragan" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20659?opusTitle=Kreutziger" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20808?opusTitle=S&#252;&#223;+Erbrecht" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13563?opusTitle=Dutta%2fWeber" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21881?opusTitle=Hausmann" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/185?opusTitle=BWNotZ" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2337?opusTitle=DNotI-Report" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4441?opusTitle=DNotZ+Sonderheft" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/26?opusTitle=DNotZ" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21656?opusTitle=BeckOK+BGB" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Zeitschrift:LSK&amp;query=domain:%22LSK%22&amp;rbsort=date&amp;opusTitle=LSK&amp;opusTitle=LSK" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22?opusTitle=NJW-RR" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/442?opusTitle=NJW-Spezial" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18?opusTitle=NZG" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2010?opusTitle=NZG-Beil." TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14536?opusTitle=Hamm" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/24?opusTitle=VIZ" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6024?opusTitle=VuR" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/645?opusTitle=ZErb" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/43?opusTitle=ZEV" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung Auszug BeckRS/BeckEuRS&amp;query=spubtyp0:%22ent%22+preismodul:DVEVBM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21254?opusTitle=Musielak%2fVoit" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8145?opusTitle=Hannes" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17786?opusTitle=KrugErbrecht" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17037?opusTitle=Eckert%2fKroi&#223;+-+ErbR" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22025?opusTitle=Roglmeier%2fSikora%2fKrug%2c+AnwForm+Testamente" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11901?opusTitle=MVHdB+VI" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22355?opusTitle=Hoffmann-Becking" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22356?opusTitle=Prozessformularbuch" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91643?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91644?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Texte%20zum%20Erbrecht" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91645?cat=coll&amp;xml=gesetze%2Fumwelt&amp;coll=Zivilrechtliche%20Vorschriften" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22202?opusTitle=M%c3%bcKo" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91646?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Handels-%20und%20Gesellschaftsrecht" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91647?cat=coll&amp;xml=gesetze%2FBGD&amp;coll=Bundesrecht" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/91648?cat=coll&amp;xml=gesetze%2Fsteuerrecht&amp;coll=Berufs-%20und%20Haftungsrecht" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/681?opusTitle=FD-ErbR" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Erbrecht&amp;query=(srechtsgebiet1:%22FamR%22 AND srechtsgebiet1:%22ErbR%22 AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18335?opusTitle=Scherer" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews Handels- und Gesellschaftsrecht &amp;query=((srechtsgebiet1:%22HandelsR%22 OR %22GesR%22 OR %22BankR%22) AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Notarrecht&amp;query=((srechtsgebiet1:%22ErbR%22 OR srechtsgebiet1:%22ZivVerfR%22OR srechtsgebiet1:%22FGR%22OR srechtsgebiet1:%22BerufsR%22OR srechtsgebiet1:%22BR%22) AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Fachnews aus dem Bereich Zivilrecht&amp;query=((srechtsgebiet1:%22ZivilR%22 OR %22ErbR%22 OR %22ZiBeR%22 OR %22Allgemein%22) AND doktypesearch:%22zzreddok%22 AND werk-id:becklink)&amp;rbSort=4" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11900?opusTitle=Damrau%2fTanck" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21743?opusTitle=NK-BGB" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15080?opusTitle=Kr%c3%a4tzschel+Nachlassrecht" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20975?opusTitle=Ri%c3%9fmann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7342?opusTitle=Rudolf+Testamentsauslegung" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20734?opusTitle=K%c3%b6ssinger" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18425?opusTitle=Enzensberger" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8777?opusTitle=Ruby" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18039?opusTitle=Bengel" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20622?opusTitle=Mayer+Pflichtteil" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17118?opusTitle=Dauner-Lieb%2fGrziwotz" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14889?opusTitle=Krug%2fHorn" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22204?opusTitle=Beckervordersandfort+Familienverm%c3%b6gen" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8520?opusTitle=Erbrecht+und+Banken" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21780?opusTitle=Damrau%2c+Minderj%c3%a4hrige" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17370?opusTitle=Bonefeld%2fKroi%c3%9f%2fTanck" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6546?opusTitle=H%c3%b6feordnung" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18439?opusTitle=Notar-Handbuch" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14749?opusTitle=Korintenberg" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21526?opusTitle=Binz%2fD%c3%b6rndorfer%2fZimmermann" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21067?opusTitle=Winkler%2fSchl%c3%b6gel" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22092?opusTitle=BeckOK+RVG" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21678?opusTitle=MayerRVG" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12609?opusTitle=Sch%c3%b6ner" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22071?opusTitle=BeckOK+GBO" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21832?opusTitle=BeckOK+WEG" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22248?opusTitle=Hopt" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20880?opusTitle=Noack" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13785?opusTitle=S%c3%bc%c3%9f%2fWachter" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20210?opusTitle=Feick" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6237?opusTitle=Schl%c3%bcter" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6331?opusTitle=Schiffer" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14430?opusTitle=Riedel" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8390?opusTitle=Scherer" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21740?opusTitle=NK-BGB" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20261?opusTitle=Rudolf+Vorsorgevollmacht" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22073?opusTitle=BeckOK+FamFG" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15607?opusTitle=Bumiller%2fHarders%2fSchwamb" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16727?opusTitle=Musielak%2fBorth%2fFrank" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21861?opusTitle=Meincke%2fHannes%2fHoltz" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17023?opusTitle=Daragan" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20659?opusTitle=Kreutziger" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20808?opusTitle=S%c3%bc%c3%9f+Erbrecht" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13563?opusTitle=Dutta%2fWeber" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22286?opusTitle=Hausmann" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/185?opusTitle=BWNotZ" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2337?opusTitle=DNotI-Report" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/4441?opusTitle=DNotZ+Sonderheft" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/26?opusTitle=DNotZ" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22028?opusTitle=BeckOK+BGB" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Zeitschrift:LSK&amp;query=domain:%22LSK%22&amp;rbsort=date&amp;opusTitle=LSK&amp;opusTitle=LSK" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22?opusTitle=NJW-RR" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/442?opusTitle=NJW-Spezial" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18?opusTitle=NZG" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/2010?opusTitle=NZG-Beil." TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14536?opusTitle=Hamm" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/24?opusTitle=VIZ" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/6024?opusTitle=VuR" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/645?opusTitle=ZErb" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/43?opusTitle=ZEV" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung Auszug BeckRS/BeckEuRS&amp;query=spubtyp0:%22ent%22+preismodul:DVEVBM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21254?opusTitle=Musielak%2fVoit" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8145?opusTitle=Hannes" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17786?opusTitle=KrugErbrecht" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17037?opusTitle=Eckert%2fKroi%c3%9f+-+ErbR" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22025?opusTitle=Roglmeier%2fSikora%2fKrug%2c+AnwForm+Testamente" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11901?opusTitle=MVHdB+VI" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9582,28 +10008,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul DVEV Premiummodul - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>