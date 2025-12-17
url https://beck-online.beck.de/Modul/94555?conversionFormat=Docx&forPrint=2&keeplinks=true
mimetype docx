--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.9.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -160,64 +160,86 @@
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Kommentare zum Datenschutzrecht</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:tgtFrame="_self" w:tooltip="BeckOK DatenSR" w:history="1">
-        <w:bookmarkStart w:id="0" w:name="opus_212263"/>
+        <w:bookmarkStart w:id="0" w:name="opus_217202"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Datenschutzrecht, Wolff/​Brink/​v. Ungern-Sternberg</w:t>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
-      <w:hyperlink r:id="rId7" w:anchor="opus_detail_212263" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId7" w:anchor="opus_detail_217202" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="Ehmann" w:history="1">
         <w:bookmarkStart w:id="1" w:name="opus_195108"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -330,2177 +352,2297 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="3"/>
       <w:hyperlink r:id="rId13" w:anchor="opus_detail_184201" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="Paal/Pauly" w:history="1">
-        <w:bookmarkStart w:id="4" w:name="opus_145621"/>
+        <w:bookmarkStart w:id="4" w:name="opus_219539"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Paal/​Pauly, DS-GVO BDSG</w:t>
-        </w:r>
-[...968 lines deleted...]
-          <w:t>v. Lewinski/​Rüpke/​Eckhardt, Datenschutzrecht</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Neu</w:t>
+          <w:t>Neuauflage</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="29"/>
-      <w:hyperlink r:id="rId65" w:anchor="opus_detail_217980" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:hyperlink r:id="rId15" w:anchor="opus_detail_219539" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId66" w:tgtFrame="_self" w:tooltip="Schantz/Wolff" w:history="1">
-        <w:bookmarkStart w:id="30" w:name="opus_95973"/>
+      <w:hyperlink r:id="rId16" w:tgtFrame="_self" w:tooltip="Simitis/Hornung/Spieker gen. Döhmann" w:history="1">
+        <w:bookmarkStart w:id="5" w:name="opus_204913"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Schantz/​Wolff, Das neue Datenschutzrecht</w:t>
+          <w:t>Simitis/​Hornung/​Spiecker gen. Döhmann, Datenschutzrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="30"/>
-      <w:hyperlink r:id="rId67" w:anchor="opus_detail_95973" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:hyperlink r:id="rId17" w:anchor="opus_detail_204913" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId68" w:tgtFrame="_self" w:tooltip="SchneiderDS" w:history="1">
-        <w:bookmarkStart w:id="31" w:name="opus_113337"/>
+      <w:hyperlink r:id="rId18" w:tgtFrame="_self" w:tooltip="Sydow/Marsch" w:history="1">
+        <w:bookmarkStart w:id="6" w:name="opus_172116"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Schneider, Datenschutz nach der EU-Datenschutz-Grundverordnung</w:t>
+          <w:t>Sydow/​Marsch, DS-GVO | BDSG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="31"/>
-      <w:hyperlink r:id="rId69" w:anchor="opus_detail_113337" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:hyperlink r:id="rId19" w:anchor="opus_detail_172116" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId70" w:tgtFrame="_self" w:tooltip="SchröderDSR" w:history="1">
-        <w:bookmarkStart w:id="32" w:name="opus_179138"/>
+      <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="Taeger/Gabel" w:history="1">
+        <w:bookmarkStart w:id="7" w:name="opus_218797"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Schröder, Datenschutzrecht für die Praxis</w:t>
+          <w:t>Taeger/​Gabel, DSGVO - BDSG - TDDDG</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neuauflage</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge-highlight-aligned"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="32"/>
-      <w:hyperlink r:id="rId71" w:anchor="opus_detail_179138" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:hyperlink r:id="rId21" w:anchor="opus_detail_218797" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId22" w:tgtFrame="_self" w:tooltip="Assion, TTDSG" w:history="1">
+        <w:bookmarkStart w:id="8" w:name="opus_175464"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Assion, TTDSG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="8"/>
+      <w:hyperlink r:id="rId23" w:anchor="opus_detail_175464" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId24" w:tgtFrame="_self" w:tooltip="Gierschmann" w:history="1">
+        <w:bookmarkStart w:id="9" w:name="opus_178821"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Gierschmann/​Baumgartner, Telekommunikation-Telemedien-Datenschutz-Gesetz: TTDSG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="9"/>
+      <w:hyperlink r:id="rId25" w:anchor="opus_detail_178821" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
-        <w:t>Handbücher zum bereichsspezifischen Datenschutz</w:t>
+        <w:t>Kommentare zum BDSG 2003 [außer Kraft]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivwerksgruppierungline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="14" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="150" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1185" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:bookmarkStart w:id="10" w:name="opus_115149"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="27"/>
+            <w:szCs w:val="27"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Simitis, Bundesdatenschutzgesetz, 8. Auflage 2014 </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="10"/>
+      <w:hyperlink r:id="rId27" w:anchor="opus_detail_115149" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivwerksgruppierungline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="14" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="150" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1185" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:bookmarkStart w:id="11" w:name="opus_115150"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="27"/>
+            <w:szCs w:val="27"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Gola/Schomerus, Bundesdatenschutzgesetz, 12. Auflage 2015 </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="11"/>
+      <w:hyperlink r:id="rId29" w:anchor="opus_detail_115150" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivwerksgruppierungline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="14" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="150" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1185" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:bookmarkStart w:id="12" w:name="opus_115151"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="27"/>
+            <w:szCs w:val="27"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve">BeckOK Datenschutzrecht, Wolff/Brink, 23. Edition Stand: 01.08.2016 </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="12"/>
+      <w:hyperlink r:id="rId31" w:anchor="opus_detail_115151" w:tooltip="Zur Werkgruppierung springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="60" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Kommentare zu Landesgesetzen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId72" w:tgtFrame="_self" w:tooltip="Bussche" w:history="1">
-        <w:bookmarkStart w:id="33" w:name="opus_118195"/>
+      <w:hyperlink r:id="rId32" w:tgtFrame="_self" w:tooltip="Roßnagel, HDSIG" w:history="1">
+        <w:bookmarkStart w:id="13" w:name="opus_156457"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Bussche v.d./​Voigt, Konzerndatenschutz</w:t>
+          <w:t>Roßnagel, Hessisches Datenschutz- und InformationsfreiheitsG</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="33"/>
-      <w:hyperlink r:id="rId73" w:anchor="opus_detail_118195" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:hyperlink r:id="rId33" w:anchor="opus_detail_156457" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId74" w:tgtFrame="_self" w:tooltip="Dochow/Dörfer/Halbe" w:history="1">
-        <w:bookmarkStart w:id="34" w:name="opus_134003"/>
+      <w:hyperlink r:id="rId34" w:tgtFrame="_self" w:tooltip="Schroeder, BayDSG" w:history="1">
+        <w:bookmarkStart w:id="14" w:name="opus_156456"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Dochow/​Dörfer/​Halbe/​Hübner/​Ippach/​Schröder/​Schütz/​Strüve, Datenschutz in der ärztlichen Praxis</w:t>
+          <w:t>Schröder, Bayerisches Datenschutzgesetz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="34"/>
-      <w:hyperlink r:id="rId75" w:anchor="opus_detail_134003" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:hyperlink r:id="rId35" w:anchor="opus_detail_156456" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId76" w:tgtFrame="_self" w:tooltip="Forgó" w:history="1">
-        <w:bookmarkStart w:id="35" w:name="opus_114057"/>
+      <w:hyperlink r:id="rId36" w:tgtFrame="_self" w:tooltip="Schwartmann/Pabst" w:history="1">
+        <w:bookmarkStart w:id="15" w:name="opus_156455"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
-          <w:t>Forgó/​Helfrich/​Schneider, Betrieblicher Datenschutz</w:t>
+          <w:t>Schwartmann/​Pabst, Landesdatenschutzgesetz Nordrhein-Westfalen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="35"/>
-[...256 lines deleted...]
-      <w:hyperlink r:id="rId93" w:anchor="opus_detail_175646" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:hyperlink r:id="rId37" w:anchor="opus_detail_156455" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
-        <w:t>Formulare und Checklisten</w:t>
+        <w:t>Kommentare zu Sonderthemen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId94" w:tgtFrame="_self" w:tooltip="Koreng" w:history="1">
-        <w:bookmarkStart w:id="44" w:name="opus_209947"/>
+      <w:hyperlink r:id="rId38" w:tgtFrame="_self" w:tooltip="Schoch IFG" w:history="1">
+        <w:bookmarkStart w:id="16" w:name="opus_198155"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Schoch, Informationsfreiheitsgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="16"/>
+      <w:hyperlink r:id="rId39" w:anchor="opus_detail_198155" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId40" w:tgtFrame="_self" w:tooltip="Brink" w:history="1">
+        <w:bookmarkStart w:id="17" w:name="opus_95976"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Brink/​Polenz/​Blatt, Informationsfreiheitsgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="17"/>
+      <w:hyperlink r:id="rId41" w:anchor="opus_detail_95976" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId42" w:tgtFrame="_self" w:tooltip="Keller/Schönknecht/Glinke, Geschäftsgeheimnisschutzgesetz" w:history="1">
+        <w:bookmarkStart w:id="18" w:name="opus_165691"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Keller/​Schönknecht/​Glinke, Geschäftsgeheimnisschutzgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="18"/>
+      <w:hyperlink r:id="rId43" w:anchor="opus_detail_165691" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:tooltip="BeckOK InfoMedienR" w:history="1">
+        <w:bookmarkStart w:id="19" w:name="opus_217125"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK Informations- und Medienrecht, Gersdorf/​Paal</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="19"/>
+      <w:hyperlink r:id="rId45" w:anchor="opus_detail_217125" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="Spindler TMG" w:history="1">
+        <w:bookmarkStart w:id="20" w:name="opus_104564"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Spindler/​Schmitz, Telemediengesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="20"/>
+      <w:hyperlink r:id="rId47" w:anchor="opus_detail_104564" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId48" w:tgtFrame="_self" w:tooltip="Scheurle/Mayen, Telekommunikationsgesetz" w:history="1">
+        <w:bookmarkStart w:id="21" w:name="opus_104565"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Scheurle/​Mayen, Telekommunikationsgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="21"/>
+      <w:hyperlink r:id="rId49" w:anchor="opus_detail_104565" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId50" w:tgtFrame="_self" w:tooltip="Beimowski" w:history="1">
+        <w:bookmarkStart w:id="22" w:name="opus_111763"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Beimowski/​Gawron, Passgesetz Personalausweisgesetz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="22"/>
+      <w:hyperlink r:id="rId51" w:anchor="opus_detail_111763" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId52" w:tgtFrame="_self" w:tooltip="Engelbrecht/Schwabenbauer, Bundesmeldegesetz" w:history="1">
+        <w:bookmarkStart w:id="23" w:name="opus_158962"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Engelbrecht/​Schwabenbauer, Bundesmeldegesetz: BMG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="23"/>
+      <w:hyperlink r:id="rId53" w:anchor="opus_detail_158962" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId54" w:tgtFrame="_self" w:tooltip="BeckOK HinSchG" w:history="1">
+        <w:bookmarkStart w:id="24" w:name="opus_214252"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>BeckOK HinSchG, Colneric/​Gerdemann</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Aktualisiert</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="24"/>
+      <w:hyperlink r:id="rId55" w:anchor="opus_detail_214252" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId56" w:tgtFrame="_self" w:tooltip="Thüsing" w:history="1">
+        <w:bookmarkStart w:id="25" w:name="opus_197227"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Thüsing, Hinweisgeberschutzgesetz: HinSchG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="25"/>
+      <w:hyperlink r:id="rId57" w:anchor="opus_detail_197227" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId58" w:tgtFrame="_self" w:tooltip="Kipker" w:history="1">
+        <w:bookmarkStart w:id="26" w:name="opus_181721"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kipker/​Reusch/​Ritter, Recht der Informationssicherheit</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="26"/>
+      <w:hyperlink r:id="rId59" w:anchor="opus_detail_181721" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId60" w:tgtFrame="_self" w:tooltip="Müller-Terpitz/Köhler, DSA" w:history="1">
+        <w:bookmarkStart w:id="27" w:name="opus_204243"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Müller-Terpitz/​Köhler, DSA</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="27"/>
+      <w:hyperlink r:id="rId61" w:anchor="opus_detail_204243" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Einführungen ins Datenschutzrecht</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId62" w:tgtFrame="_self" w:tooltip="Auer-Reinsdorff" w:history="1">
+        <w:bookmarkStart w:id="28" w:name="opus_125107"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Auer-Reinsdorff/​Conrad, Handbuch IT- und Datenschutzrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="28"/>
+      <w:hyperlink r:id="rId63" w:anchor="opus_detail_125107" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId64" w:tgtFrame="_self" w:tooltip="v. Lewinski/Rüpke/Eckhardt, Datenschutzrecht" w:history="1">
+        <w:bookmarkStart w:id="29" w:name="opus_217980"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>v. Lewinski/​Rüpke/​Eckhardt, Datenschutzrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="29"/>
+      <w:hyperlink r:id="rId65" w:anchor="opus_detail_217980" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId66" w:tgtFrame="_self" w:tooltip="Schantz/Wolff" w:history="1">
+        <w:bookmarkStart w:id="30" w:name="opus_95973"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Schantz/​Wolff, Das neue Datenschutzrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="30"/>
+      <w:hyperlink r:id="rId67" w:anchor="opus_detail_95973" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId68" w:tgtFrame="_self" w:tooltip="SchneiderDS" w:history="1">
+        <w:bookmarkStart w:id="31" w:name="opus_113337"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Schneider, Datenschutz nach der EU-Datenschutz-Grundverordnung</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="31"/>
+      <w:hyperlink r:id="rId69" w:anchor="opus_detail_113337" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId70" w:tgtFrame="_self" w:tooltip="SchröderDSR" w:history="1">
+        <w:bookmarkStart w:id="32" w:name="opus_218111"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Schröder, Datenschutzrecht für die Praxis</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="bo-badge"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Neuauflage</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="32"/>
+      <w:hyperlink r:id="rId71" w:anchor="opus_detail_218111" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Handbücher zum bereichsspezifischen Datenschutz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId72" w:tgtFrame="_self" w:tooltip="Bussche" w:history="1">
+        <w:bookmarkStart w:id="33" w:name="opus_118195"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Bussche v.d./​Voigt, Konzerndatenschutz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="33"/>
+      <w:hyperlink r:id="rId73" w:anchor="opus_detail_118195" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId74" w:tgtFrame="_self" w:tooltip="Dochow/Dörfer/Halbe" w:history="1">
+        <w:bookmarkStart w:id="34" w:name="opus_134003"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Dochow/​Dörfer/​Halbe/​Hübner/​Ippach/​Schröder/​Schütz/​Strüve, Datenschutz in der ärztlichen Praxis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="34"/>
+      <w:hyperlink r:id="rId75" w:anchor="opus_detail_134003" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId76" w:tgtFrame="_self" w:tooltip="Forgó" w:history="1">
+        <w:bookmarkStart w:id="35" w:name="opus_114057"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Forgó/​Helfrich/​Schneider, Betrieblicher Datenschutz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="35"/>
+      <w:hyperlink r:id="rId77" w:anchor="opus_detail_114057" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId78" w:tgtFrame="_self" w:tooltip="Jandt/Steidle" w:history="1">
+        <w:bookmarkStart w:id="36" w:name="opus_204575"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Jandt/​Steidle, Datenschutz im Internet</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="36"/>
+      <w:hyperlink r:id="rId79" w:anchor="opus_detail_204575" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId80" w:tgtFrame="_self" w:tooltip="Kipker/Voskamp" w:history="1">
+        <w:bookmarkStart w:id="37" w:name="opus_156449"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kipker/​Voskamp, Sozialdatenschutz in der Praxis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="37"/>
+      <w:hyperlink r:id="rId81" w:anchor="opus_detail_156449" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId82" w:tgtFrame="_self" w:tooltip="Klaas/Momsen/Wybitul" w:history="1">
+        <w:bookmarkStart w:id="38" w:name="opus_175646"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Klaas/​Momsen/​Wybitul, Datenschutzsanktionenrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="38"/>
+      <w:hyperlink r:id="rId83" w:anchor="opus_detail_175646" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId84" w:tgtFrame="_self" w:tooltip="Laue/Nink/Kremer" w:history="1">
+        <w:bookmarkStart w:id="39" w:name="opus_196965"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Laue/​Nink/​Kremer, Das neue Datenschutzrecht in der betrieblichen Praxis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="39"/>
+      <w:hyperlink r:id="rId85" w:anchor="opus_detail_196965" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId86" w:tgtFrame="_self" w:tooltip="Meyer-Sparenberg" w:history="1">
+        <w:bookmarkStart w:id="40" w:name="opus_201076"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Meyer-Sparenberg/​Jäckle, Beck'sches M&amp;A-Handbuch (Auszug Datenschutz in Unternehmenstransaktionen)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="40"/>
+      <w:hyperlink r:id="rId87" w:anchor="opus_detail_201076" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId88" w:tgtFrame="_self" w:tooltip="Schwartmann" w:history="1">
+        <w:bookmarkStart w:id="41" w:name="opus_217595"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Schwartmann/​Benedikt/​Reif, Datenschutz im Internet</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="41"/>
+      <w:hyperlink r:id="rId89" w:anchor="opus_detail_217595" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId90" w:tgtFrame="_self" w:tooltip="Specht/Mantz, Handbuch Europäisches und deutsches Datenschutzrecht" w:history="1">
+        <w:bookmarkStart w:id="42" w:name="opus_120678"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Specht/​Mantz, Handbuch Europäisches und deutsches Datenschutzrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="42"/>
+      <w:hyperlink r:id="rId91" w:anchor="opus_detail_120678" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId92" w:tgtFrame="_self" w:tooltip="Wächter DS" w:history="1">
+        <w:bookmarkStart w:id="43" w:name="opus_154005"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Wächter, Datenschutz im Unternehmen</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="43"/>
+      <w:hyperlink r:id="rId93" w:anchor="opus_detail_154005" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId94" w:tgtFrame="_self" w:tooltip="Weth" w:history="1">
+        <w:bookmarkStart w:id="44" w:name="opus_121928"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Weth/​Herberger/​Wächter/​Sorge, Daten- und Persönlichkeitsschutz im Arbeitsverhältnis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="44"/>
+      <w:hyperlink r:id="rId95" w:anchor="opus_detail_121928" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Formulare und Checklisten</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId96" w:tgtFrame="_self" w:tooltip="Koreng" w:history="1">
+        <w:bookmarkStart w:id="45" w:name="opus_209947"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Koreng/​Lachenmann, Formularhandbuch Datenschutzrecht</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="44"/>
-      <w:hyperlink r:id="rId95" w:anchor="opus_detail_209947" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:hyperlink r:id="rId97" w:anchor="opus_detail_209947" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId96" w:tgtFrame="_self" w:tooltip="BeckOF IT" w:history="1">
-        <w:bookmarkStart w:id="45" w:name="opus_127083"/>
+      <w:hyperlink r:id="rId98" w:tgtFrame="_self" w:tooltip="BeckOF IT" w:history="1">
+        <w:bookmarkStart w:id="46" w:name="opus_127083"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOF IT- und Datenrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="45"/>
-      <w:hyperlink r:id="rId97" w:anchor="opus_detail_127083" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:hyperlink r:id="rId99" w:anchor="opus_detail_127083" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId98" w:tgtFrame="_self" w:tooltip="Katko, Checklisten zur Datenschutz-Grundverordnung (DS-GVO)" w:history="1">
-        <w:bookmarkStart w:id="46" w:name="opus_179783"/>
+      <w:hyperlink r:id="rId100" w:tgtFrame="_self" w:tooltip="Katko, Checklisten zur Datenschutz-Grundverordnung (DS-GVO)" w:history="1">
+        <w:bookmarkStart w:id="47" w:name="opus_179783"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Katko, Checklisten zur Datenschutz-Grundverordnung (DS-GVO)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="46"/>
-      <w:hyperlink r:id="rId99" w:anchor="opus_detail_179783" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:hyperlink r:id="rId101" w:anchor="opus_detail_179783" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="450" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Zeitschriften und Newsdienst</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId100" w:tgtFrame="_self" w:tooltip="ZD" w:history="1">
-        <w:bookmarkStart w:id="47" w:name="opus_94546"/>
+      <w:hyperlink r:id="rId102" w:tgtFrame="_self" w:tooltip="ZD" w:history="1">
+        <w:bookmarkStart w:id="48" w:name="opus_94546"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZD - Zeitschrift für Datenschutzrecht, ab 2011</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="47"/>
-      <w:hyperlink r:id="rId101" w:anchor="opus_detail_94546" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:hyperlink r:id="rId103" w:anchor="opus_detail_94546" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId102" w:tgtFrame="_self" w:tooltip="ZD-Beil." w:history="1">
-        <w:bookmarkStart w:id="48" w:name="opus_94547"/>
+      <w:hyperlink r:id="rId104" w:tgtFrame="_self" w:tooltip="ZD-Beil." w:history="1">
+        <w:bookmarkStart w:id="49" w:name="opus_94547"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZD Beilage, ab 2012</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="48"/>
-      <w:hyperlink r:id="rId103" w:anchor="opus_detail_94547" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:hyperlink r:id="rId105" w:anchor="opus_detail_94547" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId104" w:tgtFrame="_self" w:tooltip="ZD-Suppl." w:history="1">
-        <w:bookmarkStart w:id="49" w:name="opus_94548"/>
+      <w:hyperlink r:id="rId106" w:tgtFrame="_self" w:tooltip="ZD-Suppl." w:history="1">
+        <w:bookmarkStart w:id="50" w:name="opus_94548"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZD Supplement, ab 2012</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="49"/>
-      <w:hyperlink r:id="rId105" w:anchor="opus_detail_94548" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:hyperlink r:id="rId107" w:anchor="opus_detail_94548" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId106" w:tgtFrame="_self" w:tooltip="ZD-Aktuell" w:history="1">
-        <w:bookmarkStart w:id="50" w:name="opus_94549"/>
+      <w:hyperlink r:id="rId108" w:tgtFrame="_self" w:tooltip="ZD-Aktuell" w:history="1">
+        <w:bookmarkStart w:id="51" w:name="opus_94549"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Newsdienst ZD-Aktuell</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="50"/>
-      <w:hyperlink r:id="rId107" w:anchor="opus_detail_94549" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:hyperlink r:id="rId109" w:anchor="opus_detail_94549" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId108" w:tgtFrame="_self" w:tooltip="ZD" w:history="1">
-        <w:bookmarkStart w:id="51" w:name="opus_159190"/>
+      <w:hyperlink r:id="rId110" w:tgtFrame="_self" w:tooltip="ZD" w:history="1">
+        <w:bookmarkStart w:id="52" w:name="opus_159190"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>ZGI - Zeitschrift für das gesamte Informationsrecht, ab 2021</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="51"/>
-      <w:hyperlink r:id="rId109" w:anchor="opus_detail_159190" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:hyperlink r:id="rId111" w:anchor="opus_detail_159190" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId110" w:tgtFrame="_self" w:tooltip="DSB" w:history="1">
-        <w:bookmarkStart w:id="52" w:name="opus_200191"/>
+      <w:hyperlink r:id="rId112" w:tgtFrame="_self" w:tooltip="DSB" w:history="1">
+        <w:bookmarkStart w:id="53" w:name="opus_200191"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>DSB - Datenschutz-Berater, ab 2010</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="52"/>
-      <w:hyperlink r:id="rId111" w:anchor="opus_detail_200191" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:hyperlink r:id="rId113" w:anchor="opus_detail_200191" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Aufsätze und Rechtsprechung</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId112" w:tgtFrame="_self" w:tooltip="Aufsätze (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="53" w:name="opus_94551"/>
+      <w:hyperlink r:id="rId114" w:tgtFrame="_self" w:tooltip="Aufsätze (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="54" w:name="opus_94551"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aufsätze zum Datenschutzrecht auch aus NJW, MMR etc.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="53"/>
-      <w:hyperlink r:id="rId113" w:anchor="opus_detail_94551" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:hyperlink r:id="rId115" w:anchor="opus_detail_94551" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId114" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
-        <w:bookmarkStart w:id="54" w:name="opus_94552"/>
+      <w:hyperlink r:id="rId116" w:tgtFrame="_self" w:tooltip="Rechtsprechung (Detailsuche)" w:history="1">
+        <w:bookmarkStart w:id="55" w:name="opus_94552"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Rechtsprechung zum Datenschutzrecht auch aus BeckRS, NJW, MMR etc.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="54"/>
-      <w:hyperlink r:id="rId115" w:anchor="opus_detail_94552" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:hyperlink r:id="rId117" w:anchor="opus_detail_94552" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Normen</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId116" w:tgtFrame="_self" w:tooltip="Datenschutzrecht (Beck-Texte im dtv)" w:history="1">
-        <w:bookmarkStart w:id="55" w:name="opus_94540"/>
+      <w:hyperlink r:id="rId118" w:tgtFrame="_self" w:tooltip="Datenschutzrecht (Beck-Texte im dtv)" w:history="1">
+        <w:bookmarkStart w:id="56" w:name="opus_94540"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Datenschutzrecht (Beck-Texte im dtv 5772)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="55"/>
-      <w:hyperlink r:id="rId117" w:anchor="opus_detail_94540" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:hyperlink r:id="rId119" w:anchor="opus_detail_94540" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId118" w:tgtFrame="_self" w:tooltip="Datenschutzrecht Normen" w:history="1">
-        <w:bookmarkStart w:id="56" w:name="opus_94541"/>
+      <w:hyperlink r:id="rId120" w:tgtFrame="_self" w:tooltip="Datenschutzrecht Normen" w:history="1">
+        <w:bookmarkStart w:id="57" w:name="opus_94541"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Normen zum Datenschutzrecht</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="56"/>
-      <w:hyperlink r:id="rId119" w:anchor="opus_detail_94541" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:hyperlink r:id="rId121" w:anchor="opus_detail_94541" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId120" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
-        <w:bookmarkStart w:id="57" w:name="opus_94542"/>
+      <w:hyperlink r:id="rId122" w:tgtFrame="_self" w:tooltip="WN" w:history="1">
+        <w:bookmarkStart w:id="58" w:name="opus_94542"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Wichtigste Normen (rechtsgebietsübergreifend)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="57"/>
-      <w:hyperlink r:id="rId121" w:anchor="opus_detail_94542" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:hyperlink r:id="rId123" w:anchor="opus_detail_94542" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Externer Link</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="divbocontentwrapperbocenterdivbokastenrahmenp"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="3" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="18" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="225" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="600" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId122" w:history="1">
+      <w:hyperlink r:id="rId124" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Entschließungen der Datenschutzkonferenz (DSK)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="60" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
@@ -2538,118 +2680,118 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:t>Folgende Produkte - mit Rabatt auf Datenschutz- und Informationsfreiheitsrecht PREMIUM - könnten für Sie auch interessant sein:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="any"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="600" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId123" w:history="1">
+      <w:hyperlink r:id="rId125" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachmodul IT-Recht PLUS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="any"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="600" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId124" w:history="1">
+      <w:hyperlink r:id="rId126" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Fachmodul IT-Recht PREMIUM</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="any"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="450" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="600" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId125" w:history="1">
+      <w:hyperlink r:id="rId127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Gedruckte Zeitschrift für Datenschutz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId126"/>
-      <w:footerReference w:type="default" r:id="rId127"/>
+      <w:headerReference w:type="default" r:id="rId128"/>
+      <w:footerReference w:type="default" r:id="rId129"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="505" w:right="1404" w:bottom="842" w:left="1404" w:header="708" w:footer="708"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
@@ -2688,85 +2830,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>10/23/2025</w:t>
+                  <w:t>12/17/2025</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 23.10.2025 11:58 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 17.12.2025 11:22 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -10549,50 +10691,187 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="57">
     <w:nsid w:val="0000003A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0000003A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="58">
+    <w:nsid w:val="0000003B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0000003B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -10856,50 +11135,53 @@
   </w:num>
   <w:num w:numId="51">
     <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="52">
     <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="53">
     <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="54">
     <w:abstractNumId w:val="53"/>
   </w:num>
   <w:num w:numId="55">
     <w:abstractNumId w:val="54"/>
   </w:num>
   <w:num w:numId="56">
     <w:abstractNumId w:val="55"/>
   </w:num>
   <w:num w:numId="57">
     <w:abstractNumId w:val="56"/>
   </w:num>
   <w:num w:numId="58">
     <w:abstractNumId w:val="57"/>
   </w:num>
+  <w:num w:numId="59">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
   </w:rsids>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -12052,112 +12334,127 @@
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltboopus">
     <w:name w:val="bo_center_bo_modul_inhalt_bo_opus"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="15" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterArrowMiddleColumnTop">
     <w:name w:val="bo_center_ArrowMiddleColumnTop"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivopusline">
     <w:name w:val="bo_center_div_opusline"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
+    <w:name w:val="bo-badge"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="C8000A"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-highlight">
     <w:name w:val="bo-badge-highlight"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="C8000A"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:bdr w:val="single" w:sz="6" w:space="0" w:color="C8000A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-highlight-aligned">
+    <w:name w:val="bo-badge-highlight-aligned"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C8000A"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+      <w:bdr w:val="single" w:sz="6" w:space="0" w:color="C8000A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbowerksgruppierungprint">
     <w:name w:val="bo_center_bo_werksgruppierung_print"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="15" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbowerksgruppierungprinth6">
     <w:name w:val="bo_center_bo_werksgruppierung_print_h6"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivwerksgruppierungline">
     <w:name w:val="bo_center_div_werksgruppierungline"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="14" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivboindent">
     <w:name w:val="bo_center_bo_modul_inhalt_div_bo_indent"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
-  </w:style>
-[...12 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
     <w:name w:val="div_DetailledContentView"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="8" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12375,51 +12672,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16827?opusTitle=Gola" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3060?opusTitle=ZD" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3780?opusTitle=ZD-Beil." TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3781?opusTitle=ZD-Suppl." TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3068?opusTitle=ZD-Aktuell" TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14391?opusTitle=ZD" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20464?opusTitle=DSB" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze zum Datenschutzrecht auch aus NJW, MMR etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BODSPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung zum Datenschutzrecht auch aus BeckRS, NJW, MMR etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BODSPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94540?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Datenschutzrecht %28Beck-Texte im dtv 5772%29" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94541?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Datenschutzrecht" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18372?opusTitle=K&#252;hling%2fBuchner" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94542?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste Normen %28rechtsgebiets&#252;bergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.datenschutzkonferenz-online.de/entschliessungen.html" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://beck-online.beck.de/?modid=376" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/88902" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.beck-shop.de/ZD-Zeitschrift-Datenschutz/productview.aspx?product=9002683" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13259?opusTitle=Paal%2fPauly" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20946?opusTitle=Simitis%2fHornung%2fSpieker+gen.+D&#246;hmann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16954?opusTitle=Sydow%2fMarsch" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14737?opusTitle=Taeger%2fGabel" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17100?opusTitle=Assion%2c+TTDSG" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17766?opusTitle=Gierschmann" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252Fkomm%252FSimKoBDSG_8%252FBDSG2003%252Fcont%252FSimKoBDSG%252EBDSG2003%252Ehtm" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252Fkomm%252FGolaSchomerusKoBDSG_12%252FBDSG2003%252Fcont%252FGolaSchomerusKoBDSG%252EBDSG2003%252Ehtm" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252fkomm%252fBeckOKDatenS_23%252fBDSG%252fcont%252fBECKOKDATENS%252eBDSG%252ehtm" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13910?opusTitle=Ro&#223;nagel%2c+HDSIG" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14127?opusTitle=Schroeder%2c+BayDSG" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12935?opusTitle=Schwartmann%2fPabst" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20244?opusTitle=Schoch+IFG" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7940?opusTitle=Brink" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15445" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21668?opusTitle=BeckOK+InfoMedienR" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8372?opusTitle=Spindler+TMG" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8519" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8826?opusTitle=Beimowski" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12152" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21483?opusTitle=BeckOK+HinSchG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17993?opusTitle=Th&#252;sing" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18051?opusTitle=Kipker" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21671?opusTitle=BeckOK+DatenSR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19779" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11785?opusTitle=Auer-Reinsdorff" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22224" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7939?opusTitle=Schantz%2fWolff" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9649?opusTitle=SchneiderDS" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17793?opusTitle=Schr&#246;derDSR" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10234?opusTitle=Bussche" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12489?opusTitle=Dochow%2fD&#246;rfer%2fHalbe" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9742?opusTitle=Forg&#243;" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20905?opusTitle=Jandt%2fSteidle" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19901?opusTitle=Ehmann" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14130?opusTitle=Kipker%2fVoskamp" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20123?opusTitle=Laue%2fNink%2fKremer" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20602?opusTitle=Meyer-Sparenberg" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10371" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14116?opusTitle=W&#228;chter+DS" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10538?opusTitle=Weth" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14053?opusTitle=Klaas%2fMomsen%2fWybitul" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21455?opusTitle=Koreng" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11861?opusTitle=BeckOF+IT" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17871" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16827?opusTitle=Gola" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17871" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3060?opusTitle=ZD" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3780?opusTitle=ZD-Beil." TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3781?opusTitle=ZD-Suppl." TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3068?opusTitle=ZD-Aktuell" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14391?opusTitle=ZD" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20464?opusTitle=DSB" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20Datenschutzrecht%20auch%20aus%20NJW,%20MMR%20etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BODSPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Datenschutzrecht%20auch%20aus%20BeckRS,%20NJW,%20MMR%20etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BODSPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94540?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Datenschutzrecht%20%28Beck-Texte%20im%20dtv%205772%29" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18372?opusTitle=K%c3%bchling%2fBuchner" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94541?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Datenschutzrecht" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94542?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.datenschutzkonferenz-online.de/entschliessungen.html" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://beck-online.beck.de/?modid=376" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/88902" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.beck-shop.de/ZD-Zeitschrift-Datenschutz/productview.aspx?product=9002683" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22374?opusTitle=Paal%2fPauly" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20946?opusTitle=Simitis%2fHornung%2fSpieker+gen.+D%c3%b6hmann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16954?opusTitle=Sydow%2fMarsch" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22319?opusTitle=Taeger%2fGabel" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17100?opusTitle=Assion%2c+TTDSG" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17766?opusTitle=Gierschmann" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252Fkomm%252FSimKoBDSG_8%252FBDSG2003%252Fcont%252FSimKoBDSG%252EBDSG2003%252Ehtm" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252Fkomm%252FGolaSchomerusKoBDSG_12%252FBDSG2003%252Fcont%252FGolaSchomerusKoBDSG%252EBDSG2003%252Ehtm" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252fkomm%252fBeckOKDatenS_23%252fBDSG%252fcont%252fBECKOKDATENS%252eBDSG%252ehtm" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13910?opusTitle=Ro%c3%9fnagel%2c+HDSIG" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14127?opusTitle=Schroeder%2c+BayDSG" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12935?opusTitle=Schwartmann%2fPabst" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20244?opusTitle=Schoch+IFG" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7940?opusTitle=Brink" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15445" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22119?opusTitle=BeckOK+InfoMedienR" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8372?opusTitle=Spindler+TMG" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8519" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8826?opusTitle=Beimowski" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12152" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21844?opusTitle=BeckOK+HinSchG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17993?opusTitle=Th%c3%bcsing" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18051?opusTitle=Kipker" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22131?opusTitle=BeckOK+DatenSR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19779" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11785?opusTitle=Auer-Reinsdorff" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22224" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7939?opusTitle=Schantz%2fWolff" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9649?opusTitle=SchneiderDS" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22236?opusTitle=Schr%c3%b6derDSR" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10234?opusTitle=Bussche" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12489?opusTitle=Dochow%2fD%c3%b6rfer%2fHalbe" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9742?opusTitle=Forg%c3%b3" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20905?opusTitle=Jandt%2fSteidle" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19901?opusTitle=Ehmann" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14130?opusTitle=Kipker%2fVoskamp" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14053?opusTitle=Klaas%2fMomsen%2fWybitul" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20123?opusTitle=Laue%2fNink%2fKremer" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20602?opusTitle=Meyer-Sparenberg" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22183?opusTitle=Schwartmann" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10371" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14116?opusTitle=W%c3%a4chter+DS" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10538?opusTitle=Weth" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21455?opusTitle=Koreng" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11861?opusTitle=BeckOF+IT" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12684,28 +12981,29 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modul Datenschutz- und Informationsfreiheitsrecht PREMIUM - beck-online</dc:title>
+  <dc:creator>beck-online.beck.de</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>