--- v1 (2025-12-17)
+++ v2 (2026-01-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/media/image2.svg" ContentType="image/svg+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.12.0 -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocontentwrapperbocenter"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="150"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="bomodulprinttitle"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
         <w:drawing>
           <wp:inline>
             <wp:extent cx="1417176" cy="600075"/>
             <wp:docPr id="100001" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -171,72 +171,50 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:tgtFrame="_self" w:tooltip="BeckOK DatenSR" w:history="1">
         <w:bookmarkStart w:id="0" w:name="opus_217202"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Datenschutzrecht, Wolff/​Brink/​v. Ungern-Sternberg</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
       <w:hyperlink r:id="rId7" w:anchor="opus_detail_217202" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:tgtFrame="_self" w:tooltip="Ehmann" w:history="1">
         <w:bookmarkStart w:id="1" w:name="opus_195108"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
@@ -363,72 +341,50 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:tgtFrame="_self" w:tooltip="Paal/Pauly" w:history="1">
         <w:bookmarkStart w:id="4" w:name="opus_219539"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Paal/​Pauly, DS-GVO BDSG</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="4"/>
       <w:hyperlink r:id="rId15" w:anchor="opus_detail_219539" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:tgtFrame="_self" w:tooltip="Simitis/Hornung/Spieker gen. Döhmann" w:history="1">
         <w:bookmarkStart w:id="5" w:name="opus_204913"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
@@ -492,73 +448,51 @@
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:tgtFrame="_self" w:tooltip="Taeger/Gabel" w:history="1">
         <w:bookmarkStart w:id="7" w:name="opus_218797"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Taeger/​Gabel, DSGVO - BDSG - TDDDG</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="bo-badge"/>
-[...21 lines deleted...]
-            <w:rStyle w:val="bo-badge-highlight-aligned"/>
+            <w:rStyle w:val="bo-badge-highlight"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Highlight</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="7"/>
       <w:hyperlink r:id="rId21" w:anchor="opus_detail_218797" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
@@ -1025,72 +959,50 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId44" w:tgtFrame="_self" w:tooltip="BeckOK InfoMedienR" w:history="1">
         <w:bookmarkStart w:id="19" w:name="opus_217125"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK Informations- und Medienrecht, Gersdorf/​Paal</w:t>
         </w:r>
-        <w:r>
-[...20 lines deleted...]
-        </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="19"/>
       <w:hyperlink r:id="rId45" w:anchor="opus_detail_217125" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId46" w:tgtFrame="_self" w:tooltip="Spindler TMG" w:history="1">
         <w:bookmarkStart w:id="20" w:name="opus_104564"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
@@ -1196,86 +1108,86 @@
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Engelbrecht/​Schwabenbauer, Bundesmeldegesetz: BMG</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="23"/>
       <w:hyperlink r:id="rId53" w:anchor="opus_detail_158962" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId54" w:tgtFrame="_self" w:tooltip="BeckOK HinSchG" w:history="1">
-        <w:bookmarkStart w:id="24" w:name="opus_214252"/>
+        <w:bookmarkStart w:id="24" w:name="opus_220540"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>BeckOK HinSchG, Colneric/​Gerdemann</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Aktualisiert</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="24"/>
-      <w:hyperlink r:id="rId55" w:anchor="opus_detail_214252" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId55" w:anchor="opus_detail_220540" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId56" w:tgtFrame="_self" w:tooltip="Thüsing" w:history="1">
         <w:bookmarkStart w:id="25" w:name="opus_197227"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1516,492 +1428,492 @@
         <w:pStyle w:val="bocenterdivopusline"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="1110" w:right="570"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId70" w:tgtFrame="_self" w:tooltip="SchröderDSR" w:history="1">
         <w:bookmarkStart w:id="32" w:name="opus_218111"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="anyCharacter"/>
             <w:color w:val="C8000A"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Schröder, Datenschutzrecht für die Praxis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="32"/>
+      <w:hyperlink r:id="rId71" w:anchor="opus_detail_218111" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterbokastenh3"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="330" w:right="540"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C8000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+        <w:t>Handbücher zum bereichsspezifischen Datenschutz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId72" w:tgtFrame="_self" w:tooltip="Bussche" w:history="1">
+        <w:bookmarkStart w:id="33" w:name="opus_118195"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Bussche v.d./​Voigt, Konzerndatenschutz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="33"/>
+      <w:hyperlink r:id="rId73" w:anchor="opus_detail_118195" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId74" w:tgtFrame="_self" w:tooltip="Dochow/Dörfer/Halbe" w:history="1">
+        <w:bookmarkStart w:id="34" w:name="opus_134003"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Dochow/​Dörfer/​Halbe/​Hübner/​Ippach/​Schröder/​Schütz/​Strüve, Datenschutz in der ärztlichen Praxis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="34"/>
+      <w:hyperlink r:id="rId75" w:anchor="opus_detail_134003" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId76" w:tgtFrame="_self" w:tooltip="Forgó" w:history="1">
+        <w:bookmarkStart w:id="35" w:name="opus_114057"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Forgó/​Helfrich/​Schneider, Betrieblicher Datenschutz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="35"/>
+      <w:hyperlink r:id="rId77" w:anchor="opus_detail_114057" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId78" w:tgtFrame="_self" w:tooltip="Jandt/Steidle" w:history="1">
+        <w:bookmarkStart w:id="36" w:name="opus_204575"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Jandt/​Steidle, Datenschutz im Internet</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="36"/>
+      <w:hyperlink r:id="rId79" w:anchor="opus_detail_204575" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId80" w:tgtFrame="_self" w:tooltip="Kipker/Voskamp" w:history="1">
+        <w:bookmarkStart w:id="37" w:name="opus_156449"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Kipker/​Voskamp, Sozialdatenschutz in der Praxis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="37"/>
+      <w:hyperlink r:id="rId81" w:anchor="opus_detail_156449" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId82" w:tgtFrame="_self" w:tooltip="Klaas/Momsen/Wybitul" w:history="1">
+        <w:bookmarkStart w:id="38" w:name="opus_175646"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Klaas/​Momsen/​Wybitul, Datenschutzsanktionenrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="38"/>
+      <w:hyperlink r:id="rId83" w:anchor="opus_detail_175646" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId84" w:tgtFrame="_self" w:tooltip="Laue/Nink/Kremer" w:history="1">
+        <w:bookmarkStart w:id="39" w:name="opus_196965"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Laue/​Nink/​Kremer, Das neue Datenschutzrecht in der betrieblichen Praxis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="39"/>
+      <w:hyperlink r:id="rId85" w:anchor="opus_detail_196965" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId86" w:tgtFrame="_self" w:tooltip="Meyer-Sparenberg" w:history="1">
+        <w:bookmarkStart w:id="40" w:name="opus_201076"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Meyer-Sparenberg/​Jäckle, Beck'sches M&amp;A-Handbuch (Auszug Datenschutz in Unternehmenstransaktionen)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="40"/>
+      <w:hyperlink r:id="rId87" w:anchor="opus_detail_201076" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId88" w:tgtFrame="_self" w:tooltip="Schwartmann" w:history="1">
+        <w:bookmarkStart w:id="41" w:name="opus_217595"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Schwartmann/​Benedikt/​Reif, Datenschutz im Internet</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="41"/>
+      <w:hyperlink r:id="rId89" w:anchor="opus_detail_217595" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId90" w:tgtFrame="_self" w:tooltip="Specht/Mantz, Handbuch Europäisches und deutsches Datenschutzrecht" w:history="1">
+        <w:bookmarkStart w:id="42" w:name="opus_120678"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Specht/​Mantz, Handbuch Europäisches und deutsches Datenschutzrecht</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="42"/>
+      <w:hyperlink r:id="rId91" w:anchor="opus_detail_120678" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId92" w:tgtFrame="_self" w:tooltip="Wächter DS" w:history="1">
+        <w:bookmarkStart w:id="43" w:name="opus_154005"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Wächter, Datenschutz im Unternehmen</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="43"/>
+      <w:hyperlink r:id="rId93" w:anchor="opus_detail_154005" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="bocenterdivopusline"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="0" w:line="255" w:lineRule="atLeast"/>
+        <w:ind w:left="1110" w:right="570"/>
+        <w:rPr>
+          <w:rStyle w:val="main"/>
+          <w:lang w:val="de" w:eastAsia="de"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId94" w:tgtFrame="_self" w:tooltip="Weth" w:history="1">
+        <w:bookmarkStart w:id="44" w:name="opus_222156"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="anyCharacter"/>
+            <w:color w:val="C8000A"/>
+            <w:u w:val="single" w:color="C8000A"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:lang w:val="de" w:eastAsia="de"/>
+          </w:rPr>
+          <w:t>Weth/​Herberger/​Wächter/​Sorge, Daten- und Persönlichkeitsschutz im Arbeitsverhältnis</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bocontentwrapperbocenteranotbeck-btn"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="bo-badge"/>
             <w:b/>
             <w:bCs/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:u w:val="single" w:color="C8000A"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:lang w:val="de" w:eastAsia="de"/>
           </w:rPr>
           <w:t>Neuauflage</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="32"/>
-[...414 lines deleted...]
-      </w:hyperlink>
       <w:bookmarkEnd w:id="44"/>
-      <w:hyperlink r:id="rId95" w:anchor="opus_detail_121928" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
+      <w:hyperlink r:id="rId95" w:anchor="opus_detail_222156" w:tooltip="Zur Werksübersicht springen" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="bocenterbokastenh3"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="12" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="6" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="12" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="225" w:after="60" w:line="255" w:lineRule="atLeast"/>
         <w:ind w:left="330" w:right="540"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rStyle w:val="main"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C8000A"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de" w:eastAsia="de"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2830,85 +2742,85 @@
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:tab/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>12/17/2025</w:t>
+                  <w:t>01/31/2026</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:r>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="width:0;height:0;margin-top:0;margin-left:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-wrap-style:none;position:absolute;z-index:251658240" stroked="f">
           <v:path strokeok="f" textboxrect="0,0,21600,21600"/>
           <v:textbox style="layout-flow:horizontal;mso-fit-shape-to-text:t" inset="0,0,0,0">
             <w:txbxContent>
               <w:p>
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
-                  <w:t>Kopie von  , abgerufen am 17.12.2025 11:22 - Quelle: beck-online DIE DATENBANK</w:t>
+                  <w:t>Kopie von  , abgerufen am 31.01.2026 21:57 - Quelle: beck-online DIE DATENBANK</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -12334,127 +12246,112 @@
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltboopus">
     <w:name w:val="bo_center_bo_modul_inhalt_bo_opus"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="15" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterArrowMiddleColumnTop">
     <w:name w:val="bo_center_ArrowMiddleColumnTop"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="10" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivopusline">
     <w:name w:val="bo_center_div_opusline"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-highlight">
     <w:name w:val="bo-badge-highlight"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="C8000A"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:bdr w:val="single" w:sz="6" w:space="0" w:color="C8000A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge-highlight-aligned">
-[...13 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbowerksgruppierungprint">
     <w:name w:val="bo_center_bo_werksgruppierung_print"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="15" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbowerksgruppierungprinth6">
     <w:name w:val="bo_center_bo_werksgruppierung_print_h6"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterdivwerksgruppierungline">
     <w:name w:val="bo_center_div_werksgruppierungline"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="14" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivboindent">
     <w:name w:val="bo_center_bo_modul_inhalt_div_bo_indent"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bo-badge">
+    <w:name w:val="bo-badge"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="C8000A"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bocenterbomodulinhaltdivColumnRight">
     <w:name w:val="bo_center_bo_modul_inhalt_div_ColumnRight"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="divDetailledContentView">
     <w:name w:val="div_DetailledContentView"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="8" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="8" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="BD2726"/>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12672,51 +12569,51 @@
     <w:name w:val="bottomleiste &gt; div &gt; ul &gt; li &gt; a"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesettings">
     <w:name w:val="bottomleiste &gt; settings"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistesocial">
     <w:name w:val="bottomleiste &gt; social"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bottomleistediv">
     <w:name w:val="bottomleiste &gt; div"/>
     <w:basedOn w:val="Normal"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16827?opusTitle=Gola" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17871" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3060?opusTitle=ZD" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3780?opusTitle=ZD-Beil." TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3781?opusTitle=ZD-Suppl." TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3068?opusTitle=ZD-Aktuell" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14391?opusTitle=ZD" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20464?opusTitle=DSB" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20Datenschutzrecht%20auch%20aus%20NJW,%20MMR%20etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BODSPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Datenschutzrecht%20auch%20aus%20BeckRS,%20NJW,%20MMR%20etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BODSPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94540?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Datenschutzrecht%20%28Beck-Texte%20im%20dtv%205772%29" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18372?opusTitle=K%c3%bchling%2fBuchner" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94541?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Datenschutzrecht" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94542?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.datenschutzkonferenz-online.de/entschliessungen.html" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://beck-online.beck.de/?modid=376" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/88902" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.beck-shop.de/ZD-Zeitschrift-Datenschutz/productview.aspx?product=9002683" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22374?opusTitle=Paal%2fPauly" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20946?opusTitle=Simitis%2fHornung%2fSpieker+gen.+D%c3%b6hmann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16954?opusTitle=Sydow%2fMarsch" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22319?opusTitle=Taeger%2fGabel" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17100?opusTitle=Assion%2c+TTDSG" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17766?opusTitle=Gierschmann" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252Fkomm%252FSimKoBDSG_8%252FBDSG2003%252Fcont%252FSimKoBDSG%252EBDSG2003%252Ehtm" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252Fkomm%252FGolaSchomerusKoBDSG_12%252FBDSG2003%252Fcont%252FGolaSchomerusKoBDSG%252EBDSG2003%252Ehtm" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252fkomm%252fBeckOKDatenS_23%252fBDSG%252fcont%252fBECKOKDATENS%252eBDSG%252ehtm" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13910?opusTitle=Ro%c3%9fnagel%2c+HDSIG" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14127?opusTitle=Schroeder%2c+BayDSG" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12935?opusTitle=Schwartmann%2fPabst" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20244?opusTitle=Schoch+IFG" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7940?opusTitle=Brink" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15445" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22119?opusTitle=BeckOK+InfoMedienR" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8372?opusTitle=Spindler+TMG" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8519" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8826?opusTitle=Beimowski" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12152" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21844?opusTitle=BeckOK+HinSchG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17993?opusTitle=Th%c3%bcsing" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18051?opusTitle=Kipker" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22131?opusTitle=BeckOK+DatenSR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19779" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11785?opusTitle=Auer-Reinsdorff" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22224" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7939?opusTitle=Schantz%2fWolff" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9649?opusTitle=SchneiderDS" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22236?opusTitle=Schr%c3%b6derDSR" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10234?opusTitle=Bussche" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12489?opusTitle=Dochow%2fD%c3%b6rfer%2fHalbe" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9742?opusTitle=Forg%c3%b3" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20905?opusTitle=Jandt%2fSteidle" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19901?opusTitle=Ehmann" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14130?opusTitle=Kipker%2fVoskamp" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14053?opusTitle=Klaas%2fMomsen%2fWybitul" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20123?opusTitle=Laue%2fNink%2fKremer" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20602?opusTitle=Meyer-Sparenberg" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22183?opusTitle=Schwartmann" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10371" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14116?opusTitle=W%c3%a4chter+DS" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10538?opusTitle=Weth" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21455?opusTitle=Koreng" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11861?opusTitle=BeckOF+IT" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16827?opusTitle=Gola" TargetMode="External" /><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17871" TargetMode="External" /><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3060?opusTitle=ZD" TargetMode="External" /><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3780?opusTitle=ZD-Beil." TargetMode="External" /><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3781?opusTitle=ZD-Suppl." TargetMode="External" /><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/3068?opusTitle=ZD-Aktuell" TargetMode="External" /><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14391?opusTitle=ZD" TargetMode="External" /><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20464?opusTitle=DSB" TargetMode="External" /><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Aufs&#228;tze%20zum%20Datenschutzrecht%20auch%20aus%20NJW,%20MMR%20etc.&amp;query=spubtyp0:%22aufs%22+AND+preismodul:BODSPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=searchlink&amp;hitlisthead=Rechtsprechung%20zum%20Datenschutzrecht%20auch%20aus%20BeckRS,%20NJW,%20MMR%20etc.&amp;query=spubtyp0:%22ent%22+AND+preismodul:BODSPREM&amp;rbsort=date" TargetMode="External" /><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94540?cat=coll&amp;xml=gesetze%2Ffach&amp;coll=Datenschutzrecht%20%28Beck-Texte%20im%20dtv%205772%29" TargetMode="External" /><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18372?opusTitle=K%c3%bchling%2fBuchner" TargetMode="External" /><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94541?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Datenschutzrecht" TargetMode="External" /><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Sammlungen/94542?cat=coll&amp;xml=gesetze%2Fbund&amp;coll=Wichtigste%20Normen%20%28rechtsgebiets%C3%BCbergreifend%29&amp;opusTitle=WN" TargetMode="External" /><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.datenschutzkonferenz-online.de/entschliessungen.html" TargetMode="External" /><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://beck-online.beck.de/?modid=376" TargetMode="External" /><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Modul/88902" TargetMode="External" /><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.beck-shop.de/ZD-Zeitschrift-Datenschutz/productview.aspx?product=9002683" TargetMode="External" /><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22374?opusTitle=Paal%2fPauly" TargetMode="External" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20946?opusTitle=Simitis%2fHornung%2fSpieker+gen.+D%c3%b6hmann" TargetMode="External" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/16954?opusTitle=Sydow%2fMarsch" TargetMode="External" /><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22319?opusTitle=Taeger%2fGabel" TargetMode="External" /><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17100?opusTitle=Assion%2c+TTDSG" TargetMode="External" /><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17766?opusTitle=Gierschmann" TargetMode="External" /><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252Fkomm%252FSimKoBDSG_8%252FBDSG2003%252Fcont%252FSimKoBDSG%252EBDSG2003%252Ehtm" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252Fkomm%252FGolaSchomerusKoBDSG_12%252FBDSG2003%252Fcont%252FGolaSchomerusKoBDSG%252EBDSG2003%252Ehtm" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Dokument?vpath=%2Fbibdata%252fkomm%252fBeckOKDatenS_23%252fBDSG%252fcont%252fBECKOKDATENS%252eBDSG%252ehtm" TargetMode="External" /><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/13910?opusTitle=Ro%c3%9fnagel%2c+HDSIG" TargetMode="External" /><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14127?opusTitle=Schroeder%2c+BayDSG" TargetMode="External" /><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12935?opusTitle=Schwartmann%2fPabst" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20244?opusTitle=Schoch+IFG" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7940?opusTitle=Brink" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/15445" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22119?opusTitle=BeckOK+InfoMedienR" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8372?opusTitle=Spindler+TMG" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8519" TargetMode="External" /><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" /><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/8826?opusTitle=Beimowski" TargetMode="External" /><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12152" TargetMode="External" /><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22484?opusTitle=BeckOK+HinSchG" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/17993?opusTitle=Th%c3%bcsing" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/18051?opusTitle=Kipker" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22131?opusTitle=BeckOK+DatenSR" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19779" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11785?opusTitle=Auer-Reinsdorff" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22224" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/7939?opusTitle=Schantz%2fWolff" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9649?opusTitle=SchneiderDS" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22236?opusTitle=Schr%c3%b6derDSR" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10234?opusTitle=Bussche" TargetMode="External" /><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/12489?opusTitle=Dochow%2fD%c3%b6rfer%2fHalbe" TargetMode="External" /><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/9742?opusTitle=Forg%c3%b3" TargetMode="External" /><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20905?opusTitle=Jandt%2fSteidle" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/19901?opusTitle=Ehmann" TargetMode="External" /><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14130?opusTitle=Kipker%2fVoskamp" TargetMode="External" /><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14053?opusTitle=Klaas%2fMomsen%2fWybitul" TargetMode="External" /><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20123?opusTitle=Laue%2fNink%2fKremer" TargetMode="External" /><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/20602?opusTitle=Meyer-Sparenberg" TargetMode="External" /><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22183?opusTitle=Schwartmann" TargetMode="External" /><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/10371" TargetMode="External" /><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/14116?opusTitle=W%c3%a4chter+DS" TargetMode="External" /><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/22047?opusTitle=Weth" TargetMode="External" /><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/21455?opusTitle=Koreng" TargetMode="External" /><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/Werk/11861?opusTitle=BeckOF+IT" TargetMode="External" /><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>